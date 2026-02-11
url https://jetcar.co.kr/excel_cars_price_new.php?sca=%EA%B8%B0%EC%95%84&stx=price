--- v0 (2025-12-14)
+++ v1 (2026-02-11)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L311"/>
+  <dimension ref="A1:L300"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -249,12194 +249,11447 @@
       </c>
       <c r="K1" s="2" t="inlineStr">
         <is>
           <t>보증금</t>
         </is>
       </c>
       <c r="L1" s="2" t="inlineStr">
         <is>
           <t>렌트비</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>ai</t>
         </is>
       </c>
       <c r="B2" s="4" t="inlineStr">
         <is>
           <t>임시번호</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
-          <t>셀토스 1.6 가솔린 터보 트렌디  </t>
+          <t>셀토스 가솔린 1.6 2WD 트렌디 스노우 화이트 펄</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>컨비니언스, 드라이브와이즈, 네비게이션</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G2" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
-          <t>5KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J2" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K2" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
-          <t>554,000</t>
+          <t>627,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K3" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L3" s="3" t="inlineStr">
+        <is>
+          <t>583,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4"/>
+      <c r="C4" s="4"/>
+      <c r="D4" s="4"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="G4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K3" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A4" s="3" t="inlineStr">
+      <c r="K4" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L4" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
-      <c r="B4" s="4" t="inlineStr">
+      <c r="B5" s="4" t="inlineStr">
         <is>
           <t>109하7912</t>
         </is>
       </c>
-      <c r="C4" s="4" t="inlineStr">
+      <c r="C5" s="4" t="inlineStr">
         <is>
           <t>더 뉴쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스
 티지</t>
         </is>
       </c>
-      <c r="D4" s="4" t="inlineStr">
+      <c r="D5" s="4" t="inlineStr">
         <is>
           <t>기본형-12.3 클러스터, 드라이브와이즈</t>
         </is>
       </c>
-      <c r="E4" s="3" t="inlineStr">
+      <c r="E5" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F4" s="3" t="inlineStr">
+      <c r="F5" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
-      <c r="G4" s="3" t="inlineStr">
+      <c r="G5" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
-      <c r="H4" s="3" t="inlineStr">
+      <c r="H5" s="3" t="inlineStr">
         <is>
           <t>25년10월</t>
         </is>
       </c>
-      <c r="I4" s="3" t="inlineStr">
+      <c r="I5" s="3" t="inlineStr">
         <is>
           <t>11KM</t>
         </is>
       </c>
-      <c r="J4" s="3" t="inlineStr">
+      <c r="J5" s="3" t="inlineStr">
         <is>
           <t>36</t>
-        </is>
-[...24 lines deleted...]
-          <t>48</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
           <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K6" s="3" t="inlineStr">
+        <is>
+          <t>140</t>
+        </is>
+      </c>
+      <c r="L6" s="3" t="inlineStr">
+        <is>
+          <t>940,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K6" s="3" t="inlineStr">
+      <c r="K7" s="3" t="inlineStr">
         <is>
           <t>140</t>
         </is>
       </c>
-      <c r="L6" s="3" t="inlineStr">
+      <c r="L7" s="3" t="inlineStr">
         <is>
           <t>940,000</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-[...20 lines deleted...]
-      <c r="E7" s="3" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B8" s="4" t="inlineStr">
+        <is>
+          <t>109하8046/8
+047</t>
+        </is>
+      </c>
+      <c r="C8" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴기아 레이 프레스티지</t>
+        </is>
+      </c>
+      <c r="D8" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E8" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F7" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I8" s="3"/>
+      <c r="F8" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G8" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H8" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I8" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
       <c r="J8" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K9" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
-      <c r="A10" s="3" t="inlineStr">
+      <c r="A10" s="3"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K10" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L10" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B10" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E10" s="3" t="inlineStr">
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>151호1346</t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발 하이브리드(KA4) 1.6 HEV 9인승 
+노블레스</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>모니터링팩, 기본형-드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E11" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F10" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I10" s="3" t="inlineStr">
+      <c r="F11" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G11" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H11" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I11" s="3" t="inlineStr">
         <is>
           <t>30KM</t>
         </is>
       </c>
-      <c r="J10" s="3" t="inlineStr">
+      <c r="J11" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K10" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K11" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L11" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>1,220,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K12" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L12" s="3" t="inlineStr">
+        <is>
+          <t>1,110,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3"/>
+      <c r="B13" s="4"/>
+      <c r="C13" s="4"/>
+      <c r="D13" s="4"/>
+      <c r="E13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3"/>
+      <c r="H13" s="3"/>
+      <c r="I13" s="3"/>
+      <c r="J13" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K12" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E13" s="3" t="inlineStr">
+      <c r="K13" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L13" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B14" s="4" t="inlineStr">
+        <is>
+          <t>116호7221/7
+222</t>
+        </is>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>모닝 1.0 프레스티지(브라운시트)</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 16인치휠, 스타일</t>
+        </is>
+      </c>
+      <c r="E14" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F13" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I14" s="3"/>
+      <c r="F14" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G14" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H14" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I14" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K14" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K15" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A16" s="3"/>
+      <c r="B16" s="4"/>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4"/>
+      <c r="E16" s="3"/>
+      <c r="F16" s="3"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
+      <c r="I16" s="3"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K16" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
-          <t>1,180,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="4"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K17" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K18" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L18" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>109하7951/7
-[...2 lines deleted...]
-957</t>
+          <t>116호6942</t>
         </is>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
-          <t>더 뉴기아 레이 프레스티지</t>
+          <t>셀토스 1.6T 시그니처 투톤루프 (캐러멜시트)</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈, 내비게이션</t>
+          <t>투톤루프</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G19" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H19" s="3" t="inlineStr">
         <is>
           <t>25년11월</t>
         </is>
       </c>
       <c r="I19" s="3" t="inlineStr">
         <is>
-          <t>20KM</t>
+          <t>7KM</t>
         </is>
       </c>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K19" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L19" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
       <c r="D20" s="4"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K20" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L20" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K21" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L21" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A22" s="3"/>
+      <c r="B22" s="4"/>
+      <c r="C22" s="4"/>
+      <c r="D22" s="4"/>
+      <c r="E22" s="3"/>
+      <c r="F22" s="3"/>
+      <c r="G22" s="3"/>
+      <c r="H22" s="3"/>
+      <c r="I22" s="3"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K22" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L22" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
       <c r="D23" s="4"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K23" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L23" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="3"/>
-[...1 lines deleted...]
-      <c r="C24" s="4"/>
+      <c r="A24" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B24" s="4" t="inlineStr">
+        <is>
+          <t>116호7063</t>
+        </is>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 스모크블루 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D24" s="4"/>
-      <c r="E24" s="3"/>
-[...3 lines deleted...]
-      <c r="I24" s="3"/>
+      <c r="E24" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F24" s="3" t="inlineStr">
+        <is>
+          <t>블루</t>
+        </is>
+      </c>
+      <c r="G24" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H24" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I24" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J24" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K24" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L24" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A25" s="3"/>
+      <c r="B25" s="4"/>
+      <c r="C25" s="4"/>
+      <c r="D25" s="4"/>
+      <c r="E25" s="3"/>
+      <c r="F25" s="3"/>
+      <c r="G25" s="3"/>
+      <c r="H25" s="3"/>
+      <c r="I25" s="3"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K25" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L25" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
       <c r="D26" s="4"/>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="I26" s="3"/>
       <c r="J26" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K26" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L26" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K27" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L27" s="3" t="inlineStr">
+        <is>
+          <t>440,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3"/>
+      <c r="B28" s="4"/>
+      <c r="C28" s="4"/>
+      <c r="D28" s="4"/>
+      <c r="E28" s="3"/>
+      <c r="F28" s="3"/>
+      <c r="G28" s="3"/>
+      <c r="H28" s="3"/>
+      <c r="I28" s="3"/>
+      <c r="J28" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K27" s="3" t="inlineStr">
-[...33 lines deleted...]
-      <c r="E28" s="3" t="inlineStr">
+      <c r="K28" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L28" s="3" t="inlineStr">
+        <is>
+          <t>420,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B29" s="4" t="inlineStr">
+        <is>
+          <t>116호7226</t>
+        </is>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D29" s="4"/>
+      <c r="E29" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F28" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G28" s="3" t="inlineStr">
+      <c r="F29" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G29" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H28" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I29" s="3"/>
+      <c r="H29" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I29" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J29" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K29" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L29" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K30" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L30" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A31" s="3"/>
+      <c r="B31" s="4"/>
+      <c r="C31" s="4"/>
+      <c r="D31" s="4"/>
+      <c r="E31" s="3"/>
+      <c r="F31" s="3"/>
+      <c r="G31" s="3"/>
+      <c r="H31" s="3"/>
+      <c r="I31" s="3"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K31" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L31" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="3"/>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3"/>
       <c r="I32" s="3"/>
       <c r="J32" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K32" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L32" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K33" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L33" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>142호8013/8
-014</t>
+          <t>116호7140</t>
         </is>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>니로 하이브리드 트렌디 </t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>컨비니언스</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H34" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I34" s="3" t="inlineStr">
         <is>
-          <t>20KM</t>
+          <t>280KM</t>
         </is>
       </c>
       <c r="J34" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K34" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L34" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
       <c r="D35" s="4"/>
       <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3"/>
       <c r="I35" s="3"/>
       <c r="J35" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K35" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L35" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K36" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L36" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A37" s="3"/>
+      <c r="B37" s="4"/>
+      <c r="C37" s="4"/>
+      <c r="D37" s="4"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="3"/>
       <c r="J37" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K37" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L37" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
       <c r="D38" s="4"/>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3"/>
       <c r="I38" s="3"/>
       <c r="J38" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K38" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L38" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="3"/>
-[...1 lines deleted...]
-      <c r="C39" s="4"/>
+      <c r="A39" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B39" s="4" t="inlineStr">
+        <is>
+          <t>116호7145</t>
+        </is>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 베스트셀렉션 </t>
+        </is>
+      </c>
       <c r="D39" s="4"/>
-      <c r="E39" s="3"/>
-[...3 lines deleted...]
-      <c r="I39" s="3"/>
+      <c r="E39" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F39" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G39" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H39" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I39" s="3" t="inlineStr">
+        <is>
+          <t>13KM</t>
+        </is>
+      </c>
       <c r="J39" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K39" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L39" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>725,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A40" s="3"/>
+      <c r="B40" s="4"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="3"/>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
       <c r="J40" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K40" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L40" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3"/>
       <c r="B41" s="4"/>
       <c r="C41" s="4"/>
       <c r="D41" s="4"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K41" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L41" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>675,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K42" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L42" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="3"/>
+      <c r="B43" s="4"/>
+      <c r="C43" s="4"/>
+      <c r="D43" s="4"/>
+      <c r="E43" s="3"/>
+      <c r="F43" s="3"/>
+      <c r="G43" s="3"/>
+      <c r="H43" s="3"/>
+      <c r="I43" s="3"/>
+      <c r="J43" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K42" s="3" t="inlineStr">
+      <c r="K43" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L43" s="3" t="inlineStr">
+        <is>
+          <t>625,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>116호7277 /
+ 7278</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.5T 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D44" s="4"/>
+      <c r="E44" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F44" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G44" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H44" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I44" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
+      <c r="J44" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K44" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L42" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L44" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3"/>
       <c r="B45" s="4"/>
       <c r="C45" s="4"/>
       <c r="D45" s="4"/>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3"/>
       <c r="I45" s="3"/>
       <c r="J45" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K45" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L45" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A46" s="3"/>
+      <c r="B46" s="4"/>
+      <c r="C46" s="4"/>
+      <c r="D46" s="4"/>
+      <c r="E46" s="3"/>
+      <c r="F46" s="3"/>
+      <c r="G46" s="3"/>
+      <c r="H46" s="3"/>
+      <c r="I46" s="3"/>
       <c r="J46" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K46" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L46" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
       <c r="D47" s="4"/>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3"/>
       <c r="I47" s="3"/>
       <c r="J47" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K47" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L47" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K48" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L48" s="3" t="inlineStr">
         <is>
+          <t>780,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B49" s="4" t="inlineStr">
+        <is>
+          <t>116호7169/7
+170/7177/7
+181/7191/7
+194/7199</t>
+        </is>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디 그래비티그레이 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 내비게이션</t>
+        </is>
+      </c>
+      <c r="E49" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F49" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G49" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H49" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I49" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
+      <c r="J49" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K49" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L49" s="3" t="inlineStr">
+        <is>
           <t>620,000</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-[...24 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A50" s="3"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="3"/>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3"/>
+      <c r="H50" s="3"/>
+      <c r="I50" s="3"/>
       <c r="J50" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K50" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L50" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K51" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L51" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K52" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L52" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K53" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L53" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="3"/>
-[...7 lines deleted...]
-      <c r="I54" s="3"/>
+      <c r="A54" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B54" s="4" t="inlineStr">
+        <is>
+          <t>116호7223/7
+224</t>
+        </is>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>모닝 1.0 프레스티지 아스트로그레이  (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 16인치휠 , 스타일</t>
+        </is>
+      </c>
+      <c r="E54" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F54" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G54" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H54" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I54" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J54" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K54" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L54" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A55" s="3"/>
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
+      <c r="D55" s="4"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
       <c r="J55" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K55" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L55" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K56" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L56" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K57" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L57" s="3" t="inlineStr">
         <is>
-          <t>45,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3"/>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K58" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L58" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="3"/>
-[...7 lines deleted...]
-      <c r="I59" s="3"/>
+      <c r="A59" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B59" s="4" t="inlineStr">
+        <is>
+          <t>116호7172 /
+ 7174 / 71
+75 / 7176 
+/ 7178 / 7
+179 / 7180</t>
+        </is>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 내비게이션 , 스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="E59" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F59" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G59" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H59" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I59" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J59" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K59" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L59" s="3" t="inlineStr">
         <is>
-          <t>410,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A60" s="3"/>
+      <c r="B60" s="4"/>
+      <c r="C60" s="4"/>
+      <c r="D60" s="4"/>
+      <c r="E60" s="3"/>
+      <c r="F60" s="3"/>
+      <c r="G60" s="3"/>
+      <c r="H60" s="3"/>
+      <c r="I60" s="3"/>
       <c r="J60" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K60" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L60" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3"/>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K61" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L61" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="J62" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K62" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L62" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3"/>
       <c r="B63" s="4"/>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K63" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L63" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="3"/>
-[...1 lines deleted...]
-      <c r="C64" s="4"/>
+      <c r="A64" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B64" s="4" t="inlineStr">
+        <is>
+          <t>116호7209</t>
+        </is>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D64" s="4"/>
-      <c r="E64" s="3"/>
-[...3 lines deleted...]
-      <c r="I64" s="3"/>
+      <c r="E64" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F64" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G64" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H64" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I64" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J64" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K64" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L64" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A65" s="3"/>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="3"/>
+      <c r="F65" s="3"/>
+      <c r="G65" s="3"/>
+      <c r="H65" s="3"/>
+      <c r="I65" s="3"/>
       <c r="J65" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K65" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L65" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K66" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L66" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K67" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L67" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3"/>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K68" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L68" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="3"/>
-[...1 lines deleted...]
-      <c r="C69" s="4"/>
+      <c r="A69" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B69" s="4" t="inlineStr">
+        <is>
+          <t>116호7225</t>
+        </is>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 인터스텔라그레이 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D69" s="4"/>
-      <c r="E69" s="3"/>
-[...3 lines deleted...]
-      <c r="I69" s="3"/>
+      <c r="E69" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F69" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G69" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H69" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I69" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J69" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K69" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L69" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A70" s="3"/>
+      <c r="B70" s="4"/>
+      <c r="C70" s="4"/>
+      <c r="D70" s="4"/>
+      <c r="E70" s="3"/>
+      <c r="F70" s="3"/>
+      <c r="G70" s="3"/>
+      <c r="H70" s="3"/>
+      <c r="I70" s="3"/>
       <c r="J70" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K70" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L70" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K71" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L71" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3"/>
       <c r="B72" s="4"/>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K72" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L72" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K73" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L73" s="3" t="inlineStr">
         <is>
-          <t>615,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="3"/>
-[...7 lines deleted...]
-      <c r="I74" s="3"/>
+      <c r="A74" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B74" s="4" t="inlineStr">
+        <is>
+          <t>116호7238/7
+239/7240/7
+241/7242</t>
+        </is>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>컴포트2, 내비, 스타일,투톤루프</t>
+        </is>
+      </c>
+      <c r="E74" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F74" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G74" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H74" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I74" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J74" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K74" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K74" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L74" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A75" s="3"/>
+      <c r="B75" s="4"/>
+      <c r="C75" s="4"/>
       <c r="D75" s="4"/>
-      <c r="E75" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E75" s="3"/>
+      <c r="F75" s="3"/>
+      <c r="G75" s="3"/>
+      <c r="H75" s="3"/>
+      <c r="I75" s="3"/>
       <c r="J75" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K75" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L75" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>505,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3"/>
       <c r="B76" s="4"/>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K76" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L76" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>485,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K77" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L77" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>465,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3"/>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="J78" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K78" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L78" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>445,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="3"/>
-[...7 lines deleted...]
-      <c r="I79" s="3"/>
+      <c r="A79" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B79" s="4" t="inlineStr">
+        <is>
+          <t>106호6987</t>
+        </is>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 K5 2.0 LPI 트렌디</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, SBW팩</t>
+        </is>
+      </c>
+      <c r="E79" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F79" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G79" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H79" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I79" s="3" t="inlineStr">
+        <is>
+          <t>16835KM</t>
+        </is>
+      </c>
       <c r="J79" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K79" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L79" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A80" s="3"/>
+      <c r="B80" s="4"/>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="3"/>
+      <c r="G80" s="3"/>
+      <c r="H80" s="3"/>
+      <c r="I80" s="3"/>
       <c r="J80" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K80" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L80" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K81" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L81" s="3" t="inlineStr">
         <is>
-          <t>705,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="3"/>
-[...7 lines deleted...]
-      <c r="I82" s="3"/>
+      <c r="A82" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>106호4778</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>The K5자가용GSL2.0프레스티지</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,드라이브와이즈,스타일</t>
+        </is>
+      </c>
+      <c r="E82" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F82" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G82" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H82" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I82" s="3" t="inlineStr">
+        <is>
+          <t>16,000KM</t>
+        </is>
+      </c>
       <c r="J82" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K82" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L82" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K83" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L83" s="3" t="inlineStr">
         <is>
-          <t>665,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K84" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L84" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A85" s="3"/>
+      <c r="B85" s="4"/>
+      <c r="C85" s="4"/>
       <c r="D85" s="4"/>
-      <c r="E85" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
       <c r="J85" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K85" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L85" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="4"/>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K86" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L86" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="3"/>
-[...7 lines deleted...]
-      <c r="I87" s="3"/>
+      <c r="A87" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>109하7276</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴스포티지 1.6 가솔린 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E87" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F87" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G87" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H87" s="3" t="inlineStr">
+        <is>
+          <t>23년12월</t>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr">
+        <is>
+          <t>43,900KM</t>
+        </is>
+      </c>
       <c r="J87" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K87" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L87" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K88" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L88" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K89" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L89" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
-          <t>116호6952</t>
+          <t>109허7702</t>
         </is>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
-          <t>레이 1.0 프레스티지 베이지 (그레이시트)</t>
+          <t>더 뉴 K5 3세대 2.0 프레스티지</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
-          <t>내비게이션</t>
+          <t>클러스터, 드라이브와이즈, 스타일</t>
         </is>
       </c>
       <c r="E90" s="3" t="inlineStr">
         <is>
-          <t>신차</t>
+          <t>중고차</t>
         </is>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
-          <t>베이지</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H90" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I90" s="3" t="inlineStr">
         <is>
-          <t>5KM</t>
+          <t>4,501KM</t>
         </is>
       </c>
       <c r="J90" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K90" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L90" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K91" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L91" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3"/>
       <c r="B92" s="4"/>
       <c r="C92" s="4"/>
       <c r="D92" s="4"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K92" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L92" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B93" s="4" t="inlineStr">
+        <is>
+          <t>109허7684</t>
+        </is>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 노블레스</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E93" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F93" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G93" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H93" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I93" s="3" t="inlineStr">
+        <is>
+          <t>8,701KM</t>
+        </is>
+      </c>
+      <c r="J93" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K92" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K93" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L93" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3"/>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
       <c r="D94" s="4"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K94" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L94" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="3"/>
+      <c r="B95" s="4"/>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4"/>
+      <c r="E95" s="3"/>
+      <c r="F95" s="3"/>
+      <c r="G95" s="3"/>
+      <c r="H95" s="3"/>
+      <c r="I95" s="3"/>
+      <c r="J95" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K94" s="3" t="inlineStr">
-[...42 lines deleted...]
-      <c r="G95" s="3" t="inlineStr">
+      <c r="K95" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L95" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B96" s="4" t="inlineStr">
+        <is>
+          <t>109허7654</t>
+        </is>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E96" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F96" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G96" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H95" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I96" s="3"/>
+      <c r="H96" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I96" s="3" t="inlineStr">
+        <is>
+          <t>5,052KM</t>
+        </is>
+      </c>
       <c r="J96" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K96" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L96" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K97" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L97" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3"/>
       <c r="B98" s="4"/>
       <c r="C98" s="4"/>
       <c r="D98" s="4"/>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K98" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L98" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B99" s="4" t="inlineStr">
+        <is>
+          <t>109하7740</t>
+        </is>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E99" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F99" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G99" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H99" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I99" s="3" t="inlineStr">
+        <is>
+          <t>7,921KM</t>
+        </is>
+      </c>
+      <c r="J99" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K99" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L99" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="3"/>
+      <c r="B100" s="4"/>
+      <c r="C100" s="4"/>
+      <c r="D100" s="4"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="3"/>
+      <c r="G100" s="3"/>
+      <c r="H100" s="3"/>
+      <c r="I100" s="3"/>
+      <c r="J100" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K98" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K100" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L100" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K101" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L101" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="3"/>
-[...7 lines deleted...]
-      <c r="I102" s="3"/>
+      <c r="A102" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>109하7603</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 스포티지 5세대 하이브리드 HEV 1.6 2WD
+ 노블레스</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컴포트, 드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E102" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F102" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G102" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H102" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I102" s="3" t="inlineStr">
+        <is>
+          <t>9,168KM</t>
+        </is>
+      </c>
       <c r="J102" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K102" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L102" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K103" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L103" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="J104" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K104" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L104" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t>임시번호</t>
+          <t>109하7611</t>
         </is>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
-          <t>쏘렌토 하이브리드 1.6 프레스티지 (브라운시트)</t>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
-          <t>스타일</t>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
         </is>
       </c>
       <c r="E105" s="3" t="inlineStr">
         <is>
-          <t>신차</t>
+          <t>중고차</t>
         </is>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H105" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>25년02월</t>
         </is>
       </c>
       <c r="I105" s="3" t="inlineStr">
         <is>
-          <t>3KM</t>
+          <t>12,048KM</t>
         </is>
       </c>
       <c r="J105" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K105" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L105" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
       <c r="D106" s="4"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K106" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L106" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
       <c r="D107" s="4"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K107" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L107" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B108" s="4" t="inlineStr">
+        <is>
+          <t>109하7516</t>
+        </is>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-컨비니언스, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E108" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F108" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G108" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H108" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I108" s="3" t="inlineStr">
+        <is>
+          <t>18,536KM</t>
+        </is>
+      </c>
+      <c r="J108" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K107" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K108" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L108" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K109" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L109" s="3" t="inlineStr">
+        <is>
+          <t>530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="3"/>
+      <c r="B110" s="4"/>
+      <c r="C110" s="4"/>
+      <c r="D110" s="4"/>
+      <c r="E110" s="3"/>
+      <c r="F110" s="3"/>
+      <c r="G110" s="3"/>
+      <c r="H110" s="3"/>
+      <c r="I110" s="3"/>
+      <c r="J110" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K109" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L109" s="3" t="inlineStr">
+      <c r="K110" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L110" s="3" t="inlineStr">
+        <is>
+          <t>510,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B111" s="4" t="inlineStr">
+        <is>
+          <t>125하2932</t>
+        </is>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 GDI 노블레스</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠-드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E111" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F111" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G111" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H111" s="3" t="inlineStr">
+        <is>
+          <t>24년04월</t>
+        </is>
+      </c>
+      <c r="I111" s="3" t="inlineStr">
+        <is>
+          <t>29,200KM</t>
+        </is>
+      </c>
+      <c r="J111" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K111" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L111" s="3" t="inlineStr">
         <is>
           <t>870,000</t>
-        </is>
-[...86 lines deleted...]
-          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K112" s="3" t="inlineStr">
         <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L112" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B113" s="4" t="inlineStr">
+        <is>
+          <t>142호9406</t>
+        </is>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 1.6 가솔린 터보 시그니처</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>HUD+빌트인캠2, 스타일-컴포트, 선루프, 
+스타일, 크렐사운드</t>
+        </is>
+      </c>
+      <c r="E113" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F113" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G113" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H113" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I113" s="3" t="inlineStr">
+        <is>
+          <t>8,900KM</t>
+        </is>
+      </c>
+      <c r="J113" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K113" s="3" t="inlineStr">
+        <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L112" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L113" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K114" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L114" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
-          <t>BL</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t>106호9354</t>
+          <t>109하7784</t>
         </is>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
-          <t>더 뉴카니발(KA4) 9인승 디젤 프레스티지</t>
+          <t>더 뉴K5 하이브리드(DL3) 프레스티지</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>기본형-12.3인치 클러스터, 컨비니언스, 드
-라이브와이즈</t>
+          <t>기본형-클러스터, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E115" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>미색</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H115" s="3" t="inlineStr">
         <is>
-          <t>25년04월</t>
+          <t>25년05월</t>
         </is>
       </c>
       <c r="I115" s="3" t="inlineStr">
         <is>
-          <t>16,250KM</t>
+          <t>5,355KM</t>
         </is>
       </c>
       <c r="J115" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K115" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L115" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
       <c r="D116" s="4"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K116" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L116" s="3" t="inlineStr">
+        <is>
+          <t>670,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="3"/>
+      <c r="B117" s="4"/>
+      <c r="C117" s="4"/>
+      <c r="D117" s="4"/>
+      <c r="E117" s="3"/>
+      <c r="F117" s="3"/>
+      <c r="G117" s="3"/>
+      <c r="H117" s="3"/>
+      <c r="I117" s="3"/>
+      <c r="J117" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K116" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E117" s="3" t="inlineStr">
+      <c r="K117" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L117" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B118" s="4" t="inlineStr">
+        <is>
+          <t>109호7100</t>
+        </is>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>신형 K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E118" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F117" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I118" s="3"/>
+      <c r="F118" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G118" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H118" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I118" s="3" t="inlineStr">
+        <is>
+          <t>76,478KM</t>
+        </is>
+      </c>
       <c r="J118" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K118" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L118" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K119" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L119" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E120" s="3" t="inlineStr">
+      <c r="A120" s="3"/>
+      <c r="B120" s="4"/>
+      <c r="C120" s="4"/>
+      <c r="D120" s="4"/>
+      <c r="E120" s="3"/>
+      <c r="F120" s="3"/>
+      <c r="G120" s="3"/>
+      <c r="H120" s="3"/>
+      <c r="I120" s="3"/>
+      <c r="J120" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K120" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L120" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B121" s="4" t="inlineStr">
+        <is>
+          <t>109허7064</t>
+        </is>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>K5 DL3 2.0 LPI 트랜디</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>UVO 내비게이션</t>
+        </is>
+      </c>
+      <c r="E121" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F120" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J120" s="3" t="inlineStr">
+      <c r="F121" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G121" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H121" s="3" t="inlineStr">
+        <is>
+          <t>22년08월</t>
+        </is>
+      </c>
+      <c r="I121" s="3" t="inlineStr">
+        <is>
+          <t>61,300KM</t>
+        </is>
+      </c>
+      <c r="J121" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K120" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K121" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L121" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K122" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L122" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K123" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L123" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="3"/>
-[...7 lines deleted...]
-      <c r="I124" s="3"/>
+      <c r="A124" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B124" s="4" t="inlineStr">
+        <is>
+          <t>109하6939</t>
+        </is>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E124" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F124" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G124" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H124" s="3" t="inlineStr">
+        <is>
+          <t>22년04월</t>
+        </is>
+      </c>
+      <c r="I124" s="3" t="inlineStr">
+        <is>
+          <t>45,320KM</t>
+        </is>
+      </c>
       <c r="J124" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K124" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L124" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A125" s="3"/>
+      <c r="B125" s="4"/>
+      <c r="C125" s="4"/>
+      <c r="D125" s="4"/>
+      <c r="E125" s="3"/>
+      <c r="F125" s="3"/>
+      <c r="G125" s="3"/>
+      <c r="H125" s="3"/>
+      <c r="I125" s="3"/>
       <c r="J125" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K125" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L125" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="D126" s="4"/>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="J126" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K126" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L126" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>109호7098</t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E127" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F127" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G127" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H127" s="3" t="inlineStr">
+        <is>
+          <t>22년10월</t>
+        </is>
+      </c>
+      <c r="I127" s="3" t="inlineStr">
+        <is>
+          <t>48,500KM</t>
+        </is>
+      </c>
+      <c r="J127" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K127" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L127" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="3"/>
+      <c r="B128" s="4"/>
+      <c r="C128" s="4"/>
+      <c r="D128" s="4"/>
+      <c r="E128" s="3"/>
+      <c r="F128" s="3"/>
+      <c r="G128" s="3"/>
+      <c r="H128" s="3"/>
+      <c r="I128" s="3"/>
+      <c r="J128" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K126" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K128" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L128" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K129" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L129" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B130" s="4" t="inlineStr">
         <is>
-          <t>109허7702</t>
+          <t>01호2313</t>
         </is>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 K5 3세대 2.0 프레스티지</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
-          <t>클러스터, 드라이브와이즈, 스타일</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E130" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H130" s="3" t="inlineStr">
         <is>
-          <t>25년07월</t>
+          <t>25년10월</t>
         </is>
       </c>
       <c r="I130" s="3" t="inlineStr">
         <is>
-          <t>4,501KM</t>
+          <t>1,457KM</t>
         </is>
       </c>
       <c r="J130" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K130" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L130" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K131" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L131" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="D132" s="4"/>
       <c r="E132" s="3"/>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="J132" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K132" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L132" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A133" s="3"/>
+      <c r="B133" s="4"/>
+      <c r="C133" s="4"/>
+      <c r="D133" s="4"/>
+      <c r="E133" s="3"/>
+      <c r="F133" s="3"/>
+      <c r="G133" s="3"/>
+      <c r="H133" s="3"/>
+      <c r="I133" s="3"/>
       <c r="J133" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K133" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L133" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K134" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L134" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="3"/>
-[...1 lines deleted...]
-      <c r="C135" s="4"/>
+      <c r="A135" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>01호8143</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>K7 3.0 LPI 트렌디</t>
+        </is>
+      </c>
       <c r="D135" s="4"/>
-      <c r="E135" s="3"/>
-[...3 lines deleted...]
-      <c r="I135" s="3"/>
+      <c r="E135" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F135" s="3" t="inlineStr">
+        <is>
+          <t>그래비티 블루</t>
+        </is>
+      </c>
+      <c r="G135" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H135" s="3" t="inlineStr">
+        <is>
+          <t>19년06월</t>
+        </is>
+      </c>
+      <c r="I135" s="3" t="inlineStr">
+        <is>
+          <t>96,087KM</t>
+        </is>
+      </c>
       <c r="J135" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K135" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L135" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E136" s="3" t="inlineStr">
+      <c r="A136" s="3"/>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="3"/>
+      <c r="F136" s="3"/>
+      <c r="G136" s="3"/>
+      <c r="H136" s="3"/>
+      <c r="I136" s="3"/>
+      <c r="J136" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K136" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L136" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>109호7669</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E137" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F136" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G136" s="3" t="inlineStr">
+      <c r="F137" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G137" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H136" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I137" s="3"/>
+      <c r="H137" s="3" t="inlineStr">
+        <is>
+          <t>25년10월</t>
+        </is>
+      </c>
+      <c r="I137" s="3" t="inlineStr">
+        <is>
+          <t>1,165KM</t>
+        </is>
+      </c>
       <c r="J137" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K137" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L137" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K138" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L138" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A139" s="3"/>
+      <c r="B139" s="4"/>
+      <c r="C139" s="4"/>
+      <c r="D139" s="4"/>
+      <c r="E139" s="3"/>
+      <c r="F139" s="3"/>
+      <c r="G139" s="3"/>
+      <c r="H139" s="3"/>
+      <c r="I139" s="3"/>
       <c r="J139" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K139" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L139" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3"/>
       <c r="B140" s="4"/>
       <c r="C140" s="4"/>
       <c r="D140" s="4"/>
       <c r="E140" s="3"/>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3"/>
       <c r="I140" s="3"/>
       <c r="J140" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K140" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L140" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="4"/>
       <c r="C141" s="4"/>
       <c r="D141" s="4"/>
       <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="J141" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K141" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L141" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B142" s="4" t="inlineStr">
         <is>
-          <t>109허7464</t>
+          <t>109호7672</t>
         </is>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 레이 프레스티지</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈1, 드라이브와이즈2, 내비게이션</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E142" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H142" s="3" t="inlineStr">
         <is>
-          <t>24년09월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I142" s="3" t="inlineStr">
         <is>
-          <t>19,283KM</t>
+          <t>135KM</t>
         </is>
       </c>
       <c r="J142" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K142" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L142" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
       <c r="D143" s="4"/>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="J143" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K143" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L143" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A144" s="3"/>
+      <c r="B144" s="4"/>
+      <c r="C144" s="4"/>
+      <c r="D144" s="4"/>
+      <c r="E144" s="3"/>
+      <c r="F144" s="3"/>
+      <c r="G144" s="3"/>
+      <c r="H144" s="3"/>
+      <c r="I144" s="3"/>
       <c r="J144" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K144" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L144" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
       <c r="D145" s="4"/>
       <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3"/>
       <c r="I145" s="3"/>
       <c r="J145" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K145" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L145" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
       <c r="D146" s="4"/>
       <c r="E146" s="3"/>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="J146" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K146" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L146" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
-          <t>109허7654</t>
+          <t>109호7675</t>
         </is>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E147" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H147" s="3" t="inlineStr">
         <is>
-          <t>25년06월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I147" s="3" t="inlineStr">
         <is>
-          <t>4,431KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J147" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K147" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L147" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
       <c r="D148" s="4"/>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="J148" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K148" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L148" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K149" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L149" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A150" s="3"/>
+      <c r="B150" s="4"/>
+      <c r="C150" s="4"/>
+      <c r="D150" s="4"/>
+      <c r="E150" s="3"/>
+      <c r="F150" s="3"/>
+      <c r="G150" s="3"/>
+      <c r="H150" s="3"/>
+      <c r="I150" s="3"/>
       <c r="J150" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K150" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L150" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K151" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L151" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="3"/>
-[...7 lines deleted...]
-      <c r="I152" s="3"/>
+      <c r="A152" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>109호7673</t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E152" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F152" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G152" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H152" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I152" s="3" t="inlineStr">
+        <is>
+          <t>790KM</t>
+        </is>
+      </c>
       <c r="J152" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K152" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L152" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A153" s="3"/>
+      <c r="B153" s="4"/>
+      <c r="C153" s="4"/>
+      <c r="D153" s="4"/>
+      <c r="E153" s="3"/>
+      <c r="F153" s="3"/>
+      <c r="G153" s="3"/>
+      <c r="H153" s="3"/>
+      <c r="I153" s="3"/>
       <c r="J153" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K153" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L153" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K154" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L154" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3"/>
       <c r="B155" s="4"/>
       <c r="C155" s="4"/>
       <c r="D155" s="4"/>
       <c r="E155" s="3"/>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3"/>
       <c r="I155" s="3"/>
       <c r="J155" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K155" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L155" s="3" t="inlineStr">
+        <is>
+          <t>440,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="3"/>
+      <c r="B156" s="4"/>
+      <c r="C156" s="4"/>
+      <c r="D156" s="4"/>
+      <c r="E156" s="3"/>
+      <c r="F156" s="3"/>
+      <c r="G156" s="3"/>
+      <c r="H156" s="3"/>
+      <c r="I156" s="3"/>
+      <c r="J156" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K155" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E156" s="3" t="inlineStr">
+      <c r="K156" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L156" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>109호7685</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E157" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F156" s="3" t="inlineStr">
+      <c r="F157" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G156" s="3" t="inlineStr">
+      <c r="G157" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H156" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I157" s="3"/>
+      <c r="H157" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I157" s="3" t="inlineStr">
+        <is>
+          <t>65KM</t>
+        </is>
+      </c>
       <c r="J157" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K157" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L157" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4"/>
       <c r="D158" s="4"/>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="J158" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K158" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L158" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A159" s="3"/>
+      <c r="B159" s="4"/>
+      <c r="C159" s="4"/>
+      <c r="D159" s="4"/>
+      <c r="E159" s="3"/>
+      <c r="F159" s="3"/>
+      <c r="G159" s="3"/>
+      <c r="H159" s="3"/>
+      <c r="I159" s="3"/>
       <c r="J159" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K159" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L159" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3"/>
       <c r="B160" s="4"/>
       <c r="C160" s="4"/>
       <c r="D160" s="4"/>
       <c r="E160" s="3"/>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3"/>
       <c r="I160" s="3"/>
       <c r="J160" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K160" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L160" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E161" s="3" t="inlineStr">
+      <c r="A161" s="3"/>
+      <c r="B161" s="4"/>
+      <c r="C161" s="4"/>
+      <c r="D161" s="4"/>
+      <c r="E161" s="3"/>
+      <c r="F161" s="3"/>
+      <c r="G161" s="3"/>
+      <c r="H161" s="3"/>
+      <c r="I161" s="3"/>
+      <c r="J161" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K161" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L161" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t>109호7674</t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E162" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F161" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G161" s="3" t="inlineStr">
+      <c r="F162" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G162" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H161" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I162" s="3"/>
+      <c r="H162" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I162" s="3" t="inlineStr">
+        <is>
+          <t>478KM</t>
+        </is>
+      </c>
       <c r="J162" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K162" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L162" s="3" t="inlineStr">
         <is>
           <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A163" s="3"/>
+      <c r="B163" s="4"/>
+      <c r="C163" s="4"/>
+      <c r="D163" s="4"/>
+      <c r="E163" s="3"/>
+      <c r="F163" s="3"/>
+      <c r="G163" s="3"/>
+      <c r="H163" s="3"/>
+      <c r="I163" s="3"/>
       <c r="J163" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K163" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L163" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="J164" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K164" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L164" s="3" t="inlineStr">
+        <is>
+          <t>450,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="3"/>
+      <c r="B165" s="4"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4"/>
+      <c r="E165" s="3"/>
+      <c r="F165" s="3"/>
+      <c r="G165" s="3"/>
+      <c r="H165" s="3"/>
+      <c r="I165" s="3"/>
+      <c r="J165" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K164" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K165" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L165" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4"/>
       <c r="D166" s="4"/>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="J166" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K166" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L166" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
-          <t>101호9911</t>
+          <t>109호7686</t>
         </is>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
-          <t>신형쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스티
-지</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈, 내비게이션</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E167" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H167" s="3" t="inlineStr">
         <is>
-          <t>21년05월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I167" s="3" t="inlineStr">
         <is>
-          <t>88,336KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J167" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K167" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L167" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
       <c r="D168" s="4"/>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="J168" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K168" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L168" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A169" s="3"/>
+      <c r="B169" s="4"/>
+      <c r="C169" s="4"/>
+      <c r="D169" s="4"/>
+      <c r="E169" s="3"/>
+      <c r="F169" s="3"/>
+      <c r="G169" s="3"/>
+      <c r="H169" s="3"/>
+      <c r="I169" s="3"/>
       <c r="J169" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K169" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L169" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3"/>
       <c r="B170" s="4"/>
       <c r="C170" s="4"/>
       <c r="D170" s="4"/>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3"/>
       <c r="I170" s="3"/>
       <c r="J170" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K170" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L170" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E171" s="3" t="inlineStr">
+      <c r="A171" s="3"/>
+      <c r="B171" s="4"/>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4"/>
+      <c r="E171" s="3"/>
+      <c r="F171" s="3"/>
+      <c r="G171" s="3"/>
+      <c r="H171" s="3"/>
+      <c r="I171" s="3"/>
+      <c r="J171" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K171" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L171" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>109호7687</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E172" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F171" s="3" t="inlineStr">
+      <c r="F172" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G171" s="3" t="inlineStr">
-[...39 lines deleted...]
-      <c r="I172" s="3"/>
+      <c r="G172" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H172" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I172" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J172" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K172" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L172" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A173" s="3"/>
+      <c r="B173" s="4"/>
+      <c r="C173" s="4"/>
+      <c r="D173" s="4"/>
+      <c r="E173" s="3"/>
+      <c r="F173" s="3"/>
+      <c r="G173" s="3"/>
+      <c r="H173" s="3"/>
+      <c r="I173" s="3"/>
       <c r="J173" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K173" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L173" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="J174" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K174" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L174" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3"/>
       <c r="B175" s="4"/>
       <c r="C175" s="4"/>
       <c r="D175" s="4"/>
       <c r="E175" s="3"/>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3"/>
       <c r="I175" s="3"/>
       <c r="J175" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K175" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L175" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E176" s="3" t="inlineStr">
+      <c r="A176" s="3"/>
+      <c r="B176" s="4"/>
+      <c r="C176" s="4"/>
+      <c r="D176" s="4"/>
+      <c r="E176" s="3"/>
+      <c r="F176" s="3"/>
+      <c r="G176" s="3"/>
+      <c r="H176" s="3"/>
+      <c r="I176" s="3"/>
+      <c r="J176" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K176" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L176" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t>29하9736</t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 2WD</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 </t>
+        </is>
+      </c>
+      <c r="E177" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F176" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J176" s="3" t="inlineStr">
+      <c r="F177" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G177" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H177" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I177" s="3" t="inlineStr">
+        <is>
+          <t>75,022KM</t>
+        </is>
+      </c>
+      <c r="J177" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K176" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K177" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L177" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="J178" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K178" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L178" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E179" s="3" t="inlineStr">
+      <c r="A179" s="3"/>
+      <c r="B179" s="4"/>
+      <c r="C179" s="4"/>
+      <c r="D179" s="4"/>
+      <c r="E179" s="3"/>
+      <c r="F179" s="3"/>
+      <c r="G179" s="3"/>
+      <c r="H179" s="3"/>
+      <c r="I179" s="3"/>
+      <c r="J179" s="3" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="K179" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L179" s="3" t="inlineStr">
+        <is>
+          <t>790,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t>116호6595</t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>컴포트</t>
+        </is>
+      </c>
+      <c r="E180" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F179" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G179" s="3" t="inlineStr">
+      <c r="F180" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G180" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H179" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J179" s="3" t="inlineStr">
+      <c r="H180" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I180" s="3" t="inlineStr">
+        <is>
+          <t>13,367KM</t>
+        </is>
+      </c>
+      <c r="J180" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K179" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K180" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L180" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>665,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3"/>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
       <c r="D181" s="4"/>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3"/>
       <c r="I181" s="3"/>
       <c r="J181" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K181" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L181" s="3" t="inlineStr">
+        <is>
+          <t>645,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="3"/>
+      <c r="B182" s="4"/>
+      <c r="C182" s="4"/>
+      <c r="D182" s="4"/>
+      <c r="E182" s="3"/>
+      <c r="F182" s="3"/>
+      <c r="G182" s="3"/>
+      <c r="H182" s="3"/>
+      <c r="I182" s="3"/>
+      <c r="J182" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K181" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="K182" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L182" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>625,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
       <c r="D183" s="4"/>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3"/>
       <c r="I183" s="3"/>
       <c r="J183" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K183" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L183" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>605,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K184" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L184" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
-          <t>INMO</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
-          <t>01호2313</t>
+          <t>116호6598</t>
         </is>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
-          <t>레이 가솔린 1.0 트랜디</t>
+          <t>K8 3.5 LPI 노블레스 </t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
-동팩</t>
+          <t>선루프</t>
         </is>
       </c>
       <c r="E185" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H185" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I185" s="3" t="inlineStr">
         <is>
-          <t>1,245KM</t>
+          <t>11,588KM</t>
         </is>
       </c>
       <c r="J185" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K185" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L185" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
       <c r="D186" s="4"/>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3"/>
       <c r="I186" s="3"/>
       <c r="J186" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K186" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L186" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="4"/>
       <c r="C187" s="4"/>
       <c r="D187" s="4"/>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3"/>
       <c r="I187" s="3"/>
       <c r="J187" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K187" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L187" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3"/>
       <c r="B188" s="4"/>
       <c r="C188" s="4"/>
       <c r="D188" s="4"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K188" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L188" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3"/>
       <c r="B189" s="4"/>
       <c r="C189" s="4"/>
       <c r="D189" s="4"/>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3"/>
       <c r="I189" s="3"/>
       <c r="J189" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K189" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L189" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
-          <t>INMO</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
         <is>
-          <t>01호8143</t>
+          <t>116호6933</t>
         </is>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
-          <t>K7 3.0 LPI 트렌디</t>
-[...2 lines deleted...]
-      <c r="D190" s="4"/>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 내비게이션</t>
+        </is>
+      </c>
       <c r="E190" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>그래비티 블루</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H190" s="3" t="inlineStr">
         <is>
-          <t>19년06월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I190" s="3" t="inlineStr">
         <is>
-          <t>96,087KM</t>
+          <t>1,755KM</t>
         </is>
       </c>
       <c r="J190" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K190" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L190" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3"/>
       <c r="B191" s="4"/>
       <c r="C191" s="4"/>
       <c r="D191" s="4"/>
       <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3"/>
       <c r="I191" s="3"/>
       <c r="J191" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K191" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L191" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A192" s="3"/>
+      <c r="B192" s="4"/>
+      <c r="C192" s="4"/>
+      <c r="D192" s="4"/>
+      <c r="E192" s="3"/>
+      <c r="F192" s="3"/>
+      <c r="G192" s="3"/>
+      <c r="H192" s="3"/>
+      <c r="I192" s="3"/>
       <c r="J192" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K192" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L192" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3"/>
       <c r="B193" s="4"/>
       <c r="C193" s="4"/>
       <c r="D193" s="4"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K193" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L193" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
       <c r="D194" s="4"/>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3"/>
       <c r="I194" s="3"/>
       <c r="J194" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K194" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L194" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="3"/>
-[...7 lines deleted...]
-      <c r="I195" s="3"/>
+      <c r="A195" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>29하9773</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱 레인지 2WD 에어</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E195" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F195" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G195" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H195" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I195" s="3" t="inlineStr">
+        <is>
+          <t>33,064KM</t>
+        </is>
+      </c>
       <c r="J195" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K195" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L195" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="4"/>
       <c r="C196" s="4"/>
       <c r="D196" s="4"/>
       <c r="E196" s="3"/>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3"/>
       <c r="I196" s="3"/>
       <c r="J196" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K196" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L196" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="3" t="inlineStr">
+      <c r="A197" s="3"/>
+      <c r="B197" s="4"/>
+      <c r="C197" s="4"/>
+      <c r="D197" s="4"/>
+      <c r="E197" s="3"/>
+      <c r="F197" s="3"/>
+      <c r="G197" s="3"/>
+      <c r="H197" s="3"/>
+      <c r="I197" s="3"/>
+      <c r="J197" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K197" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L197" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B197" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E197" s="3" t="inlineStr">
+      <c r="B198" s="4" t="inlineStr">
+        <is>
+          <t>116호7021</t>
+        </is>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 내비</t>
+        </is>
+      </c>
+      <c r="E198" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F197" s="3" t="inlineStr">
+      <c r="F198" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G197" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J197" s="3" t="inlineStr">
+      <c r="G198" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H198" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I198" s="3" t="inlineStr">
+        <is>
+          <t>1,028KM</t>
+        </is>
+      </c>
+      <c r="J198" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K197" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K198" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L198" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3"/>
       <c r="B199" s="4"/>
       <c r="C199" s="4"/>
       <c r="D199" s="4"/>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3"/>
       <c r="I199" s="3"/>
       <c r="J199" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K199" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L199" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3"/>
       <c r="B200" s="4"/>
       <c r="C200" s="4"/>
       <c r="D200" s="4"/>
       <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3"/>
       <c r="I200" s="3"/>
       <c r="J200" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K200" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L200" s="3" t="inlineStr">
+        <is>
+          <t>570,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="3"/>
+      <c r="B201" s="4"/>
+      <c r="C201" s="4"/>
+      <c r="D201" s="4"/>
+      <c r="E201" s="3"/>
+      <c r="F201" s="3"/>
+      <c r="G201" s="3"/>
+      <c r="H201" s="3"/>
+      <c r="I201" s="3"/>
+      <c r="J201" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K200" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K201" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L201" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3"/>
       <c r="B202" s="4"/>
       <c r="C202" s="4"/>
       <c r="D202" s="4"/>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3"/>
       <c r="I202" s="3"/>
       <c r="J202" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K202" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L202" s="3" t="inlineStr">
         <is>
-          <t>705,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="3"/>
-[...7 lines deleted...]
-      <c r="I203" s="3"/>
+      <c r="A203" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B203" s="4" t="inlineStr">
+        <is>
+          <t>101하2755</t>
+        </is>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 MQ4 디젤 2.2 5인승 노블레스</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈 스마트커넥트 내비게이션</t>
+        </is>
+      </c>
+      <c r="E203" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F203" s="3" t="inlineStr">
+        <is>
+          <t>플라티늄그라파이트</t>
+        </is>
+      </c>
+      <c r="G203" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H203" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I203" s="3" t="inlineStr">
+        <is>
+          <t>88,400KM</t>
+        </is>
+      </c>
       <c r="J203" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K203" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L203" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3"/>
       <c r="B204" s="4"/>
       <c r="C204" s="4"/>
       <c r="D204" s="4"/>
       <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3"/>
       <c r="I204" s="3"/>
       <c r="J204" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K204" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L204" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3"/>
       <c r="B205" s="4"/>
       <c r="C205" s="4"/>
       <c r="D205" s="4"/>
       <c r="E205" s="3"/>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3"/>
       <c r="I205" s="3"/>
       <c r="J205" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K205" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L205" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A206" s="3"/>
+      <c r="B206" s="4"/>
+      <c r="C206" s="4"/>
       <c r="D206" s="4"/>
-      <c r="E206" s="3" t="inlineStr">
+      <c r="E206" s="3"/>
+      <c r="F206" s="3"/>
+      <c r="G206" s="3"/>
+      <c r="H206" s="3"/>
+      <c r="I206" s="3"/>
+      <c r="J206" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K206" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L206" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>101호2733</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>신형 K5(DL3) 2.0 LPI 렌터카 트렌디</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E207" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F206" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J206" s="3" t="inlineStr">
+      <c r="F207" s="3" t="inlineStr">
+        <is>
+          <t>파랑(남색,곤색)</t>
+        </is>
+      </c>
+      <c r="G207" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H207" s="3" t="inlineStr">
+        <is>
+          <t>20년07월</t>
+        </is>
+      </c>
+      <c r="I207" s="3" t="inlineStr">
+        <is>
+          <t>93,400KM</t>
+        </is>
+      </c>
+      <c r="J207" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K206" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K207" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L207" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3"/>
       <c r="B208" s="4"/>
       <c r="C208" s="4"/>
       <c r="D208" s="4"/>
       <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3"/>
       <c r="I208" s="3"/>
       <c r="J208" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>18</t>
         </is>
       </c>
       <c r="K208" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L208" s="3" t="inlineStr">
         <is>
-          <t>445,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="3"/>
-[...7 lines deleted...]
-      <c r="I209" s="3"/>
+      <c r="A209" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B209" s="4" t="inlineStr">
+        <is>
+          <t>125호4606</t>
+        </is>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>신형쏘렌토(MQ4) 2.2 디젤 2WD 5인승 노블레스</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 스타일, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E209" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F209" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G209" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H209" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I209" s="3" t="inlineStr">
+        <is>
+          <t>67,000KM</t>
+        </is>
+      </c>
       <c r="J209" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K209" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L209" s="3" t="inlineStr">
         <is>
-          <t>425,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3"/>
       <c r="B210" s="4"/>
       <c r="C210" s="4"/>
       <c r="D210" s="4"/>
       <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3"/>
       <c r="I210" s="3"/>
       <c r="J210" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K210" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L210" s="3" t="inlineStr">
         <is>
-          <t>405,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A211" s="3"/>
+      <c r="B211" s="4"/>
+      <c r="C211" s="4"/>
+      <c r="D211" s="4"/>
+      <c r="E211" s="3"/>
+      <c r="F211" s="3"/>
+      <c r="G211" s="3"/>
+      <c r="H211" s="3"/>
+      <c r="I211" s="3"/>
       <c r="J211" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K211" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L211" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3"/>
       <c r="B212" s="4"/>
       <c r="C212" s="4"/>
       <c r="D212" s="4"/>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3"/>
       <c r="I212" s="3"/>
       <c r="J212" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K212" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L212" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="3"/>
-[...7 lines deleted...]
-      <c r="I213" s="3"/>
+      <c r="A213" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B213" s="4" t="inlineStr">
+        <is>
+          <t>101허2797</t>
+        </is>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴스포티지 2.0 LPG 노블레스 그래비티</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E213" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F213" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G213" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H213" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I213" s="3" t="inlineStr">
+        <is>
+          <t>59,000KM</t>
+        </is>
+      </c>
       <c r="J213" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K213" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L213" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3"/>
       <c r="B214" s="4"/>
       <c r="C214" s="4"/>
       <c r="D214" s="4"/>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3"/>
       <c r="I214" s="3"/>
       <c r="J214" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K214" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L214" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A215" s="3"/>
+      <c r="B215" s="4"/>
+      <c r="C215" s="4"/>
+      <c r="D215" s="4"/>
+      <c r="E215" s="3"/>
+      <c r="F215" s="3"/>
+      <c r="G215" s="3"/>
+      <c r="H215" s="3"/>
+      <c r="I215" s="3"/>
       <c r="J215" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K215" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L215" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3"/>
       <c r="B216" s="4"/>
       <c r="C216" s="4"/>
       <c r="D216" s="4"/>
       <c r="E216" s="3"/>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3"/>
       <c r="I216" s="3"/>
       <c r="J216" s="3" t="inlineStr">
         <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="K216" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L216" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t>142호6508</t>
+        </is>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠(브라운/베이지)-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E217" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F217" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G217" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H217" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I217" s="3" t="inlineStr">
+        <is>
+          <t>26,300KM</t>
+        </is>
+      </c>
+      <c r="J217" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K217" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L217" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="3"/>
+      <c r="B218" s="4"/>
+      <c r="C218" s="4"/>
+      <c r="D218" s="4"/>
+      <c r="E218" s="3"/>
+      <c r="F218" s="3"/>
+      <c r="G218" s="3"/>
+      <c r="H218" s="3"/>
+      <c r="I218" s="3"/>
+      <c r="J218" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K216" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K218" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L218" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3"/>
       <c r="B219" s="4"/>
       <c r="C219" s="4"/>
       <c r="D219" s="4"/>
       <c r="E219" s="3"/>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3"/>
       <c r="I219" s="3"/>
       <c r="J219" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K219" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L219" s="3" t="inlineStr">
         <is>
-          <t>695,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3"/>
       <c r="B220" s="4"/>
       <c r="C220" s="4"/>
       <c r="D220" s="4"/>
       <c r="E220" s="3"/>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3"/>
       <c r="I220" s="3"/>
       <c r="J220" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K220" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L220" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3"/>
       <c r="B221" s="4"/>
       <c r="C221" s="4"/>
       <c r="D221" s="4"/>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3"/>
       <c r="I221" s="3"/>
       <c r="J221" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K221" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L221" s="3" t="inlineStr">
         <is>
-          <t>645,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="3"/>
-[...7 lines deleted...]
-      <c r="I222" s="3"/>
+      <c r="A222" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t>160하8412</t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E222" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F222" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G222" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H222" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I222" s="3" t="inlineStr">
+        <is>
+          <t>114,850KM</t>
+        </is>
+      </c>
       <c r="J222" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K222" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L222" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
-      <c r="A223" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E223" s="3" t="inlineStr">
+      <c r="A223" s="3"/>
+      <c r="B223" s="4"/>
+      <c r="C223" s="4"/>
+      <c r="D223" s="4"/>
+      <c r="E223" s="3"/>
+      <c r="F223" s="3"/>
+      <c r="G223" s="3"/>
+      <c r="H223" s="3"/>
+      <c r="I223" s="3"/>
+      <c r="J223" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K223" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L223" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B224" s="4" t="inlineStr">
+        <is>
+          <t>101허4976</t>
+        </is>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 GDI 노블레스</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E224" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F223" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J223" s="3" t="inlineStr">
+      <c r="F224" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G224" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H224" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I224" s="3" t="inlineStr">
+        <is>
+          <t>50,400KM</t>
+        </is>
+      </c>
+      <c r="J224" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K223" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K224" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L224" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3"/>
       <c r="B225" s="4"/>
       <c r="C225" s="4"/>
       <c r="D225" s="4"/>
       <c r="E225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3"/>
       <c r="I225" s="3"/>
       <c r="J225" s="3" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K225" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L225" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
-      <c r="A226" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A226" s="3"/>
+      <c r="B226" s="4"/>
+      <c r="C226" s="4"/>
+      <c r="D226" s="4"/>
+      <c r="E226" s="3"/>
+      <c r="F226" s="3"/>
+      <c r="G226" s="3"/>
+      <c r="H226" s="3"/>
+      <c r="I226" s="3"/>
       <c r="J226" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K226" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L226" s="3" t="inlineStr">
         <is>
-          <t>695,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3"/>
       <c r="B227" s="4"/>
       <c r="C227" s="4"/>
       <c r="D227" s="4"/>
       <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3"/>
       <c r="I227" s="3"/>
       <c r="J227" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K227" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L227" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3"/>
       <c r="B228" s="4"/>
       <c r="C228" s="4"/>
       <c r="D228" s="4"/>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3"/>
       <c r="I228" s="3"/>
       <c r="J228" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K228" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L228" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
-      <c r="A229" s="3"/>
-[...7 lines deleted...]
-      <c r="I229" s="3"/>
+      <c r="A229" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B229" s="4" t="inlineStr">
+        <is>
+          <t>101하2736</t>
+        </is>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈,스타일,내비게이션</t>
+        </is>
+      </c>
+      <c r="E229" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F229" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G229" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H229" s="3" t="inlineStr">
+        <is>
+          <t>21년06월</t>
+        </is>
+      </c>
+      <c r="I229" s="3" t="inlineStr">
+        <is>
+          <t>84,000KM</t>
+        </is>
+      </c>
       <c r="J229" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K229" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L229" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3"/>
       <c r="B230" s="4"/>
       <c r="C230" s="4"/>
       <c r="D230" s="4"/>
       <c r="E230" s="3"/>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3"/>
       <c r="I230" s="3"/>
       <c r="J230" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K230" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L230" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B231" s="4" t="inlineStr">
         <is>
-          <t>29하8493</t>
+          <t>101호9408</t>
         </is>
       </c>
       <c r="C231" s="4" t="inlineStr">
         <is>
-          <t>EV6 스탠다드 2WD 에어</t>
+          <t>K8 하이브리드 노블레스</t>
         </is>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
-          <t>컨비니언스</t>
+          <t>드라이브와이즈, HUD+스마트커넥트, 스타일2</t>
         </is>
       </c>
       <c r="E231" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
-          <t>전기</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H231" s="3" t="inlineStr">
         <is>
-          <t>21년11월</t>
+          <t>23년05월</t>
         </is>
       </c>
       <c r="I231" s="3" t="inlineStr">
         <is>
-          <t>81,366KM</t>
+          <t>67,100KM</t>
         </is>
       </c>
       <c r="J231" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K231" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L231" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3"/>
       <c r="B232" s="4"/>
       <c r="C232" s="4"/>
       <c r="D232" s="4"/>
       <c r="E232" s="3"/>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3"/>
       <c r="I232" s="3"/>
       <c r="J232" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K232" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L232" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3"/>
       <c r="B233" s="4"/>
       <c r="C233" s="4"/>
       <c r="D233" s="4"/>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3"/>
       <c r="I233" s="3"/>
       <c r="J233" s="3" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K233" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L233" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E234" s="3" t="inlineStr">
+      <c r="A234" s="3"/>
+      <c r="B234" s="4"/>
+      <c r="C234" s="4"/>
+      <c r="D234" s="4"/>
+      <c r="E234" s="3"/>
+      <c r="F234" s="3"/>
+      <c r="G234" s="3"/>
+      <c r="H234" s="3"/>
+      <c r="I234" s="3"/>
+      <c r="J234" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K234" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L234" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>148호8471</t>
+        </is>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E235" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F234" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G234" s="3" t="inlineStr">
+      <c r="F235" s="3" t="inlineStr">
+        <is>
+          <t>인터스텔라 그레이</t>
+        </is>
+      </c>
+      <c r="G235" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H234" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J234" s="3" t="inlineStr">
+      <c r="H235" s="3" t="inlineStr">
+        <is>
+          <t>21년08월</t>
+        </is>
+      </c>
+      <c r="I235" s="3" t="inlineStr">
+        <is>
+          <t>56,100KM</t>
+        </is>
+      </c>
+      <c r="J235" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K234" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K235" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L235" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3"/>
       <c r="I236" s="3"/>
       <c r="J236" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K236" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L236" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B237" s="4" t="inlineStr">
         <is>
-          <t>116호6310</t>
+          <t>101허4342</t>
         </is>
       </c>
       <c r="C237" s="4" t="inlineStr">
         <is>
-          <t>카니발 3.5 가솔린 프레스티지 </t>
+          <t>셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
         </is>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>컨비니언스,스타일</t>
+          <t>ETCS, 기본형-드라이브와이즈, 내비게이션</t>
         </is>
       </c>
       <c r="E237" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H237" s="3" t="inlineStr">
         <is>
-          <t>25년03월</t>
+          <t>22년04월</t>
         </is>
       </c>
       <c r="I237" s="3" t="inlineStr">
         <is>
-          <t>7,831KM</t>
+          <t>50,000KM</t>
         </is>
       </c>
       <c r="J237" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K237" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L237" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
       <c r="E238" s="3"/>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3"/>
       <c r="I238" s="3"/>
       <c r="J238" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K238" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L238" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3"/>
       <c r="B239" s="4"/>
       <c r="C239" s="4"/>
       <c r="D239" s="4"/>
       <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3"/>
       <c r="I239" s="3"/>
       <c r="J239" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K239" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L239" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3"/>
       <c r="B240" s="4"/>
       <c r="C240" s="4"/>
       <c r="D240" s="4"/>
       <c r="E240" s="3"/>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3"/>
       <c r="I240" s="3"/>
       <c r="J240" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K240" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L240" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3"/>
       <c r="B241" s="4"/>
       <c r="C241" s="4"/>
       <c r="D241" s="4"/>
       <c r="E241" s="3"/>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3"/>
       <c r="I241" s="3"/>
       <c r="J241" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K241" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L241" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B242" s="4" t="inlineStr">
         <is>
-          <t>116호6481</t>
+          <t>125호9035</t>
         </is>
       </c>
       <c r="C242" s="4" t="inlineStr">
         <is>
-          <t>더 뉴카니발 하이브리드(KA4) 1.6 하이브리드 9인
-승 프레스티지</t>
+          <t>더 뉴카니발(KA4) 9인승 가솔린 시그니처</t>
         </is>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스</t>
+          <t>기본형-드라이브와이즈, 스타일</t>
         </is>
       </c>
       <c r="E242" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>미색</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H242" s="3" t="inlineStr">
         <is>
-          <t>25년05월</t>
+          <t>23년12월</t>
         </is>
       </c>
       <c r="I242" s="3" t="inlineStr">
         <is>
-          <t>11,938KM</t>
+          <t>70,000KM</t>
         </is>
       </c>
       <c r="J242" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K242" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L242" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4"/>
       <c r="D243" s="4"/>
       <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3"/>
       <c r="I243" s="3"/>
       <c r="J243" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K243" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L243" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3"/>
       <c r="B244" s="4"/>
       <c r="C244" s="4"/>
       <c r="D244" s="4"/>
       <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3"/>
       <c r="I244" s="3"/>
       <c r="J244" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K244" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L244" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3"/>
       <c r="B245" s="4"/>
       <c r="C245" s="4"/>
       <c r="D245" s="4"/>
       <c r="E245" s="3"/>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3"/>
       <c r="I245" s="3"/>
       <c r="J245" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K245" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L245" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3"/>
       <c r="B246" s="4"/>
       <c r="C246" s="4"/>
       <c r="D246" s="4"/>
       <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3"/>
       <c r="I246" s="3"/>
       <c r="J246" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K246" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L246" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B247" s="4" t="inlineStr">
         <is>
-          <t>15하1005</t>
+          <t>142호3565</t>
         </is>
       </c>
       <c r="C247" s="4" t="inlineStr">
         <is>
-          <t>카니발 디젤 프레스티지</t>
+          <t>K8 2.5 GDI 시그니처</t>
         </is>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
-          <t>UVO</t>
+          <t>HUD+스마트커넥트, 드라이브와이즈, 투톤휠-
+컴포트</t>
         </is>
       </c>
       <c r="E247" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>스노우 화이트 펄</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H247" s="3" t="inlineStr">
         <is>
-          <t>19년10월</t>
+          <t>24년06월</t>
         </is>
       </c>
       <c r="I247" s="3" t="inlineStr">
         <is>
-          <t>136,647KM</t>
+          <t>15,500KM</t>
         </is>
       </c>
       <c r="J247" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K247" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L247" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3"/>
       <c r="B248" s="4"/>
       <c r="C248" s="4"/>
       <c r="D248" s="4"/>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3"/>
       <c r="I248" s="3"/>
       <c r="J248" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K248" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L248" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
-      <c r="A249" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A249" s="3"/>
+      <c r="B249" s="4"/>
+      <c r="C249" s="4"/>
+      <c r="D249" s="4"/>
+      <c r="E249" s="3"/>
+      <c r="F249" s="3"/>
+      <c r="G249" s="3"/>
+      <c r="H249" s="3"/>
+      <c r="I249" s="3"/>
       <c r="J249" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K249" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L249" s="3" t="inlineStr">
         <is>
-          <t>485,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3"/>
       <c r="B250" s="4"/>
       <c r="C250" s="4"/>
       <c r="D250" s="4"/>
       <c r="E250" s="3"/>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3"/>
       <c r="I250" s="3"/>
       <c r="J250" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K250" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L250" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3"/>
       <c r="B251" s="4"/>
       <c r="C251" s="4"/>
       <c r="D251" s="4"/>
       <c r="E251" s="3"/>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3"/>
       <c r="I251" s="3"/>
       <c r="J251" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K251" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L251" s="3" t="inlineStr">
         <is>
-          <t>445,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="3"/>
-[...7 lines deleted...]
-      <c r="I252" s="3"/>
+      <c r="A252" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B252" s="4" t="inlineStr">
+        <is>
+          <t>142호8439</t>
+        </is>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴스포티지 1.6 가솔린 터보 2WD 노블레스</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-컴포트</t>
+        </is>
+      </c>
+      <c r="E252" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F252" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트펄</t>
+        </is>
+      </c>
+      <c r="G252" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H252" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I252" s="3" t="inlineStr">
+        <is>
+          <t>3,100KM</t>
+        </is>
+      </c>
       <c r="J252" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K252" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L252" s="3" t="inlineStr">
         <is>
-          <t>425,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="4"/>
       <c r="C253" s="4"/>
       <c r="D253" s="4"/>
       <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3"/>
       <c r="I253" s="3"/>
       <c r="J253" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K253" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L253" s="3" t="inlineStr">
         <is>
-          <t>405,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
-      <c r="A254" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A254" s="3"/>
+      <c r="B254" s="4"/>
+      <c r="C254" s="4"/>
+      <c r="D254" s="4"/>
+      <c r="E254" s="3"/>
+      <c r="F254" s="3"/>
+      <c r="G254" s="3"/>
+      <c r="H254" s="3"/>
+      <c r="I254" s="3"/>
       <c r="J254" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K254" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L254" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3"/>
       <c r="B255" s="4"/>
       <c r="C255" s="4"/>
       <c r="D255" s="4"/>
       <c r="E255" s="3"/>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3"/>
       <c r="I255" s="3"/>
       <c r="J255" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K255" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L255" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3"/>
       <c r="B256" s="4"/>
       <c r="C256" s="4"/>
       <c r="D256" s="4"/>
       <c r="E256" s="3"/>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3"/>
       <c r="I256" s="3"/>
       <c r="J256" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K256" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L256" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B257" s="4" t="inlineStr">
+        <is>
+          <t>125호7617</t>
+        </is>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E257" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F257" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G257" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H257" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I257" s="3" t="inlineStr">
+        <is>
+          <t>43,000KM</t>
+        </is>
+      </c>
+      <c r="J257" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K256" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K257" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L257" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3"/>
       <c r="B258" s="4"/>
       <c r="C258" s="4"/>
       <c r="D258" s="4"/>
       <c r="E258" s="3"/>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3"/>
       <c r="I258" s="3"/>
       <c r="J258" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K258" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K258" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L258" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E259" s="3" t="inlineStr">
+      <c r="A259" s="3"/>
+      <c r="B259" s="4"/>
+      <c r="C259" s="4"/>
+      <c r="D259" s="4"/>
+      <c r="E259" s="3"/>
+      <c r="F259" s="3"/>
+      <c r="G259" s="3"/>
+      <c r="H259" s="3"/>
+      <c r="I259" s="3"/>
+      <c r="J259" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K259" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L259" s="3" t="inlineStr">
+        <is>
+          <t>610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B260" s="4" t="inlineStr">
+        <is>
+          <t>141하6692</t>
+        </is>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D260" s="4"/>
+      <c r="E260" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F259" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G259" s="3" t="inlineStr">
+      <c r="F260" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G260" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H259" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J259" s="3" t="inlineStr">
+      <c r="H260" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I260" s="3" t="inlineStr">
+        <is>
+          <t>136,871KM</t>
+        </is>
+      </c>
+      <c r="J260" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K259" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J260" s="3" t="inlineStr">
+      <c r="K260" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L260" s="3" t="inlineStr">
+        <is>
+          <t>410,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="3"/>
+      <c r="B261" s="4"/>
+      <c r="C261" s="4"/>
+      <c r="D261" s="4"/>
+      <c r="E261" s="3"/>
+      <c r="F261" s="3"/>
+      <c r="G261" s="3"/>
+      <c r="H261" s="3"/>
+      <c r="I261" s="3"/>
+      <c r="J261" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K260" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E261" s="3" t="inlineStr">
+      <c r="K261" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L261" s="3" t="inlineStr">
+        <is>
+          <t>390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B262" s="4" t="inlineStr">
+        <is>
+          <t>141하6718</t>
+        </is>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D262" s="4"/>
+      <c r="E262" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F261" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J261" s="3" t="inlineStr">
+      <c r="F262" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G262" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H262" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I262" s="3" t="inlineStr">
+        <is>
+          <t>79,042KM</t>
+        </is>
+      </c>
+      <c r="J262" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K261" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K262" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L262" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3"/>
       <c r="B263" s="4"/>
       <c r="C263" s="4"/>
       <c r="D263" s="4"/>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3"/>
       <c r="I263" s="3"/>
       <c r="J263" s="3" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K263" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L263" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B264" s="4" t="inlineStr">
         <is>
-          <t>116호6899</t>
+          <t>141허7504</t>
         </is>
       </c>
       <c r="C264" s="4" t="inlineStr">
         <is>
-          <t>모닝 1.0 프레스티지 아스트로그레이 (브라운시트)</t>
-[...6 lines deleted...]
-      </c>
+          <t>더 뉴레이 2인승 밴 스탠다드</t>
+        </is>
+      </c>
+      <c r="D264" s="4"/>
       <c r="E264" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>쥐색</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H264" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>21년12월</t>
         </is>
       </c>
       <c r="I264" s="3" t="inlineStr">
         <is>
-          <t>400KM</t>
+          <t>84,283KM</t>
         </is>
       </c>
       <c r="J264" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K264" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L264" s="3" t="inlineStr">
         <is>
-          <t>475,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3"/>
       <c r="B265" s="4"/>
       <c r="C265" s="4"/>
       <c r="D265" s="4"/>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3"/>
       <c r="I265" s="3"/>
       <c r="J265" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K265" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L265" s="3" t="inlineStr">
         <is>
-          <t>455,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
-      <c r="A266" s="3"/>
-[...1 lines deleted...]
-      <c r="C266" s="4"/>
+      <c r="A266" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B266" s="4" t="inlineStr">
+        <is>
+          <t>141하6714</t>
+        </is>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
       <c r="D266" s="4"/>
-      <c r="E266" s="3"/>
-[...3 lines deleted...]
-      <c r="I266" s="3"/>
+      <c r="E266" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F266" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G266" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H266" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I266" s="3" t="inlineStr">
+        <is>
+          <t>111,870KM</t>
+        </is>
+      </c>
       <c r="J266" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K266" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L266" s="3" t="inlineStr">
         <is>
-          <t>435,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3"/>
       <c r="B267" s="4"/>
       <c r="C267" s="4"/>
       <c r="D267" s="4"/>
       <c r="E267" s="3"/>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3"/>
       <c r="I267" s="3"/>
       <c r="J267" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K267" s="3" t="inlineStr">
         <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L267" s="3" t="inlineStr">
+        <is>
+          <t>390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B268" s="4" t="inlineStr">
+        <is>
+          <t>141하6712</t>
+        </is>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E268" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F268" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G268" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H268" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I268" s="3" t="inlineStr">
+        <is>
+          <t>71,478KM</t>
+        </is>
+      </c>
+      <c r="J268" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K268" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L268" s="3" t="inlineStr">
+        <is>
+          <t>410,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="3"/>
+      <c r="B269" s="4"/>
+      <c r="C269" s="4"/>
+      <c r="D269" s="4"/>
+      <c r="E269" s="3"/>
+      <c r="F269" s="3"/>
+      <c r="G269" s="3"/>
+      <c r="H269" s="3"/>
+      <c r="I269" s="3"/>
+      <c r="J269" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K269" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L269" s="3" t="inlineStr">
+        <is>
+          <t>390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B270" s="4" t="inlineStr">
+        <is>
+          <t>65하0144</t>
+        </is>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발(YP) 9인승 디젤 럭셔리</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E270" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F270" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G270" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H270" s="3" t="inlineStr">
+        <is>
+          <t>19년03월</t>
+        </is>
+      </c>
+      <c r="I270" s="3" t="inlineStr">
+        <is>
+          <t>251,677KM</t>
+        </is>
+      </c>
+      <c r="J270" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K270" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L267" s="3" t="inlineStr">
-[...113 lines deleted...]
-      </c>
       <c r="L270" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3"/>
       <c r="B271" s="4"/>
       <c r="C271" s="4"/>
       <c r="D271" s="4"/>
       <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3"/>
       <c r="I271" s="3"/>
       <c r="J271" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K271" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L271" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
-      <c r="A272" s="3"/>
-[...7 lines deleted...]
-      <c r="I272" s="3"/>
+      <c r="A272" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B272" s="4" t="inlineStr">
+        <is>
+          <t>104허1357</t>
+        </is>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발(YP) 9인승 디젤 럭셔리</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>기본형-UVO+ETCS</t>
+        </is>
+      </c>
+      <c r="E272" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F272" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G272" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H272" s="3" t="inlineStr">
+        <is>
+          <t>20년05월</t>
+        </is>
+      </c>
+      <c r="I272" s="3" t="inlineStr">
+        <is>
+          <t>150,451KM</t>
+        </is>
+      </c>
       <c r="J272" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K272" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L272" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3"/>
       <c r="B273" s="4"/>
       <c r="C273" s="4"/>
       <c r="D273" s="4"/>
       <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3"/>
       <c r="I273" s="3"/>
       <c r="J273" s="3" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K273" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L273" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>TABO</t>
         </is>
       </c>
       <c r="B274" s="4" t="inlineStr">
         <is>
-          <t>101하2755</t>
+          <t>44호3595</t>
         </is>
       </c>
       <c r="C274" s="4" t="inlineStr">
         <is>
-          <t>쏘렌토 MQ4 디젤 2.2 5인승 노블레스</t>
-[...6 lines deleted...]
-      </c>
+          <t>더뉴카니발2.2 9인승 럭셔리</t>
+        </is>
+      </c>
+      <c r="D274" s="4"/>
       <c r="E274" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>플라티늄그라파이트</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G274" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
       <c r="H274" s="3" t="inlineStr">
         <is>
-          <t>21년07월</t>
+          <t>18년07월</t>
         </is>
       </c>
       <c r="I274" s="3" t="inlineStr">
         <is>
-          <t>88,400KM</t>
+          <t>177,488KM</t>
         </is>
       </c>
       <c r="J274" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K274" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L274" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3"/>
       <c r="B275" s="4"/>
       <c r="C275" s="4"/>
       <c r="D275" s="4"/>
       <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3"/>
       <c r="I275" s="3"/>
       <c r="J275" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K275" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L275" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
-      <c r="A276" s="3"/>
-[...1 lines deleted...]
-      <c r="C276" s="4"/>
+      <c r="A276" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B276" s="4" t="inlineStr">
+        <is>
+          <t>18하3445</t>
+        </is>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>더뉴k9 3.3 이그젝티</t>
+        </is>
+      </c>
       <c r="D276" s="4"/>
-      <c r="E276" s="3"/>
-[...3 lines deleted...]
-      <c r="I276" s="3"/>
+      <c r="E276" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F276" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G276" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H276" s="3" t="inlineStr">
+        <is>
+          <t>17년09월</t>
+        </is>
+      </c>
+      <c r="I276" s="3" t="inlineStr">
+        <is>
+          <t>163,000KM</t>
+        </is>
+      </c>
       <c r="J276" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K276" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L276" s="3" t="inlineStr">
         <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B277" s="4" t="inlineStr">
+        <is>
+          <t>27하9414</t>
+        </is>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>더뉴모하비</t>
+        </is>
+      </c>
+      <c r="D277" s="4"/>
+      <c r="E277" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F277" s="3" t="inlineStr">
+        <is>
+          <t>다크그레이</t>
+        </is>
+      </c>
+      <c r="G277" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H277" s="3" t="inlineStr">
+        <is>
+          <t>19년06월</t>
+        </is>
+      </c>
+      <c r="I277" s="3" t="inlineStr">
+        <is>
+          <t>144,645KM</t>
+        </is>
+      </c>
+      <c r="J277" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K277" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L277" s="3" t="inlineStr">
+        <is>
           <t>750,000</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-[...24 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
-      <c r="A278" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A278" s="3"/>
+      <c r="B278" s="4"/>
+      <c r="C278" s="4"/>
+      <c r="D278" s="4"/>
+      <c r="E278" s="3"/>
+      <c r="F278" s="3"/>
+      <c r="G278" s="3"/>
+      <c r="H278" s="3"/>
+      <c r="I278" s="3"/>
       <c r="J278" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K278" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L278" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3"/>
       <c r="B279" s="4"/>
       <c r="C279" s="4"/>
       <c r="D279" s="4"/>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3"/>
       <c r="I279" s="3"/>
       <c r="J279" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K279" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L279" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
-      <c r="A280" s="3"/>
-[...7 lines deleted...]
-      <c r="I280" s="3"/>
+      <c r="A280" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B280" s="4" t="inlineStr">
+        <is>
+          <t>196호5009</t>
+        </is>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>카니발4세대 3.5 9인승 프레스티</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>* 드라이브와이즈,파워슬라이딩도어등</t>
+        </is>
+      </c>
+      <c r="E280" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F280" s="3" t="inlineStr">
+        <is>
+          <t>다크그레이</t>
+        </is>
+      </c>
+      <c r="G280" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H280" s="3" t="inlineStr">
+        <is>
+          <t>23년10월</t>
+        </is>
+      </c>
+      <c r="I280" s="3" t="inlineStr">
+        <is>
+          <t>36,179KM</t>
+        </is>
+      </c>
       <c r="J280" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K280" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L280" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3"/>
       <c r="B281" s="4"/>
       <c r="C281" s="4"/>
       <c r="D281" s="4"/>
       <c r="E281" s="3"/>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3"/>
       <c r="I281" s="3"/>
       <c r="J281" s="3" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K281" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L281" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
-      <c r="A282" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E282" s="3" t="inlineStr">
+      <c r="A282" s="3"/>
+      <c r="B282" s="4"/>
+      <c r="C282" s="4"/>
+      <c r="D282" s="4"/>
+      <c r="E282" s="3"/>
+      <c r="F282" s="3"/>
+      <c r="G282" s="3"/>
+      <c r="H282" s="3"/>
+      <c r="I282" s="3"/>
+      <c r="J282" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K282" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L282" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B283" s="4" t="inlineStr">
+        <is>
+          <t>48하9983</t>
+        </is>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>카니발 9인승 프레스티지</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>LED헤드램프,스마트내비uvo3.0,+오토디포
+그 드리이브와이즈,듀얼썬룹,오토슬라이딩</t>
+        </is>
+      </c>
+      <c r="E283" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F282" s="3" t="inlineStr">
+      <c r="F283" s="3" t="inlineStr">
         <is>
           <t>블랙</t>
         </is>
       </c>
-      <c r="G282" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J282" s="3" t="inlineStr">
+      <c r="G283" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H283" s="3" t="inlineStr">
+        <is>
+          <t>18년07월</t>
+        </is>
+      </c>
+      <c r="I283" s="3" t="inlineStr">
+        <is>
+          <t>233,573KM</t>
+        </is>
+      </c>
+      <c r="J283" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K282" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K283" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L283" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B284" s="4" t="inlineStr">
         <is>
-          <t>101하2798</t>
+          <t>101호1304</t>
         </is>
       </c>
       <c r="C284" s="4" t="inlineStr">
         <is>
-          <t>신형 K5(DL3) 2.0 가솔린 시그니처</t>
-[...7 lines deleted...]
-      </c>
+          <t>모하비 3.0 플래티넘 디젤 4WD</t>
+        </is>
+      </c>
+      <c r="D284" s="4"/>
       <c r="E284" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>파랑(남색,곤색)</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H284" s="3" t="inlineStr">
         <is>
-          <t>22년01월</t>
+          <t>19년01월</t>
         </is>
       </c>
       <c r="I284" s="3" t="inlineStr">
         <is>
-          <t>46,950KM</t>
+          <t>93,000KM</t>
         </is>
       </c>
       <c r="J284" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K284" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L284" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3"/>
       <c r="B285" s="4"/>
       <c r="C285" s="4"/>
       <c r="D285" s="4"/>
       <c r="E285" s="3"/>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3"/>
       <c r="I285" s="3"/>
       <c r="J285" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K285" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L285" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3"/>
       <c r="B286" s="4"/>
       <c r="C286" s="4"/>
       <c r="D286" s="4"/>
       <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3"/>
       <c r="I286" s="3"/>
       <c r="J286" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K286" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L286" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
-      <c r="A287" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A287" s="3"/>
+      <c r="B287" s="4"/>
+      <c r="C287" s="4"/>
+      <c r="D287" s="4"/>
+      <c r="E287" s="3"/>
+      <c r="F287" s="3"/>
+      <c r="G287" s="3"/>
+      <c r="H287" s="3"/>
+      <c r="I287" s="3"/>
       <c r="J287" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K287" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L287" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B288" s="4" t="inlineStr">
         <is>
-          <t>222하3643</t>
+          <t>101호7666</t>
         </is>
       </c>
       <c r="C288" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 4WD 시그니처 그래비티</t>
+          <t>K5 렌터카 2.0 LPi 트렌디</t>
         </is>
       </c>
       <c r="D288" s="4" t="inlineStr">
         <is>
-          <t>모니터링팩, HUD팩, 드라이브와이즈, 컴포트
-[...1 lines deleted...]
-운드, 선루프, 내비게이션</t>
+          <t>SBW 팩, 10.25인치 UVO 내비게이션</t>
         </is>
       </c>
       <c r="E288" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>회색</t>
+          <t>인터스텔라 그레이</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H288" s="3" t="inlineStr">
         <is>
-          <t>23년09월</t>
+          <t>21년03월</t>
         </is>
       </c>
       <c r="I288" s="3" t="inlineStr">
         <is>
-          <t>26,550KM</t>
+          <t>95,000KM</t>
         </is>
       </c>
       <c r="J288" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K288" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L288" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3"/>
       <c r="B289" s="4"/>
       <c r="C289" s="4"/>
       <c r="D289" s="4"/>
       <c r="E289" s="3"/>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3"/>
       <c r="I289" s="3"/>
       <c r="J289" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K289" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L289" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3"/>
       <c r="B290" s="4"/>
       <c r="C290" s="4"/>
       <c r="D290" s="4"/>
       <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3"/>
       <c r="I290" s="3"/>
       <c r="J290" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K290" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L290" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
-      <c r="A291" s="3"/>
-[...7 lines deleted...]
-      <c r="I291" s="3"/>
+      <c r="A291" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B291" s="4" t="inlineStr">
+        <is>
+          <t>101호1368</t>
+        </is>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>K5 렌터카 2.0 LPi 트렌디</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t> 10.25인치 UVO 내비게이션</t>
+        </is>
+      </c>
+      <c r="E291" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F291" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G291" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H291" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I291" s="3" t="inlineStr">
+        <is>
+          <t>138,000KM</t>
+        </is>
+      </c>
       <c r="J291" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K291" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L291" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B292" s="4" t="inlineStr">
         <is>
-          <t>160하6142</t>
+          <t>142호3686</t>
         </is>
       </c>
       <c r="C292" s="4" t="inlineStr">
         <is>
-          <t>신형 K5(DL3) 2.0 가솔린 트렌디</t>
+          <t>K5 2.0 가솔린 프레스티지</t>
         </is>
       </c>
       <c r="D292" s="4" t="inlineStr">
         <is>
-          <t>버튼시동팩, 드라이브와이즈, 내비게이션</t>
+          <t>12.3인치 클러스터 팩</t>
         </is>
       </c>
       <c r="E292" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>오로라 블랙 펄</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H292" s="3" t="inlineStr">
         <is>
-          <t>21년05월</t>
+          <t>25년04월</t>
         </is>
       </c>
       <c r="I292" s="3" t="inlineStr">
         <is>
-          <t>87,500KM</t>
+          <t>53,000KM</t>
         </is>
       </c>
       <c r="J292" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K292" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L292" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3"/>
       <c r="B293" s="4"/>
       <c r="C293" s="4"/>
       <c r="D293" s="4"/>
       <c r="E293" s="3"/>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3"/>
       <c r="I293" s="3"/>
       <c r="J293" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K293" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L293" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
-      <c r="A294" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A294" s="3"/>
+      <c r="B294" s="4"/>
+      <c r="C294" s="4"/>
+      <c r="D294" s="4"/>
+      <c r="E294" s="3"/>
+      <c r="F294" s="3"/>
+      <c r="G294" s="3"/>
+      <c r="H294" s="3"/>
+      <c r="I294" s="3"/>
       <c r="J294" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K294" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L294" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3"/>
       <c r="B295" s="4"/>
       <c r="C295" s="4"/>
       <c r="D295" s="4"/>
       <c r="E295" s="3"/>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3"/>
       <c r="I295" s="3"/>
       <c r="J295" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K295" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L295" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
-      <c r="A296" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A296" s="3"/>
+      <c r="B296" s="4"/>
+      <c r="C296" s="4"/>
+      <c r="D296" s="4"/>
+      <c r="E296" s="3"/>
+      <c r="F296" s="3"/>
+      <c r="G296" s="3"/>
+      <c r="H296" s="3"/>
+      <c r="I296" s="3"/>
       <c r="J296" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K296" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L296" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
-          <t>TABO</t>
+          <t>V</t>
         </is>
       </c>
       <c r="B297" s="4" t="inlineStr">
         <is>
-          <t>196호5009</t>
+          <t>101호7927</t>
         </is>
       </c>
       <c r="C297" s="4" t="inlineStr">
         <is>
-          <t>카니발4세대 3.5 9인승 프레스티</t>
+          <t>K5 가솔린 2.0 프레스티지</t>
         </is>
       </c>
       <c r="D297" s="4" t="inlineStr">
         <is>
-          <t>* 드라이브와이즈,파워슬라이딩도어등</t>
+          <t>드라이브와이즈, 스타일, 10.25인치 UVO
+ 내비게이션</t>
         </is>
       </c>
       <c r="E297" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>다크그레이</t>
+          <t>스노우 화이트펄</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H297" s="3" t="inlineStr">
         <is>
-          <t>23년10월</t>
+          <t>22년03월</t>
         </is>
       </c>
       <c r="I297" s="3" t="inlineStr">
         <is>
-          <t>36,179KM</t>
+          <t>90,000KM</t>
         </is>
       </c>
       <c r="J297" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K297" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L297" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3"/>
       <c r="B298" s="4"/>
       <c r="C298" s="4"/>
       <c r="D298" s="4"/>
       <c r="E298" s="3"/>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3"/>
       <c r="I298" s="3"/>
       <c r="J298" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K298" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L298" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3"/>
       <c r="B299" s="4"/>
       <c r="C299" s="4"/>
       <c r="D299" s="4"/>
       <c r="E299" s="3"/>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3"/>
       <c r="I299" s="3"/>
       <c r="J299" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K299" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L299" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
-      <c r="A300" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A300" s="3"/>
+      <c r="B300" s="4"/>
+      <c r="C300" s="4"/>
+      <c r="D300" s="4"/>
+      <c r="E300" s="3"/>
+      <c r="F300" s="3"/>
+      <c r="G300" s="3"/>
+      <c r="H300" s="3"/>
+      <c r="I300" s="3"/>
       <c r="J300" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K300" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L300" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
-[...394 lines deleted...]
-          <t>590,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
-    <mergeCell ref="A2:A3"/>
-[...493 lines deleted...]
-    <mergeCell ref="I182:I184"/>
+    <mergeCell ref="A2:A4"/>
+    <mergeCell ref="B2:B4"/>
+    <mergeCell ref="C2:C4"/>
+    <mergeCell ref="D2:D4"/>
+    <mergeCell ref="E2:E4"/>
+    <mergeCell ref="F2:F4"/>
+    <mergeCell ref="G2:G4"/>
+    <mergeCell ref="H2:H4"/>
+    <mergeCell ref="I2:I4"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:B7"/>
+    <mergeCell ref="C5:C7"/>
+    <mergeCell ref="D5:D7"/>
+    <mergeCell ref="E5:E7"/>
+    <mergeCell ref="F5:F7"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="A8:A10"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="C8:C10"/>
+    <mergeCell ref="D8:D10"/>
+    <mergeCell ref="E8:E10"/>
+    <mergeCell ref="F8:F10"/>
+    <mergeCell ref="G8:G10"/>
+    <mergeCell ref="H8:H10"/>
+    <mergeCell ref="I8:I10"/>
+    <mergeCell ref="A11:A13"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="C11:C13"/>
+    <mergeCell ref="D11:D13"/>
+    <mergeCell ref="E11:E13"/>
+    <mergeCell ref="F11:F13"/>
+    <mergeCell ref="G11:G13"/>
+    <mergeCell ref="H11:H13"/>
+    <mergeCell ref="I11:I13"/>
+    <mergeCell ref="A14:A18"/>
+    <mergeCell ref="B14:B18"/>
+    <mergeCell ref="C14:C18"/>
+    <mergeCell ref="D14:D18"/>
+    <mergeCell ref="E14:E18"/>
+    <mergeCell ref="F14:F18"/>
+    <mergeCell ref="G14:G18"/>
+    <mergeCell ref="H14:H18"/>
+    <mergeCell ref="I14:I18"/>
+    <mergeCell ref="A19:A23"/>
+    <mergeCell ref="B19:B23"/>
+    <mergeCell ref="C19:C23"/>
+    <mergeCell ref="D19:D23"/>
+    <mergeCell ref="E19:E23"/>
+    <mergeCell ref="F19:F23"/>
+    <mergeCell ref="G19:G23"/>
+    <mergeCell ref="H19:H23"/>
+    <mergeCell ref="I19:I23"/>
+    <mergeCell ref="A24:A28"/>
+    <mergeCell ref="B24:B28"/>
+    <mergeCell ref="C24:C28"/>
+    <mergeCell ref="D24:D28"/>
+    <mergeCell ref="E24:E28"/>
+    <mergeCell ref="F24:F28"/>
+    <mergeCell ref="G24:G28"/>
+    <mergeCell ref="H24:H28"/>
+    <mergeCell ref="I24:I28"/>
+    <mergeCell ref="A29:A33"/>
+    <mergeCell ref="B29:B33"/>
+    <mergeCell ref="C29:C33"/>
+    <mergeCell ref="D29:D33"/>
+    <mergeCell ref="E29:E33"/>
+    <mergeCell ref="F29:F33"/>
+    <mergeCell ref="G29:G33"/>
+    <mergeCell ref="H29:H33"/>
+    <mergeCell ref="I29:I33"/>
+    <mergeCell ref="A34:A38"/>
+    <mergeCell ref="B34:B38"/>
+    <mergeCell ref="C34:C38"/>
+    <mergeCell ref="D34:D38"/>
+    <mergeCell ref="E34:E38"/>
+    <mergeCell ref="F34:F38"/>
+    <mergeCell ref="G34:G38"/>
+    <mergeCell ref="H34:H38"/>
+    <mergeCell ref="I34:I38"/>
+    <mergeCell ref="A39:A43"/>
+    <mergeCell ref="B39:B43"/>
+    <mergeCell ref="C39:C43"/>
+    <mergeCell ref="D39:D43"/>
+    <mergeCell ref="E39:E43"/>
+    <mergeCell ref="F39:F43"/>
+    <mergeCell ref="G39:G43"/>
+    <mergeCell ref="H39:H43"/>
+    <mergeCell ref="I39:I43"/>
+    <mergeCell ref="A44:A48"/>
+    <mergeCell ref="B44:B48"/>
+    <mergeCell ref="C44:C48"/>
+    <mergeCell ref="D44:D48"/>
+    <mergeCell ref="E44:E48"/>
+    <mergeCell ref="F44:F48"/>
+    <mergeCell ref="G44:G48"/>
+    <mergeCell ref="H44:H48"/>
+    <mergeCell ref="I44:I48"/>
+    <mergeCell ref="A49:A53"/>
+    <mergeCell ref="B49:B53"/>
+    <mergeCell ref="C49:C53"/>
+    <mergeCell ref="D49:D53"/>
+    <mergeCell ref="E49:E53"/>
+    <mergeCell ref="F49:F53"/>
+    <mergeCell ref="G49:G53"/>
+    <mergeCell ref="H49:H53"/>
+    <mergeCell ref="I49:I53"/>
+    <mergeCell ref="A54:A58"/>
+    <mergeCell ref="B54:B58"/>
+    <mergeCell ref="C54:C58"/>
+    <mergeCell ref="D54:D58"/>
+    <mergeCell ref="E54:E58"/>
+    <mergeCell ref="F54:F58"/>
+    <mergeCell ref="G54:G58"/>
+    <mergeCell ref="H54:H58"/>
+    <mergeCell ref="I54:I58"/>
+    <mergeCell ref="A59:A63"/>
+    <mergeCell ref="B59:B63"/>
+    <mergeCell ref="C59:C63"/>
+    <mergeCell ref="D59:D63"/>
+    <mergeCell ref="E59:E63"/>
+    <mergeCell ref="F59:F63"/>
+    <mergeCell ref="G59:G63"/>
+    <mergeCell ref="H59:H63"/>
+    <mergeCell ref="I59:I63"/>
+    <mergeCell ref="A64:A68"/>
+    <mergeCell ref="B64:B68"/>
+    <mergeCell ref="C64:C68"/>
+    <mergeCell ref="D64:D68"/>
+    <mergeCell ref="E64:E68"/>
+    <mergeCell ref="F64:F68"/>
+    <mergeCell ref="G64:G68"/>
+    <mergeCell ref="H64:H68"/>
+    <mergeCell ref="I64:I68"/>
+    <mergeCell ref="A69:A73"/>
+    <mergeCell ref="B69:B73"/>
+    <mergeCell ref="C69:C73"/>
+    <mergeCell ref="D69:D73"/>
+    <mergeCell ref="E69:E73"/>
+    <mergeCell ref="F69:F73"/>
+    <mergeCell ref="G69:G73"/>
+    <mergeCell ref="H69:H73"/>
+    <mergeCell ref="I69:I73"/>
+    <mergeCell ref="A74:A78"/>
+    <mergeCell ref="B74:B78"/>
+    <mergeCell ref="C74:C78"/>
+    <mergeCell ref="D74:D78"/>
+    <mergeCell ref="E74:E78"/>
+    <mergeCell ref="F74:F78"/>
+    <mergeCell ref="G74:G78"/>
+    <mergeCell ref="H74:H78"/>
+    <mergeCell ref="I74:I78"/>
+    <mergeCell ref="A79:A81"/>
+    <mergeCell ref="B79:B81"/>
+    <mergeCell ref="C79:C81"/>
+    <mergeCell ref="D79:D81"/>
+    <mergeCell ref="E79:E81"/>
+    <mergeCell ref="F79:F81"/>
+    <mergeCell ref="G79:G81"/>
+    <mergeCell ref="H79:H81"/>
+    <mergeCell ref="I79:I81"/>
+    <mergeCell ref="A82:A86"/>
+    <mergeCell ref="B82:B86"/>
+    <mergeCell ref="C82:C86"/>
+    <mergeCell ref="D82:D86"/>
+    <mergeCell ref="E82:E86"/>
+    <mergeCell ref="F82:F86"/>
+    <mergeCell ref="G82:G86"/>
+    <mergeCell ref="H82:H86"/>
+    <mergeCell ref="I82:I86"/>
+    <mergeCell ref="A87:A89"/>
+    <mergeCell ref="B87:B89"/>
+    <mergeCell ref="C87:C89"/>
+    <mergeCell ref="D87:D89"/>
+    <mergeCell ref="E87:E89"/>
+    <mergeCell ref="F87:F89"/>
+    <mergeCell ref="G87:G89"/>
+    <mergeCell ref="H87:H89"/>
+    <mergeCell ref="I87:I89"/>
+    <mergeCell ref="A90:A92"/>
+    <mergeCell ref="B90:B92"/>
+    <mergeCell ref="C90:C92"/>
+    <mergeCell ref="D90:D92"/>
+    <mergeCell ref="E90:E92"/>
+    <mergeCell ref="F90:F92"/>
+    <mergeCell ref="G90:G92"/>
+    <mergeCell ref="H90:H92"/>
+    <mergeCell ref="I90:I92"/>
+    <mergeCell ref="A93:A95"/>
+    <mergeCell ref="B93:B95"/>
+    <mergeCell ref="C93:C95"/>
+    <mergeCell ref="D93:D95"/>
+    <mergeCell ref="E93:E95"/>
+    <mergeCell ref="F93:F95"/>
+    <mergeCell ref="G93:G95"/>
+    <mergeCell ref="H93:H95"/>
+    <mergeCell ref="I93:I95"/>
+    <mergeCell ref="A96:A98"/>
+    <mergeCell ref="B96:B98"/>
+    <mergeCell ref="C96:C98"/>
+    <mergeCell ref="D96:D98"/>
+    <mergeCell ref="E96:E98"/>
+    <mergeCell ref="F96:F98"/>
+    <mergeCell ref="G96:G98"/>
+    <mergeCell ref="H96:H98"/>
+    <mergeCell ref="I96:I98"/>
+    <mergeCell ref="A99:A101"/>
+    <mergeCell ref="B99:B101"/>
+    <mergeCell ref="C99:C101"/>
+    <mergeCell ref="D99:D101"/>
+    <mergeCell ref="E99:E101"/>
+    <mergeCell ref="F99:F101"/>
+    <mergeCell ref="G99:G101"/>
+    <mergeCell ref="H99:H101"/>
+    <mergeCell ref="I99:I101"/>
+    <mergeCell ref="A102:A104"/>
+    <mergeCell ref="B102:B104"/>
+    <mergeCell ref="C102:C104"/>
+    <mergeCell ref="D102:D104"/>
+    <mergeCell ref="E102:E104"/>
+    <mergeCell ref="F102:F104"/>
+    <mergeCell ref="G102:G104"/>
+    <mergeCell ref="H102:H104"/>
+    <mergeCell ref="I102:I104"/>
+    <mergeCell ref="A105:A107"/>
+    <mergeCell ref="B105:B107"/>
+    <mergeCell ref="C105:C107"/>
+    <mergeCell ref="D105:D107"/>
+    <mergeCell ref="E105:E107"/>
+    <mergeCell ref="F105:F107"/>
+    <mergeCell ref="G105:G107"/>
+    <mergeCell ref="H105:H107"/>
+    <mergeCell ref="I105:I107"/>
+    <mergeCell ref="A108:A110"/>
+    <mergeCell ref="B108:B110"/>
+    <mergeCell ref="C108:C110"/>
+    <mergeCell ref="D108:D110"/>
+    <mergeCell ref="E108:E110"/>
+    <mergeCell ref="F108:F110"/>
+    <mergeCell ref="G108:G110"/>
+    <mergeCell ref="H108:H110"/>
+    <mergeCell ref="I108:I110"/>
+    <mergeCell ref="A111:A112"/>
+    <mergeCell ref="B111:B112"/>
+    <mergeCell ref="C111:C112"/>
+    <mergeCell ref="D111:D112"/>
+    <mergeCell ref="E111:E112"/>
+    <mergeCell ref="F111:F112"/>
+    <mergeCell ref="G111:G112"/>
+    <mergeCell ref="H111:H112"/>
+    <mergeCell ref="I111:I112"/>
+    <mergeCell ref="A113:A114"/>
+    <mergeCell ref="B113:B114"/>
+    <mergeCell ref="C113:C114"/>
+    <mergeCell ref="D113:D114"/>
+    <mergeCell ref="E113:E114"/>
+    <mergeCell ref="F113:F114"/>
+    <mergeCell ref="G113:G114"/>
+    <mergeCell ref="H113:H114"/>
+    <mergeCell ref="I113:I114"/>
+    <mergeCell ref="A115:A117"/>
+    <mergeCell ref="B115:B117"/>
+    <mergeCell ref="C115:C117"/>
+    <mergeCell ref="D115:D117"/>
+    <mergeCell ref="E115:E117"/>
+    <mergeCell ref="F115:F117"/>
+    <mergeCell ref="G115:G117"/>
+    <mergeCell ref="H115:H117"/>
+    <mergeCell ref="I115:I117"/>
+    <mergeCell ref="A118:A120"/>
+    <mergeCell ref="B118:B120"/>
+    <mergeCell ref="C118:C120"/>
+    <mergeCell ref="D118:D120"/>
+    <mergeCell ref="E118:E120"/>
+    <mergeCell ref="F118:F120"/>
+    <mergeCell ref="G118:G120"/>
+    <mergeCell ref="H118:H120"/>
+    <mergeCell ref="I118:I120"/>
+    <mergeCell ref="A121:A123"/>
+    <mergeCell ref="B121:B123"/>
+    <mergeCell ref="C121:C123"/>
+    <mergeCell ref="D121:D123"/>
+    <mergeCell ref="E121:E123"/>
+    <mergeCell ref="F121:F123"/>
+    <mergeCell ref="G121:G123"/>
+    <mergeCell ref="H121:H123"/>
+    <mergeCell ref="I121:I123"/>
+    <mergeCell ref="A124:A126"/>
+    <mergeCell ref="B124:B126"/>
+    <mergeCell ref="C124:C126"/>
+    <mergeCell ref="D124:D126"/>
+    <mergeCell ref="E124:E126"/>
+    <mergeCell ref="F124:F126"/>
+    <mergeCell ref="G124:G126"/>
+    <mergeCell ref="H124:H126"/>
+    <mergeCell ref="I124:I126"/>
+    <mergeCell ref="A127:A129"/>
+    <mergeCell ref="B127:B129"/>
+    <mergeCell ref="C127:C129"/>
+    <mergeCell ref="D127:D129"/>
+    <mergeCell ref="E127:E129"/>
+    <mergeCell ref="F127:F129"/>
+    <mergeCell ref="G127:G129"/>
+    <mergeCell ref="H127:H129"/>
+    <mergeCell ref="I127:I129"/>
+    <mergeCell ref="A130:A134"/>
+    <mergeCell ref="B130:B134"/>
+    <mergeCell ref="C130:C134"/>
+    <mergeCell ref="D130:D134"/>
+    <mergeCell ref="E130:E134"/>
+    <mergeCell ref="F130:F134"/>
+    <mergeCell ref="G130:G134"/>
+    <mergeCell ref="H130:H134"/>
+    <mergeCell ref="I130:I134"/>
+    <mergeCell ref="A135:A136"/>
+    <mergeCell ref="B135:B136"/>
+    <mergeCell ref="C135:C136"/>
+    <mergeCell ref="D135:D136"/>
+    <mergeCell ref="E135:E136"/>
+    <mergeCell ref="F135:F136"/>
+    <mergeCell ref="G135:G136"/>
+    <mergeCell ref="H135:H136"/>
+    <mergeCell ref="I135:I136"/>
+    <mergeCell ref="A137:A141"/>
+    <mergeCell ref="B137:B141"/>
+    <mergeCell ref="C137:C141"/>
+    <mergeCell ref="D137:D141"/>
+    <mergeCell ref="E137:E141"/>
+    <mergeCell ref="F137:F141"/>
+    <mergeCell ref="G137:G141"/>
+    <mergeCell ref="H137:H141"/>
+    <mergeCell ref="I137:I141"/>
+    <mergeCell ref="A142:A146"/>
+    <mergeCell ref="B142:B146"/>
+    <mergeCell ref="C142:C146"/>
+    <mergeCell ref="D142:D146"/>
+    <mergeCell ref="E142:E146"/>
+    <mergeCell ref="F142:F146"/>
+    <mergeCell ref="G142:G146"/>
+    <mergeCell ref="H142:H146"/>
+    <mergeCell ref="I142:I146"/>
+    <mergeCell ref="A147:A151"/>
+    <mergeCell ref="B147:B151"/>
+    <mergeCell ref="C147:C151"/>
+    <mergeCell ref="D147:D151"/>
+    <mergeCell ref="E147:E151"/>
+    <mergeCell ref="F147:F151"/>
+    <mergeCell ref="G147:G151"/>
+    <mergeCell ref="H147:H151"/>
+    <mergeCell ref="I147:I151"/>
+    <mergeCell ref="A152:A156"/>
+    <mergeCell ref="B152:B156"/>
+    <mergeCell ref="C152:C156"/>
+    <mergeCell ref="D152:D156"/>
+    <mergeCell ref="E152:E156"/>
+    <mergeCell ref="F152:F156"/>
+    <mergeCell ref="G152:G156"/>
+    <mergeCell ref="H152:H156"/>
+    <mergeCell ref="I152:I156"/>
+    <mergeCell ref="A157:A161"/>
+    <mergeCell ref="B157:B161"/>
+    <mergeCell ref="C157:C161"/>
+    <mergeCell ref="D157:D161"/>
+    <mergeCell ref="E157:E161"/>
+    <mergeCell ref="F157:F161"/>
+    <mergeCell ref="G157:G161"/>
+    <mergeCell ref="H157:H161"/>
+    <mergeCell ref="I157:I161"/>
+    <mergeCell ref="A162:A166"/>
+    <mergeCell ref="B162:B166"/>
+    <mergeCell ref="C162:C166"/>
+    <mergeCell ref="D162:D166"/>
+    <mergeCell ref="E162:E166"/>
+    <mergeCell ref="F162:F166"/>
+    <mergeCell ref="G162:G166"/>
+    <mergeCell ref="H162:H166"/>
+    <mergeCell ref="I162:I166"/>
+    <mergeCell ref="A167:A171"/>
+    <mergeCell ref="B167:B171"/>
+    <mergeCell ref="C167:C171"/>
+    <mergeCell ref="D167:D171"/>
+    <mergeCell ref="E167:E171"/>
+    <mergeCell ref="F167:F171"/>
+    <mergeCell ref="G167:G171"/>
+    <mergeCell ref="H167:H171"/>
+    <mergeCell ref="I167:I171"/>
+    <mergeCell ref="A172:A176"/>
+    <mergeCell ref="B172:B176"/>
+    <mergeCell ref="C172:C176"/>
+    <mergeCell ref="D172:D176"/>
+    <mergeCell ref="E172:E176"/>
+    <mergeCell ref="F172:F176"/>
+    <mergeCell ref="G172:G176"/>
+    <mergeCell ref="H172:H176"/>
+    <mergeCell ref="I172:I176"/>
+    <mergeCell ref="A177:A179"/>
+    <mergeCell ref="B177:B179"/>
+    <mergeCell ref="C177:C179"/>
+    <mergeCell ref="D177:D179"/>
+    <mergeCell ref="E177:E179"/>
+    <mergeCell ref="F177:F179"/>
+    <mergeCell ref="G177:G179"/>
+    <mergeCell ref="H177:H179"/>
+    <mergeCell ref="I177:I179"/>
+    <mergeCell ref="A180:A184"/>
+    <mergeCell ref="B180:B184"/>
+    <mergeCell ref="C180:C184"/>
+    <mergeCell ref="D180:D184"/>
+    <mergeCell ref="E180:E184"/>
+    <mergeCell ref="F180:F184"/>
+    <mergeCell ref="G180:G184"/>
+    <mergeCell ref="H180:H184"/>
+    <mergeCell ref="I180:I184"/>
     <mergeCell ref="A185:A189"/>
     <mergeCell ref="B185:B189"/>
     <mergeCell ref="C185:C189"/>
     <mergeCell ref="D185:D189"/>
     <mergeCell ref="E185:E189"/>
     <mergeCell ref="F185:F189"/>
     <mergeCell ref="G185:G189"/>
     <mergeCell ref="H185:H189"/>
     <mergeCell ref="I185:I189"/>
-    <mergeCell ref="A190:A191"/>
-[...106 lines deleted...]
-    <mergeCell ref="I234:I236"/>
+    <mergeCell ref="A190:A194"/>
+    <mergeCell ref="B190:B194"/>
+    <mergeCell ref="C190:C194"/>
+    <mergeCell ref="D190:D194"/>
+    <mergeCell ref="E190:E194"/>
+    <mergeCell ref="F190:F194"/>
+    <mergeCell ref="G190:G194"/>
+    <mergeCell ref="H190:H194"/>
+    <mergeCell ref="I190:I194"/>
+    <mergeCell ref="A195:A197"/>
+    <mergeCell ref="B195:B197"/>
+    <mergeCell ref="C195:C197"/>
+    <mergeCell ref="D195:D197"/>
+    <mergeCell ref="E195:E197"/>
+    <mergeCell ref="F195:F197"/>
+    <mergeCell ref="G195:G197"/>
+    <mergeCell ref="H195:H197"/>
+    <mergeCell ref="I195:I197"/>
+    <mergeCell ref="A198:A202"/>
+    <mergeCell ref="B198:B202"/>
+    <mergeCell ref="C198:C202"/>
+    <mergeCell ref="D198:D202"/>
+    <mergeCell ref="E198:E202"/>
+    <mergeCell ref="F198:F202"/>
+    <mergeCell ref="G198:G202"/>
+    <mergeCell ref="H198:H202"/>
+    <mergeCell ref="I198:I202"/>
+    <mergeCell ref="A203:A206"/>
+    <mergeCell ref="B203:B206"/>
+    <mergeCell ref="C203:C206"/>
+    <mergeCell ref="D203:D206"/>
+    <mergeCell ref="E203:E206"/>
+    <mergeCell ref="F203:F206"/>
+    <mergeCell ref="G203:G206"/>
+    <mergeCell ref="H203:H206"/>
+    <mergeCell ref="I203:I206"/>
+    <mergeCell ref="A207:A208"/>
+    <mergeCell ref="B207:B208"/>
+    <mergeCell ref="C207:C208"/>
+    <mergeCell ref="D207:D208"/>
+    <mergeCell ref="E207:E208"/>
+    <mergeCell ref="F207:F208"/>
+    <mergeCell ref="G207:G208"/>
+    <mergeCell ref="H207:H208"/>
+    <mergeCell ref="I207:I208"/>
+    <mergeCell ref="A209:A212"/>
+    <mergeCell ref="B209:B212"/>
+    <mergeCell ref="C209:C212"/>
+    <mergeCell ref="D209:D212"/>
+    <mergeCell ref="E209:E212"/>
+    <mergeCell ref="F209:F212"/>
+    <mergeCell ref="G209:G212"/>
+    <mergeCell ref="H209:H212"/>
+    <mergeCell ref="I209:I212"/>
+    <mergeCell ref="A213:A216"/>
+    <mergeCell ref="B213:B216"/>
+    <mergeCell ref="C213:C216"/>
+    <mergeCell ref="D213:D216"/>
+    <mergeCell ref="E213:E216"/>
+    <mergeCell ref="F213:F216"/>
+    <mergeCell ref="G213:G216"/>
+    <mergeCell ref="H213:H216"/>
+    <mergeCell ref="I213:I216"/>
+    <mergeCell ref="A217:A221"/>
+    <mergeCell ref="B217:B221"/>
+    <mergeCell ref="C217:C221"/>
+    <mergeCell ref="D217:D221"/>
+    <mergeCell ref="E217:E221"/>
+    <mergeCell ref="F217:F221"/>
+    <mergeCell ref="G217:G221"/>
+    <mergeCell ref="H217:H221"/>
+    <mergeCell ref="I217:I221"/>
+    <mergeCell ref="A222:A223"/>
+    <mergeCell ref="B222:B223"/>
+    <mergeCell ref="C222:C223"/>
+    <mergeCell ref="D222:D223"/>
+    <mergeCell ref="E222:E223"/>
+    <mergeCell ref="F222:F223"/>
+    <mergeCell ref="G222:G223"/>
+    <mergeCell ref="H222:H223"/>
+    <mergeCell ref="I222:I223"/>
+    <mergeCell ref="A224:A228"/>
+    <mergeCell ref="B224:B228"/>
+    <mergeCell ref="C224:C228"/>
+    <mergeCell ref="D224:D228"/>
+    <mergeCell ref="E224:E228"/>
+    <mergeCell ref="F224:F228"/>
+    <mergeCell ref="G224:G228"/>
+    <mergeCell ref="H224:H228"/>
+    <mergeCell ref="I224:I228"/>
+    <mergeCell ref="A229:A230"/>
+    <mergeCell ref="B229:B230"/>
+    <mergeCell ref="C229:C230"/>
+    <mergeCell ref="D229:D230"/>
+    <mergeCell ref="E229:E230"/>
+    <mergeCell ref="F229:F230"/>
+    <mergeCell ref="G229:G230"/>
+    <mergeCell ref="H229:H230"/>
+    <mergeCell ref="I229:I230"/>
+    <mergeCell ref="A231:A234"/>
+    <mergeCell ref="B231:B234"/>
+    <mergeCell ref="C231:C234"/>
+    <mergeCell ref="D231:D234"/>
+    <mergeCell ref="E231:E234"/>
+    <mergeCell ref="F231:F234"/>
+    <mergeCell ref="G231:G234"/>
+    <mergeCell ref="H231:H234"/>
+    <mergeCell ref="I231:I234"/>
+    <mergeCell ref="A235:A236"/>
+    <mergeCell ref="B235:B236"/>
+    <mergeCell ref="C235:C236"/>
+    <mergeCell ref="D235:D236"/>
+    <mergeCell ref="E235:E236"/>
+    <mergeCell ref="F235:F236"/>
+    <mergeCell ref="G235:G236"/>
+    <mergeCell ref="H235:H236"/>
+    <mergeCell ref="I235:I236"/>
     <mergeCell ref="A237:A241"/>
     <mergeCell ref="B237:B241"/>
     <mergeCell ref="C237:C241"/>
     <mergeCell ref="D237:D241"/>
     <mergeCell ref="E237:E241"/>
     <mergeCell ref="F237:F241"/>
     <mergeCell ref="G237:G241"/>
     <mergeCell ref="H237:H241"/>
     <mergeCell ref="I237:I241"/>
     <mergeCell ref="A242:A246"/>
     <mergeCell ref="B242:B246"/>
     <mergeCell ref="C242:C246"/>
     <mergeCell ref="D242:D246"/>
     <mergeCell ref="E242:E246"/>
     <mergeCell ref="F242:F246"/>
     <mergeCell ref="G242:G246"/>
     <mergeCell ref="H242:H246"/>
     <mergeCell ref="I242:I246"/>
-    <mergeCell ref="A247:A248"/>
-[...160 lines deleted...]
-    <mergeCell ref="I308:I311"/>
+    <mergeCell ref="A247:A251"/>
+    <mergeCell ref="B247:B251"/>
+    <mergeCell ref="C247:C251"/>
+    <mergeCell ref="D247:D251"/>
+    <mergeCell ref="E247:E251"/>
+    <mergeCell ref="F247:F251"/>
+    <mergeCell ref="G247:G251"/>
+    <mergeCell ref="H247:H251"/>
+    <mergeCell ref="I247:I251"/>
+    <mergeCell ref="A252:A256"/>
+    <mergeCell ref="B252:B256"/>
+    <mergeCell ref="C252:C256"/>
+    <mergeCell ref="D252:D256"/>
+    <mergeCell ref="E252:E256"/>
+    <mergeCell ref="F252:F256"/>
+    <mergeCell ref="G252:G256"/>
+    <mergeCell ref="H252:H256"/>
+    <mergeCell ref="I252:I256"/>
+    <mergeCell ref="A257:A259"/>
+    <mergeCell ref="B257:B259"/>
+    <mergeCell ref="C257:C259"/>
+    <mergeCell ref="D257:D259"/>
+    <mergeCell ref="E257:E259"/>
+    <mergeCell ref="F257:F259"/>
+    <mergeCell ref="G257:G259"/>
+    <mergeCell ref="H257:H259"/>
+    <mergeCell ref="I257:I259"/>
+    <mergeCell ref="A260:A261"/>
+    <mergeCell ref="B260:B261"/>
+    <mergeCell ref="C260:C261"/>
+    <mergeCell ref="D260:D261"/>
+    <mergeCell ref="E260:E261"/>
+    <mergeCell ref="F260:F261"/>
+    <mergeCell ref="G260:G261"/>
+    <mergeCell ref="H260:H261"/>
+    <mergeCell ref="I260:I261"/>
+    <mergeCell ref="A262:A263"/>
+    <mergeCell ref="B262:B263"/>
+    <mergeCell ref="C262:C263"/>
+    <mergeCell ref="D262:D263"/>
+    <mergeCell ref="E262:E263"/>
+    <mergeCell ref="F262:F263"/>
+    <mergeCell ref="G262:G263"/>
+    <mergeCell ref="H262:H263"/>
+    <mergeCell ref="I262:I263"/>
+    <mergeCell ref="A264:A265"/>
+    <mergeCell ref="B264:B265"/>
+    <mergeCell ref="C264:C265"/>
+    <mergeCell ref="D264:D265"/>
+    <mergeCell ref="E264:E265"/>
+    <mergeCell ref="F264:F265"/>
+    <mergeCell ref="G264:G265"/>
+    <mergeCell ref="H264:H265"/>
+    <mergeCell ref="I264:I265"/>
+    <mergeCell ref="A266:A267"/>
+    <mergeCell ref="B266:B267"/>
+    <mergeCell ref="C266:C267"/>
+    <mergeCell ref="D266:D267"/>
+    <mergeCell ref="E266:E267"/>
+    <mergeCell ref="F266:F267"/>
+    <mergeCell ref="G266:G267"/>
+    <mergeCell ref="H266:H267"/>
+    <mergeCell ref="I266:I267"/>
+    <mergeCell ref="A268:A269"/>
+    <mergeCell ref="B268:B269"/>
+    <mergeCell ref="C268:C269"/>
+    <mergeCell ref="D268:D269"/>
+    <mergeCell ref="E268:E269"/>
+    <mergeCell ref="F268:F269"/>
+    <mergeCell ref="G268:G269"/>
+    <mergeCell ref="H268:H269"/>
+    <mergeCell ref="I268:I269"/>
+    <mergeCell ref="A270:A271"/>
+    <mergeCell ref="B270:B271"/>
+    <mergeCell ref="C270:C271"/>
+    <mergeCell ref="D270:D271"/>
+    <mergeCell ref="E270:E271"/>
+    <mergeCell ref="F270:F271"/>
+    <mergeCell ref="G270:G271"/>
+    <mergeCell ref="H270:H271"/>
+    <mergeCell ref="I270:I271"/>
+    <mergeCell ref="A272:A273"/>
+    <mergeCell ref="B272:B273"/>
+    <mergeCell ref="C272:C273"/>
+    <mergeCell ref="D272:D273"/>
+    <mergeCell ref="E272:E273"/>
+    <mergeCell ref="F272:F273"/>
+    <mergeCell ref="G272:G273"/>
+    <mergeCell ref="H272:H273"/>
+    <mergeCell ref="I272:I273"/>
+    <mergeCell ref="A274:A275"/>
+    <mergeCell ref="B274:B275"/>
+    <mergeCell ref="C274:C275"/>
+    <mergeCell ref="D274:D275"/>
+    <mergeCell ref="E274:E275"/>
+    <mergeCell ref="F274:F275"/>
+    <mergeCell ref="G274:G275"/>
+    <mergeCell ref="H274:H275"/>
+    <mergeCell ref="I274:I275"/>
+    <mergeCell ref="A277:A279"/>
+    <mergeCell ref="B277:B279"/>
+    <mergeCell ref="C277:C279"/>
+    <mergeCell ref="D277:D279"/>
+    <mergeCell ref="E277:E279"/>
+    <mergeCell ref="F277:F279"/>
+    <mergeCell ref="G277:G279"/>
+    <mergeCell ref="H277:H279"/>
+    <mergeCell ref="I277:I279"/>
+    <mergeCell ref="A280:A282"/>
+    <mergeCell ref="B280:B282"/>
+    <mergeCell ref="C280:C282"/>
+    <mergeCell ref="D280:D282"/>
+    <mergeCell ref="E280:E282"/>
+    <mergeCell ref="F280:F282"/>
+    <mergeCell ref="G280:G282"/>
+    <mergeCell ref="H280:H282"/>
+    <mergeCell ref="I280:I282"/>
+    <mergeCell ref="A284:A287"/>
+    <mergeCell ref="B284:B287"/>
+    <mergeCell ref="C284:C287"/>
+    <mergeCell ref="D284:D287"/>
+    <mergeCell ref="E284:E287"/>
+    <mergeCell ref="F284:F287"/>
+    <mergeCell ref="G284:G287"/>
+    <mergeCell ref="H284:H287"/>
+    <mergeCell ref="I284:I287"/>
+    <mergeCell ref="A288:A290"/>
+    <mergeCell ref="B288:B290"/>
+    <mergeCell ref="C288:C290"/>
+    <mergeCell ref="D288:D290"/>
+    <mergeCell ref="E288:E290"/>
+    <mergeCell ref="F288:F290"/>
+    <mergeCell ref="G288:G290"/>
+    <mergeCell ref="H288:H290"/>
+    <mergeCell ref="I288:I290"/>
+    <mergeCell ref="A292:A296"/>
+    <mergeCell ref="B292:B296"/>
+    <mergeCell ref="C292:C296"/>
+    <mergeCell ref="D292:D296"/>
+    <mergeCell ref="E292:E296"/>
+    <mergeCell ref="F292:F296"/>
+    <mergeCell ref="G292:G296"/>
+    <mergeCell ref="H292:H296"/>
+    <mergeCell ref="I292:I296"/>
+    <mergeCell ref="A297:A300"/>
+    <mergeCell ref="B297:B300"/>
+    <mergeCell ref="C297:C300"/>
+    <mergeCell ref="D297:D300"/>
+    <mergeCell ref="E297:E300"/>
+    <mergeCell ref="F297:F300"/>
+    <mergeCell ref="G297:G300"/>
+    <mergeCell ref="H297:H300"/>
+    <mergeCell ref="I297:I300"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>