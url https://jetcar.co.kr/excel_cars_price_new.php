--- v0 (2025-12-17)
+++ v1 (2026-02-04)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L831"/>
+  <dimension ref="A1:L908"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -239,29996 +239,31937 @@
       </c>
       <c r="I1" s="2" t="inlineStr">
         <is>
           <t>주행거리</t>
         </is>
       </c>
       <c r="J1" s="2" t="inlineStr">
         <is>
           <t>개월</t>
         </is>
       </c>
       <c r="K1" s="2" t="inlineStr">
         <is>
           <t>보증금</t>
         </is>
       </c>
       <c r="L1" s="2" t="inlineStr">
         <is>
           <t>렌트비</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B2" s="4" t="inlineStr">
         <is>
-          <t>109허7723</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C2" s="4" t="inlineStr">
         <is>
-          <t>현대 스타리아 투어러_디젤 2WD_9인승 모던 오토_2
-4MY</t>
+          <t>셀토스 가솔린 1.6 2WD 트렌디 스노우 화이트 펄</t>
         </is>
       </c>
       <c r="D2" s="4" t="inlineStr">
         <is>
-          <t>컴포트</t>
+          <t>컨비니언스, 드라이브와이즈, 네비게이션</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
-          <t>그레이</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G2" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
-          <t>25년08월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J2" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K2" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>627,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K3" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L3" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>583,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K4" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L4" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
       <c r="B5" s="4" t="inlineStr">
         <is>
-          <t>109허7759</t>
+          <t>109하7912</t>
         </is>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 더엣지 렌터카 스마트스트림_LPG 2.0_비지니
-스 1_25MY</t>
+          <t>더 뉴쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스
+티지</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>현대스마트센스, 하이패스+ECM룸미러, 인포테
-인먼트 내비 |, 세레니티화이트펄 외장컬러</t>
+          <t>기본형-12.3 클러스터, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H5" s="3" t="inlineStr">
         <is>
-          <t>25년09월</t>
+          <t>25년10월</t>
         </is>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>11KM</t>
         </is>
       </c>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>140</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K6" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>140</t>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
-      <c r="A7" s="3" t="inlineStr">
+      <c r="A7" s="3"/>
+      <c r="B7" s="4"/>
+      <c r="C7" s="4"/>
+      <c r="D7" s="4"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3"/>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K7" s="3" t="inlineStr">
+        <is>
+          <t>140</t>
+        </is>
+      </c>
+      <c r="L7" s="3" t="inlineStr">
+        <is>
+          <t>940,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
-      <c r="B7" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E7" s="3" t="inlineStr">
+      <c r="B8" s="4" t="inlineStr">
+        <is>
+          <t>109하7931</t>
+        </is>
+      </c>
+      <c r="C8" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴 팰리세이드 가솔린 2.5 터보 2WD 9인승 
+익스클루시브</t>
+        </is>
+      </c>
+      <c r="D8" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠2+, 컴포트, 듀얼 와이드 선루프, 
+현대스마트센스</t>
+        </is>
+      </c>
+      <c r="E8" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F7" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G7" s="3" t="inlineStr">
+      <c r="F8" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G8" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H7" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I7" s="3" t="inlineStr">
+      <c r="H8" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I8" s="3" t="inlineStr">
         <is>
           <t>15KM</t>
         </is>
       </c>
-      <c r="J7" s="3" t="inlineStr">
-[...24 lines deleted...]
-      <c r="I8" s="3"/>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>1,040,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K9" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L9" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3"/>
+      <c r="B10" s="4"/>
+      <c r="C10" s="4"/>
+      <c r="D10" s="4"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
+      <c r="I10" s="3"/>
+      <c r="J10" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K10" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L10" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B11" s="4" t="inlineStr">
+        <is>
+          <t>109하8002</t>
+        </is>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>신형 GV70 가솔린 2.5 터보 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙어시스턴스패키지1, 빌트인캠패키지</t>
+        </is>
+      </c>
+      <c r="E11" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F11" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G11" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H11" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I11" s="3" t="inlineStr">
+        <is>
+          <t>15KM</t>
+        </is>
+      </c>
+      <c r="J11" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K11" s="3" t="inlineStr">
+        <is>
+          <t>180</t>
+        </is>
+      </c>
+      <c r="L11" s="3" t="inlineStr">
+        <is>
+          <t>1,240,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3"/>
+      <c r="B12" s="4"/>
+      <c r="C12" s="4"/>
+      <c r="D12" s="4"/>
+      <c r="E12" s="3"/>
+      <c r="F12" s="3"/>
+      <c r="G12" s="3"/>
+      <c r="H12" s="3"/>
+      <c r="I12" s="3"/>
+      <c r="J12" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K9" s="3" t="inlineStr">
+      <c r="K12" s="3" t="inlineStr">
         <is>
           <t>180</t>
         </is>
       </c>
-      <c r="L9" s="3" t="inlineStr">
+      <c r="L12" s="3" t="inlineStr">
         <is>
           <t>1,240,000</t>
-        </is>
-[...151 lines deleted...]
-          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K13" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>180</t>
         </is>
       </c>
       <c r="L13" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>1,240,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>109하7912</t>
+          <t>109하8023</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
-          <t>더 뉴쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스
-[...7 lines deleted...]
-      </c>
+          <t>아르카나 1.6 GTe 아이코닉</t>
+        </is>
+      </c>
+      <c r="D14" s="4"/>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>클라우드펄</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H14" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
-          <t>11KM</t>
+          <t>15KM</t>
         </is>
       </c>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K14" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K15" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K16" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>109하7931</t>
+          <t>109하8056</t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴 팰리세이드 가솔린 2.5 터보 2WD 9인승 
-익스클루시브</t>
+          <t>E클래스(6세대) E200 아방가르드</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>빌트인캠2+, 컴포트, 듀얼 와이드 선루프, 
-현대스마트센스</t>
+          <t>브라운시트, 루프라이너블랙, DA2패키지(HU
+D)</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G17" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H17" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
           <t>15KM</t>
         </is>
       </c>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K17" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>1,390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K18" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L18" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>1,390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K19" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L19" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>1,390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>109하7932</t>
+          <t>109허7712</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴팰리세이드 하이브리드 2.5 터보 HEV 2WD
- 9인승 프레스티지</t>
+          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>빌트인캠2+</t>
+          <t>후석 전동식 사이드 스텝(우측), 듀얼와이드선
+루프, 컴포트2, BOSE프리미엄사운드, 빌트
+인캠, 트레일러패키지</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G20" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H20" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>176KM</t>
         </is>
       </c>
       <c r="J20" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K20" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L20" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>1,090,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K21" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L21" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>1,030,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K22" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L22" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>109하7937</t>
+          <t>142호9516</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>더 뉴스포티지 2.0 LPG 프레스티지</t>
+          <t>더 뉴스포티지 하이브리드 2WD 프레스티지</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>기본형-내비게이션, 파노라마선루프</t>
+          <t>기본형-내비게이션, 스타일</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>미색</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G23" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H23" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I23" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J23" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K23" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L23" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K24" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L24" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K25" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L25" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>799,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>109하7972</t>
+          <t>142호9543</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>더 뉴투싼 가솔린 1.6 터보 2WD 모던</t>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>컴포트Ⅰ, 현대스마트센스, 파노라마선루프+루프
-랙</t>
+          <t>파킹어시스트, 현대스마트센스1, 플래티넘</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G26" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H26" s="3" t="inlineStr">
         <is>
           <t>25년12월</t>
         </is>
       </c>
       <c r="I26" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J26" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K26" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L26" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>1,070,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K27" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L27" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K28" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L28" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>109하7986</t>
+          <t>109하8043/8
+046/8047/8
+048</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
-니스 2</t>
+          <t>더 뉴기아 레이 프레스티지</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>세레니티 화이트펄 외장컬러</t>
+          <t>기본형-드라이브와이즈, 내비게이션</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G29" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H29" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I29" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>20KM</t>
         </is>
       </c>
       <c r="J29" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K29" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L29" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K30" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L30" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K31" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L31" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>109하7985</t>
+          <t>151호1318</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
-니스 1</t>
+          <t>더 뉴카니발 하이브리드(KA4) 1.6 HEV 9인승 
+시그니처</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>컴포트 I, 현대스마트센스 II, 인포테인먼트
- 내비 III</t>
+          <t>드라이브와이즈, 기본형-듀얼선루프, 모니터링팩
+, 스타일, HUD+빌트인캠2</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H32" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I32" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J32" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K32" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L32" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,330,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K33" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L33" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K34" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L34" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,140,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>142호9465</t>
+          <t>109호 7686 
+/ 7687 / 7
+688</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 쏘렌토 4세대 가솔린 2.5T 2WD 시그니처</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>컴포트, HUD+빌트인캠2</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>인터그레이</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H35" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I35" s="3" t="inlineStr">
         <is>
-          <t>30KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J35" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K35" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L35" s="3" t="inlineStr">
         <is>
-          <t>1,090,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K36" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L36" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K37" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L37" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A38" s="3"/>
+      <c r="B38" s="4"/>
+      <c r="C38" s="4"/>
+      <c r="D38" s="4"/>
+      <c r="E38" s="3"/>
+      <c r="F38" s="3"/>
+      <c r="G38" s="3"/>
+      <c r="H38" s="3"/>
+      <c r="I38" s="3"/>
       <c r="J38" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K38" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L38" s="3" t="inlineStr">
         <is>
-          <t>1,180,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K39" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L39" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="3"/>
-[...7 lines deleted...]
-      <c r="I40" s="3"/>
+      <c r="A40" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B40" s="4" t="inlineStr">
+        <is>
+          <t>116호7253 /
+ 7254 / 72
+55 / 7256 
+/ 7257 / 7
+258 / 7259</t>
+        </is>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 티볼리 1.6 V1</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>9인치내비패키지, 밸류업패키지, 컨비니언스패키
+지</t>
+        </is>
+      </c>
+      <c r="E40" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F40" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G40" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H40" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I40" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J40" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K40" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L40" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A41" s="3"/>
+      <c r="B41" s="4"/>
+      <c r="C41" s="4"/>
+      <c r="D41" s="4"/>
+      <c r="E41" s="3"/>
+      <c r="F41" s="3"/>
+      <c r="G41" s="3"/>
+      <c r="H41" s="3"/>
+      <c r="I41" s="3"/>
       <c r="J41" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K41" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L41" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K42" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L42" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K43" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L43" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3"/>
+      <c r="B44" s="4"/>
+      <c r="C44" s="4"/>
+      <c r="D44" s="4"/>
+      <c r="E44" s="3"/>
+      <c r="F44" s="3"/>
+      <c r="G44" s="3"/>
+      <c r="H44" s="3"/>
+      <c r="I44" s="3"/>
+      <c r="J44" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K43" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E44" s="3" t="inlineStr">
+      <c r="K44" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L44" s="3" t="inlineStr">
+        <is>
+          <t>450,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B45" s="4" t="inlineStr">
+        <is>
+          <t>116호7220/7
+221/7222</t>
+        </is>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>모닝 1.0 프레스티지(브라운시트)</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 16인치휠, 스타일</t>
+        </is>
+      </c>
+      <c r="E45" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F44" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G44" s="3" t="inlineStr">
+      <c r="F45" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G45" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H44" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I45" s="3"/>
+      <c r="H45" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I45" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J45" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K45" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L45" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K46" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L46" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A47" s="3"/>
+      <c r="B47" s="4"/>
+      <c r="C47" s="4"/>
+      <c r="D47" s="4"/>
+      <c r="E47" s="3"/>
+      <c r="F47" s="3"/>
+      <c r="G47" s="3"/>
+      <c r="H47" s="3"/>
+      <c r="I47" s="3"/>
       <c r="J47" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K47" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L47" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K48" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L48" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K49" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L49" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>142호8013/8
-014</t>
+          <t>116호6731</t>
         </is>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>베뉴 1.6 플럭스 투톤루프</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>투톤루프</t>
         </is>
       </c>
       <c r="E50" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H50" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>25년08월</t>
         </is>
       </c>
       <c r="I50" s="3" t="inlineStr">
         <is>
-          <t>20KM</t>
+          <t>14KM</t>
         </is>
       </c>
       <c r="J50" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K50" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L50" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K51" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L51" s="3" t="inlineStr">
         <is>
           <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3"/>
       <c r="I52" s="3"/>
       <c r="J52" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K52" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L52" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A53" s="3"/>
+      <c r="B53" s="4"/>
+      <c r="C53" s="4"/>
+      <c r="D53" s="4"/>
+      <c r="E53" s="3"/>
+      <c r="F53" s="3"/>
+      <c r="G53" s="3"/>
+      <c r="H53" s="3"/>
+      <c r="I53" s="3"/>
       <c r="J53" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K53" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L53" s="3" t="inlineStr">
         <is>
-          <t>1,490,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3"/>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K54" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L54" s="3" t="inlineStr">
         <is>
-          <t>1,390,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
-          <t>GD</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>109하7021</t>
+          <t>116호6924/6
+970/6971/6
+972/6973/6
+974/6975</t>
         </is>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
-          <t>뉴 G80 가솔린 2.5 터보 BLACK AWD 기본형</t>
+          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>빌트인 캠 패키지, 파노라마 선루프, G80 
-블랙 플로팅 휠 캡 등 전용 부품 패키지</t>
+          <t>브라운시트, 매직테일게이트+사각지대경보, EA
+SYLIFE인포테인먼트, 주행보조시스템팩</t>
         </is>
       </c>
       <c r="E55" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H55" s="3" t="inlineStr">
         <is>
           <t>25년11월</t>
         </is>
       </c>
       <c r="I55" s="3" t="inlineStr">
         <is>
-          <t>192KM</t>
+          <t>6KM</t>
         </is>
       </c>
       <c r="J55" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K55" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L55" s="3" t="inlineStr">
         <is>
-          <t>1,960,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K56" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L56" s="3" t="inlineStr">
         <is>
-          <t>1,910,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
       <c r="D57" s="4"/>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3"/>
       <c r="I57" s="3"/>
       <c r="J57" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K57" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K57" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L57" s="3" t="inlineStr">
         <is>
-          <t>1,860,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A58" s="3"/>
+      <c r="B58" s="4"/>
+      <c r="C58" s="4"/>
+      <c r="D58" s="4"/>
+      <c r="E58" s="3"/>
+      <c r="F58" s="3"/>
+      <c r="G58" s="3"/>
+      <c r="H58" s="3"/>
+      <c r="I58" s="3"/>
       <c r="J58" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K58" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L58" s="3" t="inlineStr">
         <is>
-          <t>1,270,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K59" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L59" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="3"/>
-[...1 lines deleted...]
-      <c r="C60" s="4"/>
+      <c r="A60" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B60" s="4" t="inlineStr">
+        <is>
+          <t>116호7070</t>
+        </is>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 1.5T 블랙엣지 (브라운시트)</t>
+        </is>
+      </c>
       <c r="D60" s="4"/>
-      <c r="E60" s="3"/>
-[...3 lines deleted...]
-      <c r="I60" s="3"/>
+      <c r="E60" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F60" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G60" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H60" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I60" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J60" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K60" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L60" s="3" t="inlineStr">
         <is>
-          <t>1,210,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A61" s="3"/>
+      <c r="B61" s="4"/>
+      <c r="C61" s="4"/>
+      <c r="D61" s="4"/>
+      <c r="E61" s="3"/>
+      <c r="F61" s="3"/>
+      <c r="G61" s="3"/>
+      <c r="H61" s="3"/>
+      <c r="I61" s="3"/>
       <c r="J61" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K61" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L61" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
       <c r="D62" s="4"/>
       <c r="E62" s="3"/>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3"/>
       <c r="I62" s="3"/>
       <c r="J62" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K62" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L62" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3"/>
       <c r="B63" s="4"/>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K63" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L63" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="J64" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K64" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L64" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="3"/>
-[...7 lines deleted...]
-      <c r="I65" s="3"/>
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B65" s="4" t="inlineStr">
+        <is>
+          <t>116호7080/7
+081/7082</t>
+        </is>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어, 딥컨트롤 패키지</t>
+        </is>
+      </c>
+      <c r="E65" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F65" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G65" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H65" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I65" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J65" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K65" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L65" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A66" s="3"/>
+      <c r="B66" s="4"/>
+      <c r="C66" s="4"/>
+      <c r="D66" s="4"/>
+      <c r="E66" s="3"/>
+      <c r="F66" s="3"/>
+      <c r="G66" s="3"/>
+      <c r="H66" s="3"/>
+      <c r="I66" s="3"/>
       <c r="J66" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K66" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L66" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
       <c r="D67" s="4"/>
       <c r="E67" s="3"/>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3"/>
       <c r="I67" s="3"/>
       <c r="J67" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K67" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L67" s="3" t="inlineStr">
         <is>
-          <t>605,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3"/>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K68" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L68" s="3" t="inlineStr">
         <is>
-          <t>585,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K69" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L69" s="3" t="inlineStr">
         <is>
-          <t>565,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="3"/>
-[...7 lines deleted...]
-      <c r="I70" s="3"/>
+      <c r="A70" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B70" s="4" t="inlineStr">
+        <is>
+          <t>116호7066</t>
+        </is>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>캐스퍼 1.0 디 에센셜 아틀라스화이트 (베이지/오렌지
+브라운투톤)</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인, 17인치휠, 실내컬러패키지</t>
+        </is>
+      </c>
+      <c r="E70" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F70" s="3" t="inlineStr">
+        <is>
+          <t>아이보리</t>
+        </is>
+      </c>
+      <c r="G70" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H70" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I70" s="3" t="inlineStr">
+        <is>
+          <t>3KM</t>
+        </is>
+      </c>
       <c r="J70" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K70" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L70" s="3" t="inlineStr">
         <is>
-          <t>545,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A71" s="3"/>
+      <c r="B71" s="4"/>
+      <c r="C71" s="4"/>
+      <c r="D71" s="4"/>
+      <c r="E71" s="3"/>
+      <c r="F71" s="3"/>
+      <c r="G71" s="3"/>
+      <c r="H71" s="3"/>
+      <c r="I71" s="3"/>
       <c r="J71" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K71" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L71" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3"/>
       <c r="B72" s="4"/>
       <c r="C72" s="4"/>
       <c r="D72" s="4"/>
       <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3"/>
       <c r="I72" s="3"/>
       <c r="J72" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K72" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L72" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K73" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L73" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3"/>
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="J74" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K74" s="3" t="inlineStr">
         <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L74" s="3" t="inlineStr">
+        <is>
+          <t>440,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B75" s="4" t="inlineStr">
+        <is>
+          <t>116호7219</t>
+        </is>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 레드라인</t>
+        </is>
+      </c>
+      <c r="D75" s="4"/>
+      <c r="E75" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F75" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G75" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H75" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I75" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
+      <c r="J75" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K75" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L74" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K75" s="3" t="inlineStr">
+      <c r="L75" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="3"/>
+      <c r="B76" s="4"/>
+      <c r="C76" s="4"/>
+      <c r="D76" s="4"/>
+      <c r="E76" s="3"/>
+      <c r="F76" s="3"/>
+      <c r="G76" s="3"/>
+      <c r="H76" s="3"/>
+      <c r="I76" s="3"/>
+      <c r="J76" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K76" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L75" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="L76" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
       <c r="D77" s="4"/>
       <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3"/>
       <c r="I77" s="3"/>
       <c r="J77" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K77" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L77" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3"/>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="J78" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K78" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L78" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K79" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L79" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="3"/>
-[...7 lines deleted...]
-      <c r="I80" s="3"/>
+      <c r="A80" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>116호6942</t>
+        </is>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6T 시그니처 투톤루프 (캐러멜시트)</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>투톤루프</t>
+        </is>
+      </c>
+      <c r="E80" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F80" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G80" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H80" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I80" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J80" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K80" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L80" s="3" t="inlineStr">
         <is>
-          <t>410,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A81" s="3"/>
+      <c r="B81" s="4"/>
+      <c r="C81" s="4"/>
+      <c r="D81" s="4"/>
+      <c r="E81" s="3"/>
+      <c r="F81" s="3"/>
+      <c r="G81" s="3"/>
+      <c r="H81" s="3"/>
+      <c r="I81" s="3"/>
       <c r="J81" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K81" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L81" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3"/>
       <c r="I82" s="3"/>
       <c r="J82" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K82" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L82" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K83" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L83" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K84" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L84" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="3"/>
-[...7 lines deleted...]
-      <c r="I85" s="3"/>
+      <c r="A85" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B85" s="4" t="inlineStr">
+        <is>
+          <t>116호7112</t>
+        </is>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 , 12.3인치내비  +어탭티브크
+루즈컨트롤</t>
+        </is>
+      </c>
+      <c r="E85" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F85" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G85" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H85" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I85" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J85" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K85" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K85" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L85" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A86" s="3"/>
+      <c r="B86" s="4"/>
+      <c r="C86" s="4"/>
+      <c r="D86" s="4"/>
+      <c r="E86" s="3"/>
+      <c r="F86" s="3"/>
+      <c r="G86" s="3"/>
+      <c r="H86" s="3"/>
+      <c r="I86" s="3"/>
       <c r="J86" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K86" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L86" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
       <c r="D87" s="4"/>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3"/>
       <c r="I87" s="3"/>
       <c r="J87" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K87" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L87" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K88" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L88" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K89" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L89" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="3"/>
-[...7 lines deleted...]
-      <c r="I90" s="3"/>
+      <c r="A90" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B90" s="4" t="inlineStr">
+        <is>
+          <t>116호7016</t>
+        </is>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>QM6 GDE RE 어반그레이(블랙시트)</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>매직테일게이트 , EASYLIFE인포테인먼트팩
++BOSS 사운드 , 주행보조시스템 , 프리미
+엄스포치페달</t>
+        </is>
+      </c>
+      <c r="E90" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F90" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G90" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H90" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I90" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J90" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K90" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K90" s="3" t="inlineStr">
+      <c r="L90" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="3"/>
+      <c r="B91" s="4"/>
+      <c r="C91" s="4"/>
+      <c r="D91" s="4"/>
+      <c r="E91" s="3"/>
+      <c r="F91" s="3"/>
+      <c r="G91" s="3"/>
+      <c r="H91" s="3"/>
+      <c r="I91" s="3"/>
+      <c r="J91" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K91" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L90" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L91" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3"/>
       <c r="B92" s="4"/>
       <c r="C92" s="4"/>
       <c r="D92" s="4"/>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3"/>
       <c r="I92" s="3"/>
       <c r="J92" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K92" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L92" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="4"/>
       <c r="C93" s="4"/>
       <c r="D93" s="4"/>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K93" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L93" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3"/>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
       <c r="D94" s="4"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K94" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L94" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="3"/>
-[...7 lines deleted...]
-      <c r="I95" s="3"/>
+      <c r="A95" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B95" s="4" t="inlineStr">
+        <is>
+          <t>116호7019</t>
+        </is>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>QM6 LPG RE 클라우드펄(브라운시트)</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트 , 매직테일게이트 , EASY LI
+FE 인포테인먼트팩 , 트렁크엔트리가드</t>
+        </is>
+      </c>
+      <c r="E95" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F95" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G95" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H95" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I95" s="3" t="inlineStr">
+        <is>
+          <t>19KM</t>
+        </is>
+      </c>
       <c r="J95" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K95" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K95" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L95" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A96" s="3"/>
+      <c r="B96" s="4"/>
+      <c r="C96" s="4"/>
+      <c r="D96" s="4"/>
+      <c r="E96" s="3"/>
+      <c r="F96" s="3"/>
+      <c r="G96" s="3"/>
+      <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
       <c r="J96" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K96" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L96" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
       <c r="D97" s="4"/>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3"/>
       <c r="I97" s="3"/>
       <c r="J97" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K97" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L97" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3"/>
       <c r="B98" s="4"/>
       <c r="C98" s="4"/>
       <c r="D98" s="4"/>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K98" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L98" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K99" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L99" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="3"/>
-[...7 lines deleted...]
-      <c r="I100" s="3"/>
+      <c r="A100" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B100" s="4" t="inlineStr">
+        <is>
+          <t>116호6992/6
+993/6994/6
+995</t>
+        </is>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>QM6 LPG RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 매직테일게이트, EASY LIFE
+  인포테인먼트팩</t>
+        </is>
+      </c>
+      <c r="E100" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F100" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G100" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H100" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I100" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J100" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K100" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K100" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L100" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A101" s="3"/>
+      <c r="B101" s="4"/>
+      <c r="C101" s="4"/>
+      <c r="D101" s="4"/>
+      <c r="E101" s="3"/>
+      <c r="F101" s="3"/>
+      <c r="G101" s="3"/>
+      <c r="H101" s="3"/>
+      <c r="I101" s="3"/>
       <c r="J101" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K101" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L101" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3"/>
       <c r="B102" s="4"/>
       <c r="C102" s="4"/>
       <c r="D102" s="4"/>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3"/>
       <c r="I102" s="3"/>
       <c r="J102" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K102" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L102" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K103" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L103" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="J104" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K104" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L104" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="3"/>
-[...7 lines deleted...]
-      <c r="I105" s="3"/>
+      <c r="A105" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B105" s="4" t="inlineStr">
+        <is>
+          <t>116호7017</t>
+        </is>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>QM6 LPG RE 클라우드펄(블랙시트)</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>매직테일게이트 , EASY LIFE  인포테인
+먼트팩 , 사이드스텝</t>
+        </is>
+      </c>
+      <c r="E105" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F105" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G105" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H105" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I105" s="3" t="inlineStr">
+        <is>
+          <t>16KM</t>
+        </is>
+      </c>
       <c r="J105" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K105" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K105" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L105" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A106" s="3"/>
+      <c r="B106" s="4"/>
+      <c r="C106" s="4"/>
+      <c r="D106" s="4"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="3"/>
+      <c r="G106" s="3"/>
+      <c r="H106" s="3"/>
+      <c r="I106" s="3"/>
       <c r="J106" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K106" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L106" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
       <c r="D107" s="4"/>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3"/>
       <c r="I107" s="3"/>
       <c r="J107" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K107" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L107" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3"/>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
       <c r="D108" s="4"/>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K108" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L108" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K109" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L109" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="3"/>
-[...7 lines deleted...]
-      <c r="I110" s="3"/>
+      <c r="A110" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B110" s="4" t="inlineStr">
+        <is>
+          <t>116호7045 /
+ 7046 / 70
+47 / 7048</t>
+        </is>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴캐스퍼 가솔린 1.0 디 에센셜 아이보리 (베이지
+/오렌지브라운투톤시트)</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어 디자인, 17인치 알로이휠 패키지</t>
+        </is>
+      </c>
+      <c r="E110" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F110" s="3" t="inlineStr">
+        <is>
+          <t>아이보리</t>
+        </is>
+      </c>
+      <c r="G110" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H110" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I110" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J110" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K110" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L110" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A111" s="3"/>
+      <c r="B111" s="4"/>
+      <c r="C111" s="4"/>
+      <c r="D111" s="4"/>
+      <c r="E111" s="3"/>
+      <c r="F111" s="3"/>
+      <c r="G111" s="3"/>
+      <c r="H111" s="3"/>
+      <c r="I111" s="3"/>
       <c r="J111" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K111" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L111" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
       <c r="D112" s="4"/>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3"/>
       <c r="I112" s="3"/>
       <c r="J112" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K112" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L112" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
       <c r="D113" s="4"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K113" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L113" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K114" s="3" t="inlineStr">
         <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L114" s="3" t="inlineStr">
+        <is>
+          <t>440,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B115" s="4" t="inlineStr">
+        <is>
+          <t>116호7063</t>
+        </is>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 스모크블루 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D115" s="4"/>
+      <c r="E115" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F115" s="3" t="inlineStr">
+        <is>
+          <t>블루</t>
+        </is>
+      </c>
+      <c r="G115" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H115" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I115" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
+      <c r="J115" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K115" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L114" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K115" s="3" t="inlineStr">
+      <c r="L115" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="3"/>
+      <c r="B116" s="4"/>
+      <c r="C116" s="4"/>
+      <c r="D116" s="4"/>
+      <c r="E116" s="3"/>
+      <c r="F116" s="3"/>
+      <c r="G116" s="3"/>
+      <c r="H116" s="3"/>
+      <c r="I116" s="3"/>
+      <c r="J116" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K116" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L115" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L116" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3"/>
       <c r="B117" s="4"/>
       <c r="C117" s="4"/>
       <c r="D117" s="4"/>
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3"/>
       <c r="I117" s="3"/>
       <c r="J117" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K117" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L117" s="3" t="inlineStr">
         <is>
-          <t>1,650,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
       <c r="D118" s="4"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K118" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L118" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K119" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L119" s="3" t="inlineStr">
         <is>
-          <t>1,550,000</t>
+          <t>420,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="3"/>
-[...1 lines deleted...]
-      <c r="C120" s="4"/>
+      <c r="A120" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B120" s="4" t="inlineStr">
+        <is>
+          <t>116호7071</t>
+        </is>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 1.5T 블랙엣지 (브라운시트)</t>
+        </is>
+      </c>
       <c r="D120" s="4"/>
-      <c r="E120" s="3"/>
-[...3 lines deleted...]
-      <c r="I120" s="3"/>
+      <c r="E120" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F120" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G120" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H120" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I120" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J120" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K120" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L120" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A121" s="3"/>
+      <c r="B121" s="4"/>
+      <c r="C121" s="4"/>
       <c r="D121" s="4"/>
-      <c r="E121" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E121" s="3"/>
+      <c r="F121" s="3"/>
+      <c r="G121" s="3"/>
+      <c r="H121" s="3"/>
+      <c r="I121" s="3"/>
       <c r="J121" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K121" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L121" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
       <c r="D122" s="4"/>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3"/>
       <c r="I122" s="3"/>
       <c r="J122" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K122" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L122" s="3" t="inlineStr">
         <is>
-          <t>755,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K123" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L123" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3"/>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
       <c r="D124" s="4"/>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="J124" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K124" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L124" s="3" t="inlineStr">
         <is>
-          <t>705,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="3"/>
-[...7 lines deleted...]
-      <c r="I125" s="3"/>
+      <c r="A125" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B125" s="4" t="inlineStr">
+        <is>
+          <t>116호7092 </t>
+        </is>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTE 아이코닉 클라우드펄 (브라운시트
+)</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트</t>
+        </is>
+      </c>
+      <c r="E125" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F125" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G125" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H125" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I125" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J125" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K125" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L125" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>595,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A126" s="3"/>
+      <c r="B126" s="4"/>
+      <c r="C126" s="4"/>
       <c r="D126" s="4"/>
-      <c r="E126" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E126" s="3"/>
+      <c r="F126" s="3"/>
+      <c r="G126" s="3"/>
+      <c r="H126" s="3"/>
+      <c r="I126" s="3"/>
       <c r="J126" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K126" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L126" s="3" t="inlineStr">
         <is>
-          <t>1,060,000</t>
+          <t>575,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
       <c r="D127" s="4"/>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3"/>
       <c r="I127" s="3"/>
       <c r="J127" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K127" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L127" s="3" t="inlineStr">
         <is>
-          <t>1,030,000</t>
+          <t>555,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3"/>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="D128" s="4"/>
       <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K128" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L128" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>535,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K129" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L129" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>515,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="3"/>
-[...7 lines deleted...]
-      <c r="I130" s="3"/>
+      <c r="A130" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B130" s="4" t="inlineStr">
+        <is>
+          <t>116호7087</t>
+        </is>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTE 아이코닉 어반그레이 (브라운시트
+)</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트</t>
+        </is>
+      </c>
+      <c r="E130" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F130" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G130" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H130" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I130" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J130" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K130" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L130" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>595,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A131" s="3"/>
+      <c r="B131" s="4"/>
+      <c r="C131" s="4"/>
+      <c r="D131" s="4"/>
+      <c r="E131" s="3"/>
+      <c r="F131" s="3"/>
+      <c r="G131" s="3"/>
+      <c r="H131" s="3"/>
+      <c r="I131" s="3"/>
       <c r="J131" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K131" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L131" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>575,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
       <c r="D132" s="4"/>
       <c r="E132" s="3"/>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3"/>
       <c r="I132" s="3"/>
       <c r="J132" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K132" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L132" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>555,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K133" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L133" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>535,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K134" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L134" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>515,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="3"/>
-[...1 lines deleted...]
-      <c r="C135" s="4"/>
+      <c r="A135" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B135" s="4" t="inlineStr">
+        <is>
+          <t>116호7226</t>
+        </is>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D135" s="4"/>
-      <c r="E135" s="3"/>
-[...3 lines deleted...]
-      <c r="I135" s="3"/>
+      <c r="E135" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F135" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G135" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H135" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I135" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J135" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K135" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L135" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A136" s="3"/>
+      <c r="B136" s="4"/>
+      <c r="C136" s="4"/>
+      <c r="D136" s="4"/>
+      <c r="E136" s="3"/>
+      <c r="F136" s="3"/>
+      <c r="G136" s="3"/>
+      <c r="H136" s="3"/>
+      <c r="I136" s="3"/>
       <c r="J136" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K136" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L136" s="3" t="inlineStr">
         <is>
-          <t>795,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3"/>
       <c r="B137" s="4"/>
       <c r="C137" s="4"/>
       <c r="D137" s="4"/>
       <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3"/>
       <c r="I137" s="3"/>
       <c r="J137" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K137" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L137" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K138" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L138" s="3" t="inlineStr">
         <is>
-          <t>745,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="D139" s="4"/>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="J139" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K139" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L139" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="3"/>
-[...7 lines deleted...]
-      <c r="I140" s="3"/>
+      <c r="A140" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B140" s="4" t="inlineStr">
+        <is>
+          <t>116호7247 /
+ 7248 / 72
+49</t>
+        </is>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>니로 하이브리드 트렌디 </t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E140" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F140" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G140" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H140" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I140" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J140" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K140" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L140" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A141" s="3"/>
+      <c r="B141" s="4"/>
+      <c r="C141" s="4"/>
+      <c r="D141" s="4"/>
+      <c r="E141" s="3"/>
+      <c r="F141" s="3"/>
+      <c r="G141" s="3"/>
+      <c r="H141" s="3"/>
+      <c r="I141" s="3"/>
       <c r="J141" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K141" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L141" s="3" t="inlineStr">
         <is>
-          <t>795,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
       <c r="D142" s="4"/>
       <c r="E142" s="3"/>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3"/>
       <c r="I142" s="3"/>
       <c r="J142" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K142" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L142" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
       <c r="D143" s="4"/>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="J143" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K143" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L143" s="3" t="inlineStr">
         <is>
-          <t>745,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K144" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L144" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="3"/>
-[...1 lines deleted...]
-      <c r="C145" s="4"/>
+      <c r="A145" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B145" s="4" t="inlineStr">
+        <is>
+          <t>116호7145</t>
+        </is>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 베스트셀렉션 </t>
+        </is>
+      </c>
       <c r="D145" s="4"/>
-      <c r="E145" s="3"/>
-[...3 lines deleted...]
-      <c r="I145" s="3"/>
+      <c r="E145" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F145" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G145" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H145" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I145" s="3" t="inlineStr">
+        <is>
+          <t>13KM</t>
+        </is>
+      </c>
       <c r="J145" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K145" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L145" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>725,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A146" s="3"/>
+      <c r="B146" s="4"/>
+      <c r="C146" s="4"/>
+      <c r="D146" s="4"/>
+      <c r="E146" s="3"/>
+      <c r="F146" s="3"/>
+      <c r="G146" s="3"/>
+      <c r="H146" s="3"/>
+      <c r="I146" s="3"/>
       <c r="J146" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K146" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L146" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
       <c r="D147" s="4"/>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3"/>
       <c r="I147" s="3"/>
       <c r="J147" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K147" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L147" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>675,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
       <c r="D148" s="4"/>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="J148" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K148" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L148" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K149" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L149" s="3" t="inlineStr">
         <is>
-          <t>615,000</t>
+          <t>625,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="3"/>
-[...1 lines deleted...]
-      <c r="C150" s="4"/>
+      <c r="A150" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B150" s="4" t="inlineStr">
+        <is>
+          <t>116호7277 /
+ 7278</t>
+        </is>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.5T 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D150" s="4"/>
-      <c r="E150" s="3"/>
-[...3 lines deleted...]
-      <c r="I150" s="3"/>
+      <c r="E150" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F150" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G150" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H150" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I150" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J150" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K150" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L150" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A151" s="3"/>
+      <c r="B151" s="4"/>
+      <c r="C151" s="4"/>
+      <c r="D151" s="4"/>
+      <c r="E151" s="3"/>
+      <c r="F151" s="3"/>
+      <c r="G151" s="3"/>
+      <c r="H151" s="3"/>
+      <c r="I151" s="3"/>
       <c r="J151" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K151" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L151" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
       <c r="D152" s="4"/>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3"/>
       <c r="I152" s="3"/>
       <c r="J152" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K152" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L152" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4"/>
       <c r="D153" s="4"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="J153" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K153" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L153" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K154" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L154" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="3"/>
-[...7 lines deleted...]
-      <c r="I155" s="3"/>
+      <c r="A155" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B155" s="4" t="inlineStr">
+        <is>
+          <t>116호7160/7
+169/7170</t>
+        </is>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디 그래비티그레이 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 내비게이션</t>
+        </is>
+      </c>
+      <c r="E155" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F155" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G155" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H155" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I155" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J155" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K155" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L155" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A156" s="3"/>
+      <c r="B156" s="4"/>
+      <c r="C156" s="4"/>
+      <c r="D156" s="4"/>
+      <c r="E156" s="3"/>
+      <c r="F156" s="3"/>
+      <c r="G156" s="3"/>
+      <c r="H156" s="3"/>
+      <c r="I156" s="3"/>
       <c r="J156" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K156" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L156" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3"/>
       <c r="B157" s="4"/>
       <c r="C157" s="4"/>
       <c r="D157" s="4"/>
       <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3"/>
       <c r="I157" s="3"/>
       <c r="J157" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K157" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L157" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4"/>
       <c r="D158" s="4"/>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="J158" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K158" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L158" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
       <c r="D159" s="4"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K159" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L159" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="3"/>
-[...7 lines deleted...]
-      <c r="I160" s="3"/>
+      <c r="A160" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B160" s="4" t="inlineStr">
+        <is>
+          <t>116호7223/7
+224</t>
+        </is>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>모닝 1.0 프레스티지 아스트로그레이  (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 16인치휠 , 스타일</t>
+        </is>
+      </c>
+      <c r="E160" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F160" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G160" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H160" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I160" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J160" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K160" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L160" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A161" s="3"/>
+      <c r="B161" s="4"/>
+      <c r="C161" s="4"/>
       <c r="D161" s="4"/>
-      <c r="E161" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E161" s="3"/>
+      <c r="F161" s="3"/>
+      <c r="G161" s="3"/>
+      <c r="H161" s="3"/>
+      <c r="I161" s="3"/>
       <c r="J161" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K161" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L161" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4"/>
       <c r="D162" s="4"/>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3"/>
       <c r="I162" s="3"/>
       <c r="J162" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K162" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L162" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4"/>
       <c r="D163" s="4"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K163" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L163" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="J164" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K164" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L164" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="3"/>
-[...7 lines deleted...]
-      <c r="I165" s="3"/>
+      <c r="A165" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B165" s="4" t="inlineStr">
+        <is>
+          <t>116호7167</t>
+        </is>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 내비게이션 , 스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="E165" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F165" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G165" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H165" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I165" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J165" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K165" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L165" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="3" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="A166" s="3"/>
+      <c r="B166" s="4"/>
+      <c r="C166" s="4"/>
       <c r="D166" s="4"/>
-      <c r="E166" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E166" s="3"/>
+      <c r="F166" s="3"/>
+      <c r="G166" s="3"/>
+      <c r="H166" s="3"/>
+      <c r="I166" s="3"/>
       <c r="J166" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K166" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L166" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
       <c r="D167" s="4"/>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3"/>
       <c r="I167" s="3"/>
       <c r="J167" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K167" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L167" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
       <c r="D168" s="4"/>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="J168" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K168" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L168" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
       <c r="D169" s="4"/>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="J169" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K169" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L169" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="3"/>
-[...7 lines deleted...]
-      <c r="I170" s="3"/>
+      <c r="A170" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B170" s="4" t="inlineStr">
+        <is>
+          <t>116호7196</t>
+        </is>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 아너스 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>헤드업디스플레이</t>
+        </is>
+      </c>
+      <c r="E170" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F170" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G170" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H170" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I170" s="3" t="inlineStr">
+        <is>
+          <t>16KM</t>
+        </is>
+      </c>
       <c r="J170" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K170" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L170" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,030,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A171" s="3"/>
+      <c r="B171" s="4"/>
+      <c r="C171" s="4"/>
+      <c r="D171" s="4"/>
+      <c r="E171" s="3"/>
+      <c r="F171" s="3"/>
+      <c r="G171" s="3"/>
+      <c r="H171" s="3"/>
+      <c r="I171" s="3"/>
       <c r="J171" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K171" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L171" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3"/>
       <c r="B172" s="4"/>
       <c r="C172" s="4"/>
       <c r="D172" s="4"/>
       <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3"/>
       <c r="I172" s="3"/>
       <c r="J172" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K172" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L172" s="3" t="inlineStr">
         <is>
-          <t>705,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3"/>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
       <c r="D173" s="4"/>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="J173" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K173" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L173" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="J174" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K174" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L174" s="3" t="inlineStr">
         <is>
-          <t>665,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="3"/>
-[...7 lines deleted...]
-      <c r="I175" s="3"/>
+      <c r="A175" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B175" s="4" t="inlineStr">
+        <is>
+          <t>116호7206</t>
+        </is>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 스모크블루 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>컴포트2  , 스타일 </t>
+        </is>
+      </c>
+      <c r="E175" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F175" s="3" t="inlineStr">
+        <is>
+          <t>블루</t>
+        </is>
+      </c>
+      <c r="G175" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H175" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I175" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J175" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K175" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L175" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A176" s="3"/>
+      <c r="B176" s="4"/>
+      <c r="C176" s="4"/>
       <c r="D176" s="4"/>
-      <c r="E176" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E176" s="3"/>
+      <c r="F176" s="3"/>
+      <c r="G176" s="3"/>
+      <c r="H176" s="3"/>
+      <c r="I176" s="3"/>
       <c r="J176" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K176" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L176" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3"/>
       <c r="B177" s="4"/>
       <c r="C177" s="4"/>
       <c r="D177" s="4"/>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3"/>
       <c r="I177" s="3"/>
       <c r="J177" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K177" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L177" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="J178" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K178" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L178" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3"/>
       <c r="B179" s="4"/>
       <c r="C179" s="4"/>
       <c r="D179" s="4"/>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="J179" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K179" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L179" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="3"/>
-[...7 lines deleted...]
-      <c r="I180" s="3"/>
+      <c r="A180" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B180" s="4" t="inlineStr">
+        <is>
+          <t>116호7234</t>
+        </is>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지  (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>컴포트2 , 스타일 </t>
+        </is>
+      </c>
+      <c r="E180" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F180" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G180" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H180" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I180" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J180" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K180" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L180" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A181" s="3"/>
+      <c r="B181" s="4"/>
+      <c r="C181" s="4"/>
+      <c r="D181" s="4"/>
+      <c r="E181" s="3"/>
+      <c r="F181" s="3"/>
+      <c r="G181" s="3"/>
+      <c r="H181" s="3"/>
+      <c r="I181" s="3"/>
       <c r="J181" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K181" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L181" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3"/>
       <c r="B182" s="4"/>
       <c r="C182" s="4"/>
       <c r="D182" s="4"/>
       <c r="E182" s="3"/>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3"/>
       <c r="I182" s="3"/>
       <c r="J182" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K182" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L182" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
       <c r="D183" s="4"/>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3"/>
       <c r="I183" s="3"/>
       <c r="J183" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K183" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L183" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K184" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L184" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="3"/>
-[...1 lines deleted...]
-      <c r="C185" s="4"/>
+      <c r="A185" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B185" s="4" t="inlineStr">
+        <is>
+          <t>116호7212/7
+213/7214/7
+215</t>
+        </is>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>트레일블레이저 1.35 프리미어 </t>
+        </is>
+      </c>
       <c r="D185" s="4"/>
-      <c r="E185" s="3"/>
-[...3 lines deleted...]
-      <c r="I185" s="3"/>
+      <c r="E185" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F185" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G185" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H185" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I185" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J185" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K185" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K185" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L185" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A186" s="3"/>
+      <c r="B186" s="4"/>
+      <c r="C186" s="4"/>
+      <c r="D186" s="4"/>
+      <c r="E186" s="3"/>
+      <c r="F186" s="3"/>
+      <c r="G186" s="3"/>
+      <c r="H186" s="3"/>
+      <c r="I186" s="3"/>
       <c r="J186" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K186" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L186" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3"/>
       <c r="B187" s="4"/>
       <c r="C187" s="4"/>
       <c r="D187" s="4"/>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3"/>
       <c r="I187" s="3"/>
       <c r="J187" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K187" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L187" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3"/>
       <c r="B188" s="4"/>
       <c r="C188" s="4"/>
       <c r="D188" s="4"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K188" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L188" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3"/>
       <c r="B189" s="4"/>
       <c r="C189" s="4"/>
       <c r="D189" s="4"/>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3"/>
       <c r="I189" s="3"/>
       <c r="J189" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K189" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L189" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="3"/>
-[...1 lines deleted...]
-      <c r="C190" s="4"/>
+      <c r="A190" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B190" s="4" t="inlineStr">
+        <is>
+          <t>13호7821 / 
+7822</t>
+        </is>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>BYD 아토 3 플러스</t>
+        </is>
+      </c>
       <c r="D190" s="4"/>
-      <c r="E190" s="3"/>
-[...3 lines deleted...]
-      <c r="I190" s="3"/>
+      <c r="E190" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F190" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G190" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H190" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I190" s="3" t="inlineStr">
+        <is>
+          <t>33KM</t>
+        </is>
+      </c>
       <c r="J190" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K190" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L190" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>725,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A191" s="3"/>
+      <c r="B191" s="4"/>
+      <c r="C191" s="4"/>
+      <c r="D191" s="4"/>
+      <c r="E191" s="3"/>
+      <c r="F191" s="3"/>
+      <c r="G191" s="3"/>
+      <c r="H191" s="3"/>
+      <c r="I191" s="3"/>
       <c r="J191" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K191" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L191" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3"/>
       <c r="B192" s="4"/>
       <c r="C192" s="4"/>
       <c r="D192" s="4"/>
       <c r="E192" s="3"/>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3"/>
       <c r="I192" s="3"/>
       <c r="J192" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K192" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L192" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>675,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3"/>
       <c r="B193" s="4"/>
       <c r="C193" s="4"/>
       <c r="D193" s="4"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K193" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L193" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
       <c r="D194" s="4"/>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3"/>
       <c r="I194" s="3"/>
       <c r="J194" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K194" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L194" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="3"/>
-[...1 lines deleted...]
-      <c r="C195" s="4"/>
+      <c r="A195" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B195" s="4" t="inlineStr">
+        <is>
+          <t>116호7209</t>
+        </is>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D195" s="4"/>
-      <c r="E195" s="3"/>
-[...3 lines deleted...]
-      <c r="I195" s="3"/>
+      <c r="E195" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F195" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G195" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H195" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I195" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J195" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K195" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L195" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A196" s="3"/>
+      <c r="B196" s="4"/>
+      <c r="C196" s="4"/>
+      <c r="D196" s="4"/>
+      <c r="E196" s="3"/>
+      <c r="F196" s="3"/>
+      <c r="G196" s="3"/>
+      <c r="H196" s="3"/>
+      <c r="I196" s="3"/>
       <c r="J196" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K196" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L196" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3"/>
       <c r="B197" s="4"/>
       <c r="C197" s="4"/>
       <c r="D197" s="4"/>
       <c r="E197" s="3"/>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3"/>
       <c r="I197" s="3"/>
       <c r="J197" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K197" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L197" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="4"/>
       <c r="C198" s="4"/>
       <c r="D198" s="4"/>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3"/>
       <c r="I198" s="3"/>
       <c r="J198" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K198" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L198" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3"/>
       <c r="B199" s="4"/>
       <c r="C199" s="4"/>
       <c r="D199" s="4"/>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3"/>
       <c r="I199" s="3"/>
       <c r="J199" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K199" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L199" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="3"/>
-[...1 lines deleted...]
-      <c r="C200" s="4"/>
+      <c r="A200" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B200" s="4" t="inlineStr">
+        <is>
+          <t>116호7225</t>
+        </is>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 인터스텔라그레이 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D200" s="4"/>
-      <c r="E200" s="3"/>
-[...3 lines deleted...]
-      <c r="I200" s="3"/>
+      <c r="E200" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F200" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G200" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H200" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I200" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J200" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K200" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L200" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="3" t="inlineStr">
-[...51 lines deleted...]
-      </c>
+      <c r="A201" s="3"/>
+      <c r="B201" s="4"/>
+      <c r="C201" s="4"/>
+      <c r="D201" s="4"/>
+      <c r="E201" s="3"/>
+      <c r="F201" s="3"/>
+      <c r="G201" s="3"/>
+      <c r="H201" s="3"/>
+      <c r="I201" s="3"/>
       <c r="J201" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K201" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L201" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3"/>
       <c r="B202" s="4"/>
       <c r="C202" s="4"/>
       <c r="D202" s="4"/>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3"/>
       <c r="I202" s="3"/>
       <c r="J202" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K202" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L202" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3"/>
       <c r="B203" s="4"/>
       <c r="C203" s="4"/>
       <c r="D203" s="4"/>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3"/>
       <c r="I203" s="3"/>
       <c r="J203" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K203" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L203" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3"/>
       <c r="B204" s="4"/>
       <c r="C204" s="4"/>
       <c r="D204" s="4"/>
       <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3"/>
       <c r="I204" s="3"/>
       <c r="J204" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K204" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L204" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="3"/>
-[...7 lines deleted...]
-      <c r="I205" s="3"/>
+      <c r="A205" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B205" s="4" t="inlineStr">
+        <is>
+          <t>116호7230/7
+231</t>
+        </is>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTe 아이코닉 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 어라운드뷰, 보스사운드</t>
+        </is>
+      </c>
+      <c r="E205" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F205" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G205" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H205" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I205" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J205" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K205" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L205" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>605,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A206" s="3"/>
+      <c r="B206" s="4"/>
+      <c r="C206" s="4"/>
+      <c r="D206" s="4"/>
+      <c r="E206" s="3"/>
+      <c r="F206" s="3"/>
+      <c r="G206" s="3"/>
+      <c r="H206" s="3"/>
+      <c r="I206" s="3"/>
       <c r="J206" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K206" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L206" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>585,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3"/>
       <c r="B207" s="4"/>
       <c r="C207" s="4"/>
       <c r="D207" s="4"/>
       <c r="E207" s="3"/>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3"/>
       <c r="I207" s="3"/>
       <c r="J207" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K207" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L207" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>565,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3"/>
       <c r="B208" s="4"/>
       <c r="C208" s="4"/>
       <c r="D208" s="4"/>
       <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3"/>
       <c r="I208" s="3"/>
       <c r="J208" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K208" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L208" s="3" t="inlineStr">
+        <is>
+          <t>545,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="3"/>
+      <c r="B209" s="4"/>
+      <c r="C209" s="4"/>
+      <c r="D209" s="4"/>
+      <c r="E209" s="3"/>
+      <c r="F209" s="3"/>
+      <c r="G209" s="3"/>
+      <c r="H209" s="3"/>
+      <c r="I209" s="3"/>
+      <c r="J209" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K208" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A209" s="3" t="inlineStr">
+      <c r="K209" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L209" s="3" t="inlineStr">
+        <is>
+          <t>525,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B209" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E209" s="3" t="inlineStr">
+      <c r="B210" s="4" t="inlineStr">
+        <is>
+          <t>116호7245</t>
+        </is>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5T (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>19인치휠, 드라이빙어시스턴스 패키지, 차량보
+호필름</t>
+        </is>
+      </c>
+      <c r="E210" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F209" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J209" s="3" t="inlineStr">
+      <c r="F210" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G210" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H210" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I210" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
+      <c r="J210" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K209" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K210" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L210" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>1,310,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3"/>
       <c r="B211" s="4"/>
       <c r="C211" s="4"/>
       <c r="D211" s="4"/>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3"/>
       <c r="I211" s="3"/>
       <c r="J211" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K211" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L211" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>1,260,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3"/>
       <c r="B212" s="4"/>
       <c r="C212" s="4"/>
       <c r="D212" s="4"/>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3"/>
       <c r="I212" s="3"/>
       <c r="J212" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K212" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L212" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>1,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3"/>
       <c r="B213" s="4"/>
       <c r="C213" s="4"/>
       <c r="D213" s="4"/>
       <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3"/>
       <c r="I213" s="3"/>
       <c r="J213" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K213" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L213" s="3" t="inlineStr">
+        <is>
+          <t>1,160,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="3"/>
+      <c r="B214" s="4"/>
+      <c r="C214" s="4"/>
+      <c r="D214" s="4"/>
+      <c r="E214" s="3"/>
+      <c r="F214" s="3"/>
+      <c r="G214" s="3"/>
+      <c r="H214" s="3"/>
+      <c r="I214" s="3"/>
+      <c r="J214" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K213" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A214" s="3" t="inlineStr">
+      <c r="K214" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L214" s="3" t="inlineStr">
+        <is>
+          <t>1,110,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B214" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E214" s="3" t="inlineStr">
+      <c r="B215" s="4" t="inlineStr">
+        <is>
+          <t>116호7243</t>
+        </is>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 현대스마트센스1</t>
+        </is>
+      </c>
+      <c r="E215" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F214" s="3" t="inlineStr">
+      <c r="F215" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G214" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I214" s="3" t="inlineStr">
+      <c r="G215" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H215" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I215" s="3" t="inlineStr">
         <is>
           <t>8KM</t>
         </is>
       </c>
-      <c r="J214" s="3" t="inlineStr">
+      <c r="J215" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K214" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K215" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L215" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>935,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3"/>
       <c r="B216" s="4"/>
       <c r="C216" s="4"/>
       <c r="D216" s="4"/>
       <c r="E216" s="3"/>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3"/>
       <c r="I216" s="3"/>
       <c r="J216" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K216" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L216" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>905,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3"/>
       <c r="B217" s="4"/>
       <c r="C217" s="4"/>
       <c r="D217" s="4"/>
       <c r="E217" s="3"/>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3"/>
       <c r="I217" s="3"/>
       <c r="J217" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K217" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L217" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>875,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3"/>
       <c r="B218" s="4"/>
       <c r="C218" s="4"/>
       <c r="D218" s="4"/>
       <c r="E218" s="3"/>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3"/>
       <c r="I218" s="3"/>
       <c r="J218" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K218" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L218" s="3" t="inlineStr">
+        <is>
+          <t>845,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="3"/>
+      <c r="B219" s="4"/>
+      <c r="C219" s="4"/>
+      <c r="D219" s="4"/>
+      <c r="E219" s="3"/>
+      <c r="F219" s="3"/>
+      <c r="G219" s="3"/>
+      <c r="H219" s="3"/>
+      <c r="I219" s="3"/>
+      <c r="J219" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K218" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A219" s="3" t="inlineStr">
+      <c r="K219" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L219" s="3" t="inlineStr">
+        <is>
+          <t>815,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B219" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E219" s="3" t="inlineStr">
+      <c r="B220" s="4" t="inlineStr">
+        <is>
+          <t>116호7244</t>
+        </is>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>썬루프, 현대스마트센스1</t>
+        </is>
+      </c>
+      <c r="E220" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F219" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G219" s="3" t="inlineStr">
+      <c r="F220" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G220" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H219" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J219" s="3" t="inlineStr">
+      <c r="H220" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I220" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
+      <c r="J220" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K219" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K220" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L220" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3"/>
       <c r="B221" s="4"/>
       <c r="C221" s="4"/>
       <c r="D221" s="4"/>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3"/>
       <c r="I221" s="3"/>
       <c r="J221" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K221" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L221" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3"/>
       <c r="B222" s="4"/>
       <c r="C222" s="4"/>
       <c r="D222" s="4"/>
       <c r="E222" s="3"/>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3"/>
       <c r="I222" s="3"/>
       <c r="J222" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K222" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L222" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3"/>
       <c r="B223" s="4"/>
       <c r="C223" s="4"/>
       <c r="D223" s="4"/>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3"/>
       <c r="I223" s="3"/>
       <c r="J223" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K223" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L223" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="3"/>
+      <c r="B224" s="4"/>
+      <c r="C224" s="4"/>
+      <c r="D224" s="4"/>
+      <c r="E224" s="3"/>
+      <c r="F224" s="3"/>
+      <c r="G224" s="3"/>
+      <c r="H224" s="3"/>
+      <c r="I224" s="3"/>
+      <c r="J224" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K223" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A224" s="3" t="inlineStr">
+      <c r="K224" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L224" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B224" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="E224" s="3" t="inlineStr">
+      <c r="B225" s="4" t="inlineStr">
+        <is>
+          <t>116호7210</t>
+        </is>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>GV80 2.5T (보르도브라운시트)</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>20인치 휠, 시그니처디자인셀렉션2, 2열 컴
+포트 패키지,파퓰러패키지,빌트인캠패키지</t>
+        </is>
+      </c>
+      <c r="E225" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F224" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G224" s="3" t="inlineStr">
+      <c r="F225" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G225" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H224" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J224" s="3" t="inlineStr">
+      <c r="H225" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I225" s="3" t="inlineStr">
+        <is>
+          <t>202KM</t>
+        </is>
+      </c>
+      <c r="J225" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K224" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K225" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L225" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>1,840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3"/>
       <c r="B226" s="4"/>
       <c r="C226" s="4"/>
       <c r="D226" s="4"/>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3"/>
       <c r="I226" s="3"/>
       <c r="J226" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K226" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L226" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>1,790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3"/>
       <c r="B227" s="4"/>
       <c r="C227" s="4"/>
       <c r="D227" s="4"/>
       <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3"/>
       <c r="I227" s="3"/>
       <c r="J227" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K227" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L227" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>1,740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3"/>
       <c r="B228" s="4"/>
       <c r="C228" s="4"/>
       <c r="D228" s="4"/>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3"/>
       <c r="I228" s="3"/>
       <c r="J228" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K228" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L228" s="3" t="inlineStr">
+        <is>
+          <t>1,690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="3"/>
+      <c r="B229" s="4"/>
+      <c r="C229" s="4"/>
+      <c r="D229" s="4"/>
+      <c r="E229" s="3"/>
+      <c r="F229" s="3"/>
+      <c r="G229" s="3"/>
+      <c r="H229" s="3"/>
+      <c r="I229" s="3"/>
+      <c r="J229" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K228" s="3" t="inlineStr">
+      <c r="K229" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L229" s="3" t="inlineStr">
+        <is>
+          <t>1,640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B230" s="4" t="inlineStr">
+        <is>
+          <t>116호7237/7
+238/7239/7
+240/7241/7
+242</t>
+        </is>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>컴포트2, 내비, 스타일,투톤루프</t>
+        </is>
+      </c>
+      <c r="E230" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F230" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G230" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H230" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I230" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
+      <c r="J230" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K230" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L228" s="3" t="inlineStr">
-[...88 lines deleted...]
-      </c>
       <c r="L230" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="4"/>
       <c r="C231" s="4"/>
       <c r="D231" s="4"/>
       <c r="E231" s="3"/>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3"/>
       <c r="I231" s="3"/>
       <c r="J231" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K231" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L231" s="3" t="inlineStr">
         <is>
-          <t>1,650,000</t>
+          <t>505,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3"/>
       <c r="B232" s="4"/>
       <c r="C232" s="4"/>
       <c r="D232" s="4"/>
       <c r="E232" s="3"/>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3"/>
       <c r="I232" s="3"/>
       <c r="J232" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K232" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L232" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>485,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3"/>
       <c r="B233" s="4"/>
       <c r="C233" s="4"/>
       <c r="D233" s="4"/>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3"/>
       <c r="I233" s="3"/>
       <c r="J233" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K233" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K233" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L233" s="3" t="inlineStr">
         <is>
-          <t>1,550,000</t>
+          <t>465,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
-      <c r="A234" s="3" t="inlineStr">
+      <c r="A234" s="3"/>
+      <c r="B234" s="4"/>
+      <c r="C234" s="4"/>
+      <c r="D234" s="4"/>
+      <c r="E234" s="3"/>
+      <c r="F234" s="3"/>
+      <c r="G234" s="3"/>
+      <c r="H234" s="3"/>
+      <c r="I234" s="3"/>
+      <c r="J234" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K234" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L234" s="3" t="inlineStr">
+        <is>
+          <t>445,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B234" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="E234" s="3" t="inlineStr">
+      <c r="B235" s="4" t="inlineStr">
+        <is>
+          <t>116호7271</t>
+        </is>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6 모던 </t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>17인치휠, 익스테리어디자인</t>
+        </is>
+      </c>
+      <c r="E235" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F234" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G234" s="3" t="inlineStr">
+      <c r="F235" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G235" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H234" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J234" s="3" t="inlineStr">
+      <c r="H235" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I235" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
+      <c r="J235" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K234" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K235" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L235" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3"/>
       <c r="I236" s="3"/>
       <c r="J236" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K236" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L236" s="3" t="inlineStr">
         <is>
-          <t>735,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3"/>
       <c r="B237" s="4"/>
       <c r="C237" s="4"/>
       <c r="D237" s="4"/>
       <c r="E237" s="3"/>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3"/>
       <c r="I237" s="3"/>
       <c r="J237" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K237" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L237" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
       <c r="E238" s="3"/>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3"/>
       <c r="I238" s="3"/>
       <c r="J238" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K238" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K238" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L238" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
-      <c r="A239" s="3" t="inlineStr">
+      <c r="A239" s="3"/>
+      <c r="B239" s="4"/>
+      <c r="C239" s="4"/>
+      <c r="D239" s="4"/>
+      <c r="E239" s="3"/>
+      <c r="F239" s="3"/>
+      <c r="G239" s="3"/>
+      <c r="H239" s="3"/>
+      <c r="I239" s="3"/>
+      <c r="J239" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K239" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L239" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B239" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E239" s="3" t="inlineStr">
+      <c r="B240" s="4" t="inlineStr">
+        <is>
+          <t>116호7273</t>
+        </is>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6 모던 아마존그레이메탈릭</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>17인치휠, 익스테리어디자인</t>
+        </is>
+      </c>
+      <c r="E240" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F239" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J239" s="3" t="inlineStr">
+      <c r="F240" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G240" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H240" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I240" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
+      <c r="J240" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K239" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K240" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L240" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3"/>
       <c r="B241" s="4"/>
       <c r="C241" s="4"/>
       <c r="D241" s="4"/>
       <c r="E241" s="3"/>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3"/>
       <c r="I241" s="3"/>
       <c r="J241" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K241" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L241" s="3" t="inlineStr">
         <is>
-          <t>645,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3"/>
       <c r="B242" s="4"/>
       <c r="C242" s="4"/>
       <c r="D242" s="4"/>
       <c r="E242" s="3"/>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3"/>
       <c r="I242" s="3"/>
       <c r="J242" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K242" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L242" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4"/>
       <c r="D243" s="4"/>
       <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3"/>
       <c r="I243" s="3"/>
       <c r="J243" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K243" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K243" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L243" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
-      <c r="A244" s="3" t="inlineStr">
+      <c r="A244" s="3"/>
+      <c r="B244" s="4"/>
+      <c r="C244" s="4"/>
+      <c r="D244" s="4"/>
+      <c r="E244" s="3"/>
+      <c r="F244" s="3"/>
+      <c r="G244" s="3"/>
+      <c r="H244" s="3"/>
+      <c r="I244" s="3"/>
+      <c r="J244" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K244" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L244" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B244" s="4" t="inlineStr">
+      <c r="B245" s="4" t="inlineStr">
         <is>
           <t>임시번호</t>
         </is>
       </c>
-      <c r="C244" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="E244" s="3" t="inlineStr">
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 아너스 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D245" s="4"/>
+      <c r="E245" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F244" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G244" s="3" t="inlineStr">
+      <c r="F245" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G245" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H244" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J244" s="3" t="inlineStr">
+      <c r="H245" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I245" s="3" t="inlineStr">
+        <is>
+          <t>14KM</t>
+        </is>
+      </c>
+      <c r="J245" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K244" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K245" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L245" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3"/>
       <c r="B246" s="4"/>
       <c r="C246" s="4"/>
       <c r="D246" s="4"/>
       <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3"/>
       <c r="I246" s="3"/>
       <c r="J246" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K246" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L246" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3"/>
       <c r="B247" s="4"/>
       <c r="C247" s="4"/>
       <c r="D247" s="4"/>
       <c r="E247" s="3"/>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3"/>
       <c r="I247" s="3"/>
       <c r="J247" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K247" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L247" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3"/>
       <c r="B248" s="4"/>
       <c r="C248" s="4"/>
       <c r="D248" s="4"/>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3"/>
       <c r="I248" s="3"/>
       <c r="J248" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K248" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L248" s="3" t="inlineStr">
+        <is>
+          <t>930,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="3"/>
+      <c r="B249" s="4"/>
+      <c r="C249" s="4"/>
+      <c r="D249" s="4"/>
+      <c r="E249" s="3"/>
+      <c r="F249" s="3"/>
+      <c r="G249" s="3"/>
+      <c r="H249" s="3"/>
+      <c r="I249" s="3"/>
+      <c r="J249" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K248" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E249" s="3" t="inlineStr">
+      <c r="K249" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L249" s="3" t="inlineStr">
+        <is>
+          <t>890,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B250" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>팰리세이드 2.5T 7인승 익스클루시브 </t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>선루프 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E250" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F249" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I250" s="3"/>
+      <c r="F250" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G250" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H250" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I250" s="3" t="inlineStr">
+        <is>
+          <t>21KM</t>
+        </is>
+      </c>
       <c r="J250" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K250" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L250" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,120,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
-      <c r="A251" s="3" t="inlineStr">
-[...48 lines deleted...]
-      </c>
+      <c r="A251" s="3"/>
+      <c r="B251" s="4"/>
+      <c r="C251" s="4"/>
+      <c r="D251" s="4"/>
+      <c r="E251" s="3"/>
+      <c r="F251" s="3"/>
+      <c r="G251" s="3"/>
+      <c r="H251" s="3"/>
+      <c r="I251" s="3"/>
       <c r="J251" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K251" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L251" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,080,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3"/>
       <c r="B252" s="4"/>
       <c r="C252" s="4"/>
       <c r="D252" s="4"/>
       <c r="E252" s="3"/>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3"/>
       <c r="I252" s="3"/>
       <c r="J252" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K252" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L252" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="3"/>
+      <c r="B253" s="4"/>
+      <c r="C253" s="4"/>
+      <c r="D253" s="4"/>
+      <c r="E253" s="3"/>
+      <c r="F253" s="3"/>
+      <c r="G253" s="3"/>
+      <c r="H253" s="3"/>
+      <c r="I253" s="3"/>
+      <c r="J253" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K252" s="3" t="inlineStr">
-[...65 lines deleted...]
-      </c>
       <c r="K253" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L253" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3"/>
       <c r="B254" s="4"/>
       <c r="C254" s="4"/>
       <c r="D254" s="4"/>
       <c r="E254" s="3"/>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3"/>
       <c r="I254" s="3"/>
       <c r="J254" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K254" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L254" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
-          <t>ai</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B255" s="4" t="inlineStr">
         <is>
-          <t>133하3659	</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C255" s="4" t="inlineStr">
         <is>
-          <t>그랑 콜레오스 1.5 가솔린 터보 E-Tech 하이브리
-드 아이코닉 2WD</t>
+          <t>액티언 하이브리드 1.5T S8 (카멜베이지투톤시트)</t>
         </is>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>20” 투톤 하이랜드 알로이 휠 &amp; 245/4
-[...3 lines deleted...]
-R-HUD)+차음 윈드 실드 글라스</t>
+          <t>카멜베이지투톤퀄팅인테리어,  딥컨트롤 패키지 
+2</t>
         </is>
       </c>
       <c r="E255" s="3" t="inlineStr">
         <is>
-          <t>중고차</t>
+          <t>신차</t>
         </is>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>클라우드 펄</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
       <c r="H255" s="3" t="inlineStr">
         <is>
-          <t>24년08월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I255" s="3" t="inlineStr">
         <is>
-          <t>30,428KM</t>
+          <t>9KM</t>
         </is>
       </c>
       <c r="J255" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K255" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L255" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3"/>
       <c r="B256" s="4"/>
       <c r="C256" s="4"/>
       <c r="D256" s="4"/>
       <c r="E256" s="3"/>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3"/>
       <c r="I256" s="3"/>
       <c r="J256" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K256" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L256" s="3" t="inlineStr">
         <is>
           <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="3" t="inlineStr">
-[...48 lines deleted...]
-      </c>
+      <c r="A257" s="3"/>
+      <c r="B257" s="4"/>
+      <c r="C257" s="4"/>
+      <c r="D257" s="4"/>
+      <c r="E257" s="3"/>
+      <c r="F257" s="3"/>
+      <c r="G257" s="3"/>
+      <c r="H257" s="3"/>
+      <c r="I257" s="3"/>
       <c r="J257" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K257" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L257" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3"/>
       <c r="B258" s="4"/>
       <c r="C258" s="4"/>
       <c r="D258" s="4"/>
       <c r="E258" s="3"/>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3"/>
       <c r="I258" s="3"/>
       <c r="J258" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K258" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L258" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
-      <c r="A259" s="3" t="inlineStr">
-[...32 lines deleted...]
-      <c r="G259" s="3" t="inlineStr">
+      <c r="A259" s="3"/>
+      <c r="B259" s="4"/>
+      <c r="C259" s="4"/>
+      <c r="D259" s="4"/>
+      <c r="E259" s="3"/>
+      <c r="F259" s="3"/>
+      <c r="G259" s="3"/>
+      <c r="H259" s="3"/>
+      <c r="I259" s="3"/>
+      <c r="J259" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K259" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L259" s="3" t="inlineStr">
+        <is>
+          <t>740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B260" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>코나 1.6 모던 </t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>내비 하이패스</t>
+        </is>
+      </c>
+      <c r="E260" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F260" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G260" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H259" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J259" s="3" t="inlineStr">
+      <c r="H260" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I260" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
+      <c r="J260" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K259" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K260" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L260" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3"/>
       <c r="B261" s="4"/>
       <c r="C261" s="4"/>
       <c r="D261" s="4"/>
       <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3"/>
       <c r="I261" s="3"/>
       <c r="J261" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K261" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L261" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3"/>
       <c r="B262" s="4"/>
       <c r="C262" s="4"/>
       <c r="D262" s="4"/>
       <c r="E262" s="3"/>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3"/>
       <c r="I262" s="3"/>
       <c r="J262" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K262" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L262" s="3" t="inlineStr">
+        <is>
+          <t>610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="3"/>
+      <c r="B263" s="4"/>
+      <c r="C263" s="4"/>
+      <c r="D263" s="4"/>
+      <c r="E263" s="3"/>
+      <c r="F263" s="3"/>
+      <c r="G263" s="3"/>
+      <c r="H263" s="3"/>
+      <c r="I263" s="3"/>
+      <c r="J263" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K262" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K263" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L263" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="4"/>
       <c r="C264" s="4"/>
       <c r="D264" s="4"/>
       <c r="E264" s="3"/>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3"/>
       <c r="I264" s="3"/>
       <c r="J264" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K264" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L264" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
-          <t>BL</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B265" s="4" t="inlineStr">
         <is>
-          <t>106호9354</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C265" s="4" t="inlineStr">
         <is>
-          <t>더 뉴카니발(KA4) 9인승 디젤 프레스티지</t>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
         </is>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>기본형-12.3인치 클러스터, 컨비니언스, 드
-라이브와이즈</t>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
         </is>
       </c>
       <c r="E265" s="3" t="inlineStr">
         <is>
-          <t>중고차</t>
+          <t>신차</t>
         </is>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G265" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H265" s="3" t="inlineStr">
         <is>
-          <t>25년04월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I265" s="3" t="inlineStr">
         <is>
-          <t>16,250KM</t>
+          <t>6KM</t>
         </is>
       </c>
       <c r="J265" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K265" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L265" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3"/>
       <c r="B266" s="4"/>
       <c r="C266" s="4"/>
       <c r="D266" s="4"/>
       <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3"/>
       <c r="I266" s="3"/>
       <c r="J266" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K266" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L266" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A267" s="3"/>
+      <c r="B267" s="4"/>
+      <c r="C267" s="4"/>
+      <c r="D267" s="4"/>
+      <c r="E267" s="3"/>
+      <c r="F267" s="3"/>
+      <c r="G267" s="3"/>
+      <c r="H267" s="3"/>
+      <c r="I267" s="3"/>
       <c r="J267" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K267" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L267" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3"/>
       <c r="B268" s="4"/>
       <c r="C268" s="4"/>
       <c r="D268" s="4"/>
       <c r="E268" s="3"/>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3"/>
       <c r="I268" s="3"/>
       <c r="J268" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K268" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L268" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3"/>
       <c r="B269" s="4"/>
       <c r="C269" s="4"/>
       <c r="D269" s="4"/>
       <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3"/>
       <c r="I269" s="3"/>
       <c r="J269" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K269" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L269" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
-          <t>CNC</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B270" s="4" t="inlineStr">
         <is>
-          <t>106호8730</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C270" s="4" t="inlineStr">
         <is>
-          <t>싼타페MX5 가솔린2.5T 4WD 6인승캘리그래피(피칸
-브라운투톤(나파))</t>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
         </is>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>BOSE프리미엄사운드시스템,듀얼와이드선루프,빌
-트인캠2,파킹어시스트플러스2,현대스마트센스</t>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
         </is>
       </c>
       <c r="E270" s="3" t="inlineStr">
         <is>
-          <t>중고차</t>
+          <t>신차</t>
         </is>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>크리미 화이트 펄</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H270" s="3" t="inlineStr">
         <is>
-          <t>24년09월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I270" s="3" t="inlineStr">
         <is>
-          <t>7850KM</t>
+          <t>6KM</t>
         </is>
       </c>
       <c r="J270" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K270" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L270" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3"/>
       <c r="B271" s="4"/>
       <c r="C271" s="4"/>
       <c r="D271" s="4"/>
       <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3"/>
       <c r="I271" s="3"/>
       <c r="J271" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K271" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L271" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3"/>
       <c r="B272" s="4"/>
       <c r="C272" s="4"/>
       <c r="D272" s="4"/>
       <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3"/>
       <c r="I272" s="3"/>
       <c r="J272" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K272" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L272" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3"/>
       <c r="B273" s="4"/>
       <c r="C273" s="4"/>
       <c r="D273" s="4"/>
       <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3"/>
       <c r="I273" s="3"/>
       <c r="J273" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K273" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L273" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3"/>
       <c r="B274" s="4"/>
       <c r="C274" s="4"/>
       <c r="D274" s="4"/>
       <c r="E274" s="3"/>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3"/>
       <c r="I274" s="3"/>
       <c r="J274" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K274" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L274" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
-          <t>CNC</t>
+          <t>TABO</t>
         </is>
       </c>
       <c r="B275" s="4" t="inlineStr">
         <is>
-          <t>106호8834</t>
+          <t>36호4327</t>
         </is>
       </c>
       <c r="C275" s="4" t="inlineStr">
         <is>
-          <t>XM3 아르카나 1.6 GTE 아이코닉</t>
-[...2 lines deleted...]
-      <c r="D275" s="4"/>
+          <t>BYD 시라이언7</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>어라운드뷰,뒤자리열선 등</t>
+        </is>
+      </c>
       <c r="E275" s="3" t="inlineStr">
         <is>
-          <t>중고차</t>
+          <t>신차</t>
         </is>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>클라우드펄</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G275" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>전기</t>
         </is>
       </c>
       <c r="H275" s="3" t="inlineStr">
         <is>
-          <t>24년10월</t>
+          <t>25년10월</t>
         </is>
       </c>
       <c r="I275" s="3" t="inlineStr">
         <is>
-          <t>10,800KM</t>
+          <t>5,989KM</t>
         </is>
       </c>
       <c r="J275" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K275" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L275" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3"/>
       <c r="B276" s="4"/>
       <c r="C276" s="4"/>
       <c r="D276" s="4"/>
       <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3"/>
       <c r="I276" s="3"/>
       <c r="J276" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K276" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L276" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3"/>
       <c r="B277" s="4"/>
       <c r="C277" s="4"/>
       <c r="D277" s="4"/>
       <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3"/>
       <c r="I277" s="3"/>
       <c r="J277" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K277" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L277" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
-      <c r="A278" s="3"/>
-[...7 lines deleted...]
-      <c r="I278" s="3"/>
+      <c r="A278" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B278" s="4" t="inlineStr">
+        <is>
+          <t>154호3183.3
+184.3185.3
+186</t>
+        </is>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>뉴그랑콜레오스 하이브리드 아이코닉</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>BOSE서라운드+엑티브노이즈캔슬레이션, HUD
++차음쉴드글라스+프레임리스 룸미러</t>
+        </is>
+      </c>
+      <c r="E278" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F278" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G278" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H278" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I278" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J278" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K278" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L278" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3"/>
       <c r="B279" s="4"/>
       <c r="C279" s="4"/>
       <c r="D279" s="4"/>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3"/>
       <c r="I279" s="3"/>
       <c r="J279" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K279" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L279" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
-      <c r="A280" s="3" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="A280" s="3"/>
+      <c r="B280" s="4"/>
+      <c r="C280" s="4"/>
       <c r="D280" s="4"/>
-      <c r="E280" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E280" s="3"/>
+      <c r="F280" s="3"/>
+      <c r="G280" s="3"/>
+      <c r="H280" s="3"/>
+      <c r="I280" s="3"/>
       <c r="J280" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K280" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L280" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3"/>
       <c r="B281" s="4"/>
       <c r="C281" s="4"/>
       <c r="D281" s="4"/>
       <c r="E281" s="3"/>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3"/>
       <c r="I281" s="3"/>
       <c r="J281" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K281" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L281" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B282" s="4" t="inlineStr">
+        <is>
+          <t>154호3188.3
+189.3190</t>
+        </is>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>뉴그랑콜레오스 하이브리드 에스프리알핀</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>파노라마 썬루프, BOSE서라운드+엑티브노이즈
+캔슬레이션, HUD+차음쉴드글라스+프레임리스 
+룸미러</t>
+        </is>
+      </c>
+      <c r="E282" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F282" s="3" t="inlineStr">
+        <is>
+          <t>무광</t>
+        </is>
+      </c>
+      <c r="G282" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H282" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I282" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
+      <c r="J282" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K281" s="3" t="inlineStr">
+      <c r="K282" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L281" s="3" t="inlineStr">
-[...29 lines deleted...]
-      </c>
+      <c r="L282" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3"/>
       <c r="B283" s="4"/>
       <c r="C283" s="4"/>
       <c r="D283" s="4"/>
       <c r="E283" s="3"/>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3"/>
       <c r="I283" s="3"/>
       <c r="J283" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K283" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L283" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3"/>
       <c r="B284" s="4"/>
       <c r="C284" s="4"/>
       <c r="D284" s="4"/>
       <c r="E284" s="3"/>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3"/>
       <c r="I284" s="3"/>
       <c r="J284" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K284" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L284" s="3" t="inlineStr">
+        <is>
+          <t>880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="3"/>
+      <c r="B285" s="4"/>
+      <c r="C285" s="4"/>
+      <c r="D285" s="4"/>
+      <c r="E285" s="3"/>
+      <c r="F285" s="3"/>
+      <c r="G285" s="3"/>
+      <c r="H285" s="3"/>
+      <c r="I285" s="3"/>
+      <c r="J285" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K284" s="3" t="inlineStr">
+      <c r="K285" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L284" s="3" t="inlineStr">
-[...22 lines deleted...]
-      <c r="E285" s="3" t="inlineStr">
+      <c r="L285" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B286" s="4" t="inlineStr">
+        <is>
+          <t>133하4438</t>
+        </is>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 RS</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>테크놀로지 패키지</t>
+        </is>
+      </c>
+      <c r="E286" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F285" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G285" s="3" t="inlineStr">
+      <c r="F286" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G286" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H285" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I286" s="3"/>
+      <c r="H286" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I286" s="3" t="inlineStr">
+        <is>
+          <t>9,159KM</t>
+        </is>
+      </c>
       <c r="J286" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K286" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L286" s="3" t="inlineStr">
         <is>
-          <t>1,900,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
-      <c r="A287" s="3"/>
-[...7 lines deleted...]
-      <c r="I287" s="3"/>
+      <c r="A287" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B287" s="4" t="inlineStr">
+        <is>
+          <t>133하3500</t>
+        </is>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>토레스 하이브리드 T5</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>밸류업 패키지, 12.3인치 KGM링크 내비게
+이션 패키지</t>
+        </is>
+      </c>
+      <c r="E287" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F287" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G287" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H287" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I287" s="3" t="inlineStr">
+        <is>
+          <t>2,455KM</t>
+        </is>
+      </c>
       <c r="J287" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K287" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L287" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3"/>
       <c r="B288" s="4"/>
       <c r="C288" s="4"/>
       <c r="D288" s="4"/>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3"/>
       <c r="I288" s="3"/>
       <c r="J288" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K288" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L288" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
-      <c r="A289" s="3"/>
-[...7 lines deleted...]
-      <c r="I289" s="3"/>
+      <c r="A289" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B289" s="4" t="inlineStr">
+        <is>
+          <t>133하4684</t>
+        </is>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>토레스 하이브리드 T7</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>스마트 파워 테일게이트 패키지</t>
+        </is>
+      </c>
+      <c r="E289" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F289" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G289" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H289" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I289" s="3" t="inlineStr">
+        <is>
+          <t>8,447KM</t>
+        </is>
+      </c>
       <c r="J289" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K289" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L289" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E290" s="3" t="inlineStr">
+      <c r="A290" s="3"/>
+      <c r="B290" s="4"/>
+      <c r="C290" s="4"/>
+      <c r="D290" s="4"/>
+      <c r="E290" s="3"/>
+      <c r="F290" s="3"/>
+      <c r="G290" s="3"/>
+      <c r="H290" s="3"/>
+      <c r="I290" s="3"/>
+      <c r="J290" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K290" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L290" s="3" t="inlineStr">
+        <is>
+          <t>790,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
+      <c r="A291" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B291" s="4" t="inlineStr">
+        <is>
+          <t>133하3664</t>
+        </is>
+      </c>
+      <c r="C291" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴G70 가솔린 2.5 터보 2WD 스포츠 패키지</t>
+        </is>
+      </c>
+      <c r="D291" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙 어시스턴스 패키지, 컴포트 패키지, 
+하이테크 패키지, 렉시콘 사운드 패키지</t>
+        </is>
+      </c>
+      <c r="E291" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F290" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G290" s="3" t="inlineStr">
+      <c r="F291" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G291" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H290" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I291" s="3"/>
+      <c r="H291" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I291" s="3" t="inlineStr">
+        <is>
+          <t>19,937KM</t>
+        </is>
+      </c>
       <c r="J291" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K291" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L291" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3"/>
       <c r="B292" s="4"/>
       <c r="C292" s="4"/>
       <c r="D292" s="4"/>
       <c r="E292" s="3"/>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3"/>
       <c r="I292" s="3"/>
       <c r="J292" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K292" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L292" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B293" s="4" t="inlineStr">
+        <is>
+          <t>133하4430</t>
+        </is>
+      </c>
+      <c r="C293" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 RS</t>
+        </is>
+      </c>
+      <c r="D293" s="4" t="inlineStr">
+        <is>
+          <t>테크놀로지 패키지</t>
+        </is>
+      </c>
+      <c r="E293" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F293" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G293" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H293" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I293" s="3" t="inlineStr">
+        <is>
+          <t>13,643KM</t>
+        </is>
+      </c>
+      <c r="J293" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K293" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L293" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B294" s="4" t="inlineStr">
+        <is>
+          <t>133하4377</t>
+        </is>
+      </c>
+      <c r="C294" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTe Iconic</t>
+        </is>
+      </c>
+      <c r="D294" s="4" t="inlineStr">
+        <is>
+          <t>카멜 브라운 인조 가죽시트 패키지, BOSE®
+ 서라운드 사운드 시스템 (서브 우퍼 포함 9
+스피커), 360° 어라운드 뷰 모니터</t>
+        </is>
+      </c>
+      <c r="E294" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F294" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G294" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H294" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I294" s="3" t="inlineStr">
+        <is>
+          <t>10,753KM</t>
+        </is>
+      </c>
+      <c r="J294" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K292" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J293" s="3" t="inlineStr">
+      <c r="K294" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L294" s="3" t="inlineStr">
+        <is>
+          <t>517,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="3"/>
+      <c r="B295" s="4"/>
+      <c r="C295" s="4"/>
+      <c r="D295" s="4"/>
+      <c r="E295" s="3"/>
+      <c r="F295" s="3"/>
+      <c r="G295" s="3"/>
+      <c r="H295" s="3"/>
+      <c r="I295" s="3"/>
+      <c r="J295" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K293" s="3" t="inlineStr">
-[...37 lines deleted...]
-      <c r="A295" s="3" t="inlineStr">
+      <c r="K295" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L295" s="3" t="inlineStr">
+        <is>
+          <t>495,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B295" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E295" s="3" t="inlineStr">
+      <c r="B296" s="4" t="inlineStr">
+        <is>
+          <t>106호6987</t>
+        </is>
+      </c>
+      <c r="C296" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 K5 2.0 LPI 트렌디</t>
+        </is>
+      </c>
+      <c r="D296" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, SBW팩</t>
+        </is>
+      </c>
+      <c r="E296" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F295" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I296" s="3"/>
+      <c r="F296" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G296" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H296" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I296" s="3" t="inlineStr">
+        <is>
+          <t>16835KM</t>
+        </is>
+      </c>
       <c r="J296" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K296" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L296" s="3" t="inlineStr">
         <is>
-          <t>1,140,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="4"/>
       <c r="C297" s="4"/>
       <c r="D297" s="4"/>
       <c r="E297" s="3"/>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3"/>
       <c r="I297" s="3"/>
       <c r="J297" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K297" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L297" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3"/>
       <c r="B298" s="4"/>
       <c r="C298" s="4"/>
       <c r="D298" s="4"/>
       <c r="E298" s="3"/>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3"/>
       <c r="I298" s="3"/>
       <c r="J298" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K298" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L298" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B299" s="4" t="inlineStr">
         <is>
-          <t>106호6721</t>
+          <t>106호8730</t>
         </is>
       </c>
       <c r="C299" s="4" t="inlineStr">
         <is>
-          <t>더뉴 티볼리 1.6V1</t>
-[...2 lines deleted...]
-      <c r="D299" s="4"/>
+          <t>싼타페MX5 가솔린2.5T 4WD 6인승캘리그래피(피칸
+브라운투톤(나파))</t>
+        </is>
+      </c>
+      <c r="D299" s="4" t="inlineStr">
+        <is>
+          <t>BOSE프리미엄사운드시스템,듀얼와이드선루프,빌
+트인캠2,파킹어시스트플러스2,현대스마트센스</t>
+        </is>
+      </c>
       <c r="E299" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F299" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>크리미 화이트 펄</t>
         </is>
       </c>
       <c r="G299" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H299" s="3" t="inlineStr">
         <is>
-          <t>25년01월</t>
+          <t>24년09월</t>
         </is>
       </c>
       <c r="I299" s="3" t="inlineStr">
         <is>
-          <t>150KM</t>
+          <t>7850KM</t>
         </is>
       </c>
       <c r="J299" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K299" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L299" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="3"/>
       <c r="B300" s="4"/>
       <c r="C300" s="4"/>
       <c r="D300" s="4"/>
       <c r="E300" s="3"/>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3"/>
       <c r="I300" s="3"/>
       <c r="J300" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K300" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L300" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3"/>
       <c r="B301" s="4"/>
       <c r="C301" s="4"/>
       <c r="D301" s="4"/>
       <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3"/>
       <c r="I301" s="3"/>
       <c r="J301" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K301" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L301" s="3" t="inlineStr">
         <is>
-          <t>525,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3"/>
       <c r="B302" s="4"/>
       <c r="C302" s="4"/>
       <c r="D302" s="4"/>
       <c r="E302" s="3"/>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3"/>
       <c r="I302" s="3"/>
       <c r="J302" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K302" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L302" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3"/>
       <c r="B303" s="4"/>
       <c r="C303" s="4"/>
       <c r="D303" s="4"/>
       <c r="E303" s="3"/>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3"/>
       <c r="I303" s="3"/>
       <c r="J303" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K303" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L303" s="3" t="inlineStr">
         <is>
-          <t>475,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B304" s="4" t="inlineStr">
         <is>
-          <t>106호6738</t>
+          <t>106호8834</t>
         </is>
       </c>
       <c r="C304" s="4" t="inlineStr">
         <is>
-          <t>MINI Countryman S ALL4 Favoure
-d</t>
+          <t>XM3 아르카나 1.6 GTE 아이코닉</t>
         </is>
       </c>
       <c r="D304" s="4"/>
       <c r="E304" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F304" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>클라우드펄</t>
         </is>
       </c>
       <c r="G304" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H304" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I304" s="3" t="inlineStr">
         <is>
-          <t>200KM</t>
+          <t>10,800KM</t>
         </is>
       </c>
       <c r="J304" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K304" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L304" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="3"/>
       <c r="B305" s="4"/>
       <c r="C305" s="4"/>
       <c r="D305" s="4"/>
       <c r="E305" s="3"/>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3"/>
       <c r="I305" s="3"/>
       <c r="J305" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K305" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L305" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3"/>
       <c r="B306" s="4"/>
       <c r="C306" s="4"/>
       <c r="D306" s="4"/>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3"/>
       <c r="I306" s="3"/>
       <c r="J306" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K306" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L306" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3"/>
       <c r="B307" s="4"/>
       <c r="C307" s="4"/>
       <c r="D307" s="4"/>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3"/>
       <c r="I307" s="3"/>
       <c r="J307" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K307" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L307" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="4"/>
       <c r="C308" s="4"/>
       <c r="D308" s="4"/>
       <c r="E308" s="3"/>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3"/>
       <c r="I308" s="3"/>
       <c r="J308" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K308" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L308" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B309" s="4" t="inlineStr">
         <is>
-          <t>106호8892</t>
+          <t>106호9051</t>
         </is>
       </c>
       <c r="C309" s="4" t="inlineStr">
         <is>
-          <t>폭스바겐 제타 1.5 TSI Prestige</t>
+          <t>쏘나타DN8 The Edge가솔린 1.6T-GDi익스클
+루시브</t>
         </is>
       </c>
       <c r="D309" s="4"/>
       <c r="E309" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F309" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G309" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H309" s="3" t="inlineStr">
         <is>
-          <t>24년10월</t>
+          <t>24년12월</t>
         </is>
       </c>
       <c r="I309" s="3" t="inlineStr">
         <is>
-          <t>27,700KM</t>
+          <t>9,010KM</t>
         </is>
       </c>
       <c r="J309" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K309" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L309" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="3"/>
       <c r="B310" s="4"/>
       <c r="C310" s="4"/>
       <c r="D310" s="4"/>
       <c r="E310" s="3"/>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3"/>
       <c r="I310" s="3"/>
       <c r="J310" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K310" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L310" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3"/>
       <c r="B311" s="4"/>
       <c r="C311" s="4"/>
       <c r="D311" s="4"/>
       <c r="E311" s="3"/>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3"/>
       <c r="I311" s="3"/>
       <c r="J311" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K311" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L311" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4"/>
       <c r="D312" s="4"/>
       <c r="E312" s="3"/>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3"/>
       <c r="I312" s="3"/>
       <c r="J312" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K312" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L312" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="3"/>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3"/>
       <c r="I313" s="3"/>
       <c r="J313" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K313" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L313" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>CNC</t>
         </is>
       </c>
       <c r="B314" s="4" t="inlineStr">
         <is>
-          <t>109하7631</t>
+          <t>106호4135</t>
         </is>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴팰리세이드 가솔린 2.5 터보 2WD 9인승 익
-[...7 lines deleted...]
-      </c>
+          <t>벤츠 더뉴 E200 아방가르드</t>
+        </is>
+      </c>
+      <c r="D314" s="4"/>
       <c r="E314" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>진주색</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H314" s="3" t="inlineStr">
         <is>
-          <t>25년02월</t>
+          <t>24년06월</t>
         </is>
       </c>
       <c r="I314" s="3" t="inlineStr">
         <is>
-          <t>19,100KM</t>
+          <t>15,500KM</t>
         </is>
       </c>
       <c r="J314" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K314" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>700</t>
         </is>
       </c>
       <c r="L314" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>2,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3"/>
       <c r="B315" s="4"/>
       <c r="C315" s="4"/>
       <c r="D315" s="4"/>
       <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3"/>
       <c r="I315" s="3"/>
       <c r="J315" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K315" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>700</t>
         </is>
       </c>
       <c r="L315" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3"/>
       <c r="B316" s="4"/>
       <c r="C316" s="4"/>
       <c r="D316" s="4"/>
       <c r="E316" s="3"/>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3"/>
       <c r="I316" s="3"/>
       <c r="J316" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K316" s="3" t="inlineStr">
+        <is>
+          <t>700</t>
+        </is>
+      </c>
+      <c r="L316" s="3" t="inlineStr">
+        <is>
+          <t>1,700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
+      <c r="A317" s="3"/>
+      <c r="B317" s="4"/>
+      <c r="C317" s="4"/>
+      <c r="D317" s="4"/>
+      <c r="E317" s="3"/>
+      <c r="F317" s="3"/>
+      <c r="G317" s="3"/>
+      <c r="H317" s="3"/>
+      <c r="I317" s="3"/>
+      <c r="J317" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K316" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K317" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>700</t>
         </is>
       </c>
       <c r="L317" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3"/>
       <c r="B318" s="4"/>
       <c r="C318" s="4"/>
       <c r="D318" s="4"/>
       <c r="E318" s="3"/>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3"/>
       <c r="I318" s="3"/>
       <c r="J318" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K318" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>700</t>
         </is>
       </c>
       <c r="L318" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
-      <c r="A319" s="3"/>
-[...7 lines deleted...]
-      <c r="I319" s="3"/>
+      <c r="A319" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B319" s="4" t="inlineStr">
+        <is>
+          <t>106호4778</t>
+        </is>
+      </c>
+      <c r="C319" s="4" t="inlineStr">
+        <is>
+          <t>The K5자가용GSL2.0프레스티지</t>
+        </is>
+      </c>
+      <c r="D319" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,드라이브와이즈,스타일</t>
+        </is>
+      </c>
+      <c r="E319" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F319" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G319" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H319" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I319" s="3" t="inlineStr">
+        <is>
+          <t>16,000KM</t>
+        </is>
+      </c>
       <c r="J319" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K319" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L319" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
-      <c r="A320" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A320" s="3"/>
+      <c r="B320" s="4"/>
+      <c r="C320" s="4"/>
       <c r="D320" s="4"/>
-      <c r="E320" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E320" s="3"/>
+      <c r="F320" s="3"/>
+      <c r="G320" s="3"/>
+      <c r="H320" s="3"/>
+      <c r="I320" s="3"/>
       <c r="J320" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K320" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L320" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3"/>
       <c r="B321" s="4"/>
       <c r="C321" s="4"/>
       <c r="D321" s="4"/>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3"/>
       <c r="I321" s="3"/>
       <c r="J321" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K321" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L321" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3"/>
       <c r="B322" s="4"/>
       <c r="C322" s="4"/>
       <c r="D322" s="4"/>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3"/>
       <c r="I322" s="3"/>
       <c r="J322" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K322" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L322" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
-      <c r="A323" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E323" s="3" t="inlineStr">
+      <c r="A323" s="3"/>
+      <c r="B323" s="4"/>
+      <c r="C323" s="4"/>
+      <c r="D323" s="4"/>
+      <c r="E323" s="3"/>
+      <c r="F323" s="3"/>
+      <c r="G323" s="3"/>
+      <c r="H323" s="3"/>
+      <c r="I323" s="3"/>
+      <c r="J323" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K323" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L323" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
+      <c r="A324" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B324" s="4" t="inlineStr">
+        <is>
+          <t>106호6692</t>
+        </is>
+      </c>
+      <c r="C324" s="4" t="inlineStr">
+        <is>
+          <t>MINI Countryman S ALL4</t>
+        </is>
+      </c>
+      <c r="D324" s="4"/>
+      <c r="E324" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F323" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G323" s="3" t="inlineStr">
+      <c r="F324" s="3" t="inlineStr">
+        <is>
+          <t>레드</t>
+        </is>
+      </c>
+      <c r="G324" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H323" s="3" t="inlineStr">
+      <c r="H324" s="3" t="inlineStr">
         <is>
           <t>25년02월</t>
         </is>
       </c>
-      <c r="I323" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="J323" s="3" t="inlineStr">
+      <c r="I324" s="3" t="inlineStr">
+        <is>
+          <t>200KM</t>
+        </is>
+      </c>
+      <c r="J324" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K323" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K324" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L324" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>1,180,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3"/>
       <c r="B325" s="4"/>
       <c r="C325" s="4"/>
       <c r="D325" s="4"/>
       <c r="E325" s="3"/>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3"/>
       <c r="I325" s="3"/>
       <c r="J325" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K325" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L325" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>1,140,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3"/>
       <c r="B326" s="4"/>
       <c r="C326" s="4"/>
       <c r="D326" s="4"/>
       <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3"/>
       <c r="I326" s="3"/>
       <c r="J326" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K326" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L326" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
-      <c r="A327" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E327" s="3" t="inlineStr">
+      <c r="A327" s="3"/>
+      <c r="B327" s="4"/>
+      <c r="C327" s="4"/>
+      <c r="D327" s="4"/>
+      <c r="E327" s="3"/>
+      <c r="F327" s="3"/>
+      <c r="G327" s="3"/>
+      <c r="H327" s="3"/>
+      <c r="I327" s="3"/>
+      <c r="J327" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K327" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L327" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B328" s="4" t="inlineStr">
+        <is>
+          <t>106호6721</t>
+        </is>
+      </c>
+      <c r="C328" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 티볼리 1.6V1</t>
+        </is>
+      </c>
+      <c r="D328" s="4"/>
+      <c r="E328" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F327" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G327" s="3" t="inlineStr">
+      <c r="F328" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G328" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H327" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J327" s="3" t="inlineStr">
+      <c r="H328" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I328" s="3" t="inlineStr">
+        <is>
+          <t>150KM</t>
+        </is>
+      </c>
+      <c r="J328" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K328" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L328" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="3"/>
+      <c r="B329" s="4"/>
+      <c r="C329" s="4"/>
+      <c r="D329" s="4"/>
+      <c r="E329" s="3"/>
+      <c r="F329" s="3"/>
+      <c r="G329" s="3"/>
+      <c r="H329" s="3"/>
+      <c r="I329" s="3"/>
+      <c r="J329" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K327" s="3" t="inlineStr">
+      <c r="K329" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L327" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L329" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="4"/>
       <c r="C330" s="4"/>
       <c r="D330" s="4"/>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3"/>
       <c r="I330" s="3"/>
       <c r="J330" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K330" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L330" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3"/>
       <c r="B331" s="4"/>
       <c r="C331" s="4"/>
       <c r="D331" s="4"/>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3"/>
       <c r="I331" s="3"/>
       <c r="J331" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K331" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L331" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
-      <c r="A332" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E332" s="3" t="inlineStr">
+      <c r="A332" s="3"/>
+      <c r="B332" s="4"/>
+      <c r="C332" s="4"/>
+      <c r="D332" s="4"/>
+      <c r="E332" s="3"/>
+      <c r="F332" s="3"/>
+      <c r="G332" s="3"/>
+      <c r="H332" s="3"/>
+      <c r="I332" s="3"/>
+      <c r="J332" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K332" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L332" s="3" t="inlineStr">
+        <is>
+          <t>475,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B333" s="4" t="inlineStr">
+        <is>
+          <t>106호6738</t>
+        </is>
+      </c>
+      <c r="C333" s="4" t="inlineStr">
+        <is>
+          <t>MINI Countryman S ALL4 Favoure
+d</t>
+        </is>
+      </c>
+      <c r="D333" s="4"/>
+      <c r="E333" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F332" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I333" s="3"/>
+      <c r="F333" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G333" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H333" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I333" s="3" t="inlineStr">
+        <is>
+          <t>200KM</t>
+        </is>
+      </c>
       <c r="J333" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K333" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L333" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="3"/>
       <c r="B334" s="4"/>
       <c r="C334" s="4"/>
       <c r="D334" s="4"/>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3"/>
       <c r="I334" s="3"/>
       <c r="J334" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K334" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L334" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
-      <c r="A335" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A335" s="3"/>
+      <c r="B335" s="4"/>
+      <c r="C335" s="4"/>
+      <c r="D335" s="4"/>
+      <c r="E335" s="3"/>
+      <c r="F335" s="3"/>
+      <c r="G335" s="3"/>
+      <c r="H335" s="3"/>
+      <c r="I335" s="3"/>
       <c r="J335" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K335" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L335" s="3" t="inlineStr">
         <is>
-          <t>1,380,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3"/>
       <c r="B336" s="4"/>
       <c r="C336" s="4"/>
       <c r="D336" s="4"/>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3"/>
       <c r="I336" s="3"/>
       <c r="J336" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K336" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L336" s="3" t="inlineStr">
         <is>
-          <t>1,380,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
-      <c r="A337" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E337" s="3" t="inlineStr">
+      <c r="A337" s="3"/>
+      <c r="B337" s="4"/>
+      <c r="C337" s="4"/>
+      <c r="D337" s="4"/>
+      <c r="E337" s="3"/>
+      <c r="F337" s="3"/>
+      <c r="G337" s="3"/>
+      <c r="H337" s="3"/>
+      <c r="I337" s="3"/>
+      <c r="J337" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K337" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L337" s="3" t="inlineStr">
+        <is>
+          <t>1,100,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
+      <c r="A338" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B338" s="4" t="inlineStr">
+        <is>
+          <t>106호8892</t>
+        </is>
+      </c>
+      <c r="C338" s="4" t="inlineStr">
+        <is>
+          <t>폭스바겐 제타 1.5 TSI Prestige</t>
+        </is>
+      </c>
+      <c r="D338" s="4"/>
+      <c r="E338" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F337" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G337" s="3" t="inlineStr">
+      <c r="F338" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G338" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H337" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I338" s="3"/>
+      <c r="H338" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I338" s="3" t="inlineStr">
+        <is>
+          <t>29,000KM</t>
+        </is>
+      </c>
       <c r="J338" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K338" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L338" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
-      <c r="A339" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A339" s="3"/>
+      <c r="B339" s="4"/>
+      <c r="C339" s="4"/>
+      <c r="D339" s="4"/>
+      <c r="E339" s="3"/>
+      <c r="F339" s="3"/>
+      <c r="G339" s="3"/>
+      <c r="H339" s="3"/>
+      <c r="I339" s="3"/>
       <c r="J339" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K339" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L339" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3"/>
       <c r="B340" s="4"/>
       <c r="C340" s="4"/>
       <c r="D340" s="4"/>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3"/>
       <c r="I340" s="3"/>
       <c r="J340" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K340" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L340" s="3" t="inlineStr">
+        <is>
+          <t>740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
+      <c r="A341" s="3"/>
+      <c r="B341" s="4"/>
+      <c r="C341" s="4"/>
+      <c r="D341" s="4"/>
+      <c r="E341" s="3"/>
+      <c r="F341" s="3"/>
+      <c r="G341" s="3"/>
+      <c r="H341" s="3"/>
+      <c r="I341" s="3"/>
+      <c r="J341" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K340" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K341" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L341" s="3" t="inlineStr">
         <is>
           <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3"/>
       <c r="B342" s="4"/>
       <c r="C342" s="4"/>
       <c r="D342" s="4"/>
       <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3"/>
       <c r="I342" s="3"/>
       <c r="J342" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K342" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L342" s="3" t="inlineStr">
         <is>
           <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
-      <c r="A343" s="3"/>
-[...7 lines deleted...]
-      <c r="I343" s="3"/>
+      <c r="A343" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B343" s="4" t="inlineStr">
+        <is>
+          <t>109하7631</t>
+        </is>
+      </c>
+      <c r="C343" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴팰리세이드 가솔린 2.5 터보 2WD 9인승 익
+스클루시브</t>
+        </is>
+      </c>
+      <c r="D343" s="4" t="inlineStr">
+        <is>
+          <t>컴포트, 듀얼 와이드 선루프, 현대스마트센스</t>
+        </is>
+      </c>
+      <c r="E343" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F343" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G343" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H343" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I343" s="3" t="inlineStr">
+        <is>
+          <t>19,100KM</t>
+        </is>
+      </c>
       <c r="J343" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K343" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L343" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
-      <c r="A344" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A344" s="3"/>
+      <c r="B344" s="4"/>
+      <c r="C344" s="4"/>
+      <c r="D344" s="4"/>
+      <c r="E344" s="3"/>
+      <c r="F344" s="3"/>
+      <c r="G344" s="3"/>
+      <c r="H344" s="3"/>
+      <c r="I344" s="3"/>
       <c r="J344" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K344" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L344" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3"/>
       <c r="B345" s="4"/>
       <c r="C345" s="4"/>
       <c r="D345" s="4"/>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3"/>
       <c r="I345" s="3"/>
       <c r="J345" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K345" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L345" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
-      <c r="A346" s="3"/>
-[...7 lines deleted...]
-      <c r="I346" s="3"/>
+      <c r="A346" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B346" s="4" t="inlineStr">
+        <is>
+          <t>125호7385</t>
+        </is>
+      </c>
+      <c r="C346" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴G80 가솔린 3.5 터보 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D346" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지</t>
+        </is>
+      </c>
+      <c r="E346" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F346" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G346" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H346" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I346" s="3" t="inlineStr">
+        <is>
+          <t>40,689KM</t>
+        </is>
+      </c>
       <c r="J346" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K346" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>190</t>
         </is>
       </c>
       <c r="L346" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>1,380,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
-      <c r="A347" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E347" s="3" t="inlineStr">
+      <c r="A347" s="3"/>
+      <c r="B347" s="4"/>
+      <c r="C347" s="4"/>
+      <c r="D347" s="4"/>
+      <c r="E347" s="3"/>
+      <c r="F347" s="3"/>
+      <c r="G347" s="3"/>
+      <c r="H347" s="3"/>
+      <c r="I347" s="3"/>
+      <c r="J347" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K347" s="3" t="inlineStr">
+        <is>
+          <t>190</t>
+        </is>
+      </c>
+      <c r="L347" s="3" t="inlineStr">
+        <is>
+          <t>1,380,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
+      <c r="A348" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B348" s="4" t="inlineStr">
+        <is>
+          <t>109허7523</t>
+        </is>
+      </c>
+      <c r="C348" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D348" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인3, 현대스마트센스, 인포테인먼
+트 내비1</t>
+        </is>
+      </c>
+      <c r="E348" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F347" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I348" s="3"/>
+      <c r="F348" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G348" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H348" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I348" s="3" t="inlineStr">
+        <is>
+          <t>36,600KM</t>
+        </is>
+      </c>
       <c r="J348" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K348" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L348" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3"/>
       <c r="B349" s="4"/>
       <c r="C349" s="4"/>
       <c r="D349" s="4"/>
       <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3"/>
       <c r="I349" s="3"/>
       <c r="J349" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K349" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L349" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
-      <c r="A350" s="3" t="inlineStr">
+      <c r="A350" s="3"/>
+      <c r="B350" s="4"/>
+      <c r="C350" s="4"/>
+      <c r="D350" s="4"/>
+      <c r="E350" s="3"/>
+      <c r="F350" s="3"/>
+      <c r="G350" s="3"/>
+      <c r="H350" s="3"/>
+      <c r="I350" s="3"/>
+      <c r="J350" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K350" s="3" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L350" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
+      <c r="A351" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B350" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E350" s="3" t="inlineStr">
+      <c r="B351" s="4" t="inlineStr">
+        <is>
+          <t>142호5386</t>
+        </is>
+      </c>
+      <c r="C351" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 (MX5) 가솔린 2.5T 2WD 캘리그래피</t>
+        </is>
+      </c>
+      <c r="D351" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠2, BOSE프리미엄사운드시스템, 듀얼
+와이드선루프, 현대스마트센스, 파킹어시스트플러
+스2</t>
+        </is>
+      </c>
+      <c r="E351" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F350" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G350" s="3" t="inlineStr">
+      <c r="F351" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G351" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H350" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J350" s="3" t="inlineStr">
+      <c r="H351" s="3" t="inlineStr">
+        <is>
+          <t>24년06월</t>
+        </is>
+      </c>
+      <c r="I351" s="3" t="inlineStr">
+        <is>
+          <t>30,833KM</t>
+        </is>
+      </c>
+      <c r="J351" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K350" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K351" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L351" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="4"/>
       <c r="C352" s="4"/>
       <c r="D352" s="4"/>
       <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3"/>
       <c r="I352" s="3"/>
       <c r="J352" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K352" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L352" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B353" s="4" t="inlineStr">
         <is>
-          <t>109허7464</t>
+          <t>109허7702</t>
         </is>
       </c>
       <c r="C353" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 레이 프레스티지</t>
+          <t>더 뉴 K5 3세대 2.0 프레스티지</t>
         </is>
       </c>
       <c r="D353" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈1, 드라이브와이즈2, 내비게이션</t>
+          <t>클러스터, 드라이브와이즈, 스타일</t>
         </is>
       </c>
       <c r="E353" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F353" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G353" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H353" s="3" t="inlineStr">
         <is>
-          <t>24년09월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I353" s="3" t="inlineStr">
         <is>
-          <t>19,283KM</t>
+          <t>4,501KM</t>
         </is>
       </c>
       <c r="J353" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K353" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L353" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="3"/>
       <c r="B354" s="4"/>
       <c r="C354" s="4"/>
       <c r="D354" s="4"/>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3"/>
       <c r="I354" s="3"/>
       <c r="J354" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K354" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L354" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
-      <c r="A355" s="3" t="inlineStr">
+      <c r="A355" s="3"/>
+      <c r="B355" s="4"/>
+      <c r="C355" s="4"/>
+      <c r="D355" s="4"/>
+      <c r="E355" s="3"/>
+      <c r="F355" s="3"/>
+      <c r="G355" s="3"/>
+      <c r="H355" s="3"/>
+      <c r="I355" s="3"/>
+      <c r="J355" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K355" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L355" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
+      <c r="A356" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B355" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E355" s="3" t="inlineStr">
+      <c r="B356" s="4" t="inlineStr">
+        <is>
+          <t>142호5537</t>
+        </is>
+      </c>
+      <c r="C356" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 (GN7) 3.5 가솔린 2WD 프리미엄</t>
+        </is>
+      </c>
+      <c r="D356" s="4" t="inlineStr">
+        <is>
+          <t>전방충돌방지보조 12.3내비게이션</t>
+        </is>
+      </c>
+      <c r="E356" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F355" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G355" s="3" t="inlineStr">
+      <c r="F356" s="3" t="inlineStr">
+        <is>
+          <t>실버</t>
+        </is>
+      </c>
+      <c r="G356" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H355" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J355" s="3" t="inlineStr">
+      <c r="H356" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I356" s="3" t="inlineStr">
+        <is>
+          <t>19,300KM</t>
+        </is>
+      </c>
+      <c r="J356" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K355" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K356" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L356" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="3"/>
       <c r="B357" s="4"/>
       <c r="C357" s="4"/>
       <c r="D357" s="4"/>
       <c r="E357" s="3"/>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3"/>
       <c r="I357" s="3"/>
       <c r="J357" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K357" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L357" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B358" s="4" t="inlineStr">
         <is>
-          <t>109허7654</t>
+          <t>142호6927</t>
         </is>
       </c>
       <c r="C358" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>K8 3.5 가솔린 4WD 시그니처</t>
         </is>
       </c>
       <c r="D358" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>드라이브와이즈, HUD,메리디안사운드,프리미엄
+, 20인치휠,스마트커넥트,선루프</t>
         </is>
       </c>
       <c r="E358" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F358" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G358" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H358" s="3" t="inlineStr">
         <is>
-          <t>25년06월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I358" s="3" t="inlineStr">
         <is>
-          <t>4,431KM</t>
+          <t>34,500KM</t>
         </is>
       </c>
       <c r="J358" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K358" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L358" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>1,070,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="3"/>
       <c r="B359" s="4"/>
       <c r="C359" s="4"/>
       <c r="D359" s="4"/>
       <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3"/>
       <c r="I359" s="3"/>
       <c r="J359" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K359" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L359" s="3" t="inlineStr">
+        <is>
+          <t>1,020,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
+      <c r="A360" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B360" s="4" t="inlineStr">
+        <is>
+          <t>109허7684</t>
+        </is>
+      </c>
+      <c r="C360" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 노블레스</t>
+        </is>
+      </c>
+      <c r="D360" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E360" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F360" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G360" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H360" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I360" s="3" t="inlineStr">
+        <is>
+          <t>8,701KM</t>
+        </is>
+      </c>
+      <c r="J360" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K360" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L360" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
+      <c r="A361" s="3"/>
+      <c r="B361" s="4"/>
+      <c r="C361" s="4"/>
+      <c r="D361" s="4"/>
+      <c r="E361" s="3"/>
+      <c r="F361" s="3"/>
+      <c r="G361" s="3"/>
+      <c r="H361" s="3"/>
+      <c r="I361" s="3"/>
+      <c r="J361" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K359" s="3" t="inlineStr">
+      <c r="K361" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L359" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L361" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="3"/>
       <c r="B362" s="4"/>
       <c r="C362" s="4"/>
       <c r="D362" s="4"/>
       <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3"/>
       <c r="I362" s="3"/>
       <c r="J362" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K362" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L362" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
+      <c r="A363" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B363" s="4" t="inlineStr">
+        <is>
+          <t>109허7654</t>
+        </is>
+      </c>
+      <c r="C363" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D363" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E363" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F363" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G363" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H363" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I363" s="3" t="inlineStr">
+        <is>
+          <t>5,052KM</t>
+        </is>
+      </c>
+      <c r="J363" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K363" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L363" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="3"/>
+      <c r="B364" s="4"/>
+      <c r="C364" s="4"/>
+      <c r="D364" s="4"/>
+      <c r="E364" s="3"/>
+      <c r="F364" s="3"/>
+      <c r="G364" s="3"/>
+      <c r="H364" s="3"/>
+      <c r="I364" s="3"/>
+      <c r="J364" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K362" s="3" t="inlineStr">
+      <c r="K364" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L362" s="3" t="inlineStr">
+      <c r="L364" s="3" t="inlineStr">
         <is>
           <t>550,000</t>
-        </is>
-[...87 lines deleted...]
-          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="3"/>
       <c r="B365" s="4"/>
       <c r="C365" s="4"/>
       <c r="D365" s="4"/>
       <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3"/>
       <c r="I365" s="3"/>
       <c r="J365" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K365" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L365" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B366" s="4" t="inlineStr">
+        <is>
+          <t>109하7740</t>
+        </is>
+      </c>
+      <c r="C366" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D366" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E366" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F366" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G366" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H366" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I366" s="3" t="inlineStr">
+        <is>
+          <t>7,921KM</t>
+        </is>
+      </c>
+      <c r="J366" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K366" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L366" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="3"/>
+      <c r="B367" s="4"/>
+      <c r="C367" s="4"/>
+      <c r="D367" s="4"/>
+      <c r="E367" s="3"/>
+      <c r="F367" s="3"/>
+      <c r="G367" s="3"/>
+      <c r="H367" s="3"/>
+      <c r="I367" s="3"/>
+      <c r="J367" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K365" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K367" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L367" s="3" t="inlineStr">
         <is>
-          <t>1,420,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3"/>
       <c r="B368" s="4"/>
       <c r="C368" s="4"/>
       <c r="D368" s="4"/>
       <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3"/>
       <c r="I368" s="3"/>
       <c r="J368" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K368" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L368" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B369" s="4" t="inlineStr">
         <is>
-          <t>109허7720</t>
+          <t>109하7603</t>
         </is>
       </c>
       <c r="C369" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 셀토스 가솔린 2.0 2WD 트렌디</t>
+          <t>더 뉴 스포티지 5세대 하이브리드 HEV 1.6 2WD
+ 노블레스</t>
         </is>
       </c>
       <c r="D369" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>기본형-컴포트, 드라이브와이즈, 스타일</t>
         </is>
       </c>
       <c r="E369" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F369" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>화이트펄</t>
         </is>
       </c>
       <c r="G369" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H369" s="3" t="inlineStr">
         <is>
-          <t>25년08월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I369" s="3" t="inlineStr">
         <is>
-          <t>4,800KM</t>
+          <t>9,168KM</t>
         </is>
       </c>
       <c r="J369" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K369" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L369" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="3"/>
       <c r="B370" s="4"/>
       <c r="C370" s="4"/>
       <c r="D370" s="4"/>
       <c r="E370" s="3"/>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3"/>
       <c r="I370" s="3"/>
       <c r="J370" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K370" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L370" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="3"/>
       <c r="B371" s="4"/>
       <c r="C371" s="4"/>
       <c r="D371" s="4"/>
       <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3"/>
       <c r="I371" s="3"/>
       <c r="J371" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K371" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L371" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B372" s="4" t="inlineStr">
         <is>
-          <t>109하7638</t>
+          <t>700호2224</t>
         </is>
       </c>
       <c r="C372" s="4" t="inlineStr">
         <is>
-          <t>더 뉴기아 레이 프레스티지</t>
+          <t>스타리아 투어러 11인승 스마트</t>
         </is>
       </c>
       <c r="D372" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈1, 드라이브와이즈2, 내
-비게이션</t>
+          <t>멀티미디어내비플러스1</t>
         </is>
       </c>
       <c r="E372" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F372" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G372" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H372" s="3" t="inlineStr">
         <is>
-          <t>25년02월</t>
+          <t>25년09월</t>
         </is>
       </c>
       <c r="I372" s="3" t="inlineStr">
         <is>
-          <t>8,765KM</t>
+          <t>1,599KM</t>
         </is>
       </c>
       <c r="J372" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K372" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L372" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="3"/>
       <c r="B373" s="4"/>
       <c r="C373" s="4"/>
       <c r="D373" s="4"/>
       <c r="E373" s="3"/>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3"/>
       <c r="I373" s="3"/>
       <c r="J373" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K373" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L373" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
-      <c r="A374" s="3" t="inlineStr">
+      <c r="A374" s="3"/>
+      <c r="B374" s="4"/>
+      <c r="C374" s="4"/>
+      <c r="D374" s="4"/>
+      <c r="E374" s="3"/>
+      <c r="F374" s="3"/>
+      <c r="G374" s="3"/>
+      <c r="H374" s="3"/>
+      <c r="I374" s="3"/>
+      <c r="J374" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K374" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L374" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B374" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E374" s="3" t="inlineStr">
+      <c r="B375" s="4" t="inlineStr">
+        <is>
+          <t>700호2225</t>
+        </is>
+      </c>
+      <c r="C375" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 11인승 스마트</t>
+        </is>
+      </c>
+      <c r="D375" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1</t>
+        </is>
+      </c>
+      <c r="E375" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F374" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J374" s="3" t="inlineStr">
+      <c r="F375" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G375" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H375" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I375" s="3" t="inlineStr">
+        <is>
+          <t>561KM</t>
+        </is>
+      </c>
+      <c r="J375" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K374" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J375" s="3" t="inlineStr">
+      <c r="K375" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L375" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="3"/>
+      <c r="B376" s="4"/>
+      <c r="C376" s="4"/>
+      <c r="D376" s="4"/>
+      <c r="E376" s="3"/>
+      <c r="F376" s="3"/>
+      <c r="G376" s="3"/>
+      <c r="H376" s="3"/>
+      <c r="I376" s="3"/>
+      <c r="J376" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K375" s="3" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="K376" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L376" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3"/>
       <c r="B377" s="4"/>
       <c r="C377" s="4"/>
       <c r="D377" s="4"/>
       <c r="E377" s="3"/>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3"/>
       <c r="I377" s="3"/>
       <c r="J377" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K377" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L377" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B378" s="4" t="inlineStr">
         <is>
-          <t>109허7437</t>
+          <t>142호6477</t>
         </is>
       </c>
       <c r="C378" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+          <t>스타리아 투어러 9인승 모던</t>
         </is>
       </c>
       <c r="D378" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈</t>
+          <t>익스테리어디자인, 멀티미디어내비플러스2</t>
         </is>
       </c>
       <c r="E378" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F378" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G378" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H378" s="3" t="inlineStr">
         <is>
-          <t>24년08월</t>
+          <t>24년12월</t>
         </is>
       </c>
       <c r="I378" s="3" t="inlineStr">
         <is>
-          <t>33,953KM</t>
+          <t>13,827KM</t>
         </is>
       </c>
       <c r="J378" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K378" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L378" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="3"/>
       <c r="B379" s="4"/>
       <c r="C379" s="4"/>
       <c r="D379" s="4"/>
       <c r="E379" s="3"/>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
       <c r="H379" s="3"/>
       <c r="I379" s="3"/>
       <c r="J379" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K379" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L379" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
-      <c r="A380" s="3" t="inlineStr">
+      <c r="A380" s="3"/>
+      <c r="B380" s="4"/>
+      <c r="C380" s="4"/>
+      <c r="D380" s="4"/>
+      <c r="E380" s="3"/>
+      <c r="F380" s="3"/>
+      <c r="G380" s="3"/>
+      <c r="H380" s="3"/>
+      <c r="I380" s="3"/>
+      <c r="J380" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K380" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L380" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
+      <c r="A381" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B380" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E380" s="3" t="inlineStr">
+      <c r="B381" s="4" t="inlineStr">
+        <is>
+          <t>109하7611</t>
+        </is>
+      </c>
+      <c r="C381" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D381" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E381" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F380" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G380" s="3" t="inlineStr">
+      <c r="F381" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G381" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H380" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J380" s="3" t="inlineStr">
+      <c r="H381" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I381" s="3" t="inlineStr">
+        <is>
+          <t>12,048KM</t>
+        </is>
+      </c>
+      <c r="J381" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K380" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J381" s="3" t="inlineStr">
+      <c r="K381" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L381" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
+      <c r="A382" s="3"/>
+      <c r="B382" s="4"/>
+      <c r="C382" s="4"/>
+      <c r="D382" s="4"/>
+      <c r="E382" s="3"/>
+      <c r="F382" s="3"/>
+      <c r="G382" s="3"/>
+      <c r="H382" s="3"/>
+      <c r="I382" s="3"/>
+      <c r="J382" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K381" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="K382" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L382" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="3"/>
       <c r="B383" s="4"/>
       <c r="C383" s="4"/>
       <c r="D383" s="4"/>
       <c r="E383" s="3"/>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
       <c r="H383" s="3"/>
       <c r="I383" s="3"/>
       <c r="J383" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K383" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L383" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B384" s="4" t="inlineStr">
         <is>
-          <t>142호3454</t>
+          <t>109허7711</t>
         </is>
       </c>
       <c r="C384" s="4" t="inlineStr">
         <is>
-          <t>더 뉴기아 레이 시그니처</t>
+          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
         </is>
       </c>
       <c r="D384" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈2, 내비게이션</t>
+          <t>BOSE프리미엄사운드, 컴포트2</t>
         </is>
       </c>
       <c r="E384" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F384" s="3" t="inlineStr">
         <is>
-          <t>클리어화이트</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G384" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H384" s="3" t="inlineStr">
         <is>
-          <t>24년02월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I384" s="3" t="inlineStr">
         <is>
-          <t>32,500KM</t>
+          <t>3,229KM</t>
         </is>
       </c>
       <c r="J384" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K384" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L384" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="3"/>
       <c r="B385" s="4"/>
       <c r="C385" s="4"/>
       <c r="D385" s="4"/>
       <c r="E385" s="3"/>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
       <c r="H385" s="3"/>
       <c r="I385" s="3"/>
       <c r="J385" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K385" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L385" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
-      <c r="A386" s="3" t="inlineStr">
+      <c r="A386" s="3"/>
+      <c r="B386" s="4"/>
+      <c r="C386" s="4"/>
+      <c r="D386" s="4"/>
+      <c r="E386" s="3"/>
+      <c r="F386" s="3"/>
+      <c r="G386" s="3"/>
+      <c r="H386" s="3"/>
+      <c r="I386" s="3"/>
+      <c r="J386" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K386" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L386" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
+      <c r="A387" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B386" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E386" s="3" t="inlineStr">
+      <c r="B387" s="4" t="inlineStr">
+        <is>
+          <t>142호6917</t>
+        </is>
+      </c>
+      <c r="C387" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 프레스
+티지</t>
+        </is>
+      </c>
+      <c r="D387" s="4" t="inlineStr">
+        <is>
+          <t>시트플러스</t>
+        </is>
+      </c>
+      <c r="E387" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F386" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I387" s="3"/>
+      <c r="F387" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G387" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H387" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I387" s="3" t="inlineStr">
+        <is>
+          <t>15,900KM</t>
+        </is>
+      </c>
       <c r="J387" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K387" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L387" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="3"/>
       <c r="B388" s="4"/>
       <c r="C388" s="4"/>
       <c r="D388" s="4"/>
       <c r="E388" s="3"/>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3"/>
       <c r="I388" s="3"/>
       <c r="J388" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K388" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L388" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B389" s="4" t="inlineStr">
         <is>
-          <t>700호2225</t>
+          <t>109하7516</t>
         </is>
       </c>
       <c r="C389" s="4" t="inlineStr">
         <is>
-          <t>스타리아 투어러 11인승 스마트</t>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
         </is>
       </c>
       <c r="D389" s="4" t="inlineStr">
         <is>
-          <t>멀티미디어내비플러스1</t>
+          <t>드라이브와이즈, 기본형-컨비니언스, 내비게이션</t>
         </is>
       </c>
       <c r="E389" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F389" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>미색</t>
         </is>
       </c>
       <c r="G389" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H389" s="3" t="inlineStr">
         <is>
-          <t>25년09월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I389" s="3" t="inlineStr">
         <is>
-          <t>561KM</t>
+          <t>18,536KM</t>
         </is>
       </c>
       <c r="J389" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K389" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L389" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="3"/>
       <c r="B390" s="4"/>
       <c r="C390" s="4"/>
       <c r="D390" s="4"/>
       <c r="E390" s="3"/>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3"/>
       <c r="I390" s="3"/>
       <c r="J390" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K390" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L390" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="3"/>
       <c r="B391" s="4"/>
       <c r="C391" s="4"/>
       <c r="D391" s="4"/>
       <c r="E391" s="3"/>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
       <c r="H391" s="3"/>
       <c r="I391" s="3"/>
       <c r="J391" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K391" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L391" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B392" s="4" t="inlineStr">
         <is>
-          <t>142호6477</t>
+          <t>142호9472</t>
         </is>
       </c>
       <c r="C392" s="4" t="inlineStr">
         <is>
-          <t>스타리아 투어러 9인승 모던</t>
+          <t>Q5(3세대) 40 TFSI quattro 어드밴스드</t>
         </is>
       </c>
       <c r="D392" s="4" t="inlineStr">
         <is>
-          <t>익스테리어디자인, 멀티미디어내비플러스2</t>
+          <t>앞좌석이중접합유리 스포츠시트 앞좌석통풍 전좌석
+열선시트</t>
         </is>
       </c>
       <c r="E392" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F392" s="3" t="inlineStr">
         <is>
-          <t>블랙</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G392" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H392" s="3" t="inlineStr">
         <is>
-          <t>24년12월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I392" s="3" t="inlineStr">
         <is>
-          <t>13,827KM</t>
+          <t>600KM</t>
         </is>
       </c>
       <c r="J392" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K392" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L392" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>1,490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="3"/>
       <c r="B393" s="4"/>
       <c r="C393" s="4"/>
       <c r="D393" s="4"/>
       <c r="E393" s="3"/>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
       <c r="H393" s="3"/>
       <c r="I393" s="3"/>
       <c r="J393" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K393" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L393" s="3" t="inlineStr">
+        <is>
+          <t>1,390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B394" s="4" t="inlineStr">
+        <is>
+          <t>125하2932</t>
+        </is>
+      </c>
+      <c r="C394" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 GDI 노블레스</t>
+        </is>
+      </c>
+      <c r="D394" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠-드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E394" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F394" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G394" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H394" s="3" t="inlineStr">
+        <is>
+          <t>24년04월</t>
+        </is>
+      </c>
+      <c r="I394" s="3" t="inlineStr">
+        <is>
+          <t>29,200KM</t>
+        </is>
+      </c>
+      <c r="J394" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K394" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L394" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="3"/>
+      <c r="B395" s="4"/>
+      <c r="C395" s="4"/>
+      <c r="D395" s="4"/>
+      <c r="E395" s="3"/>
+      <c r="F395" s="3"/>
+      <c r="G395" s="3"/>
+      <c r="H395" s="3"/>
+      <c r="I395" s="3"/>
+      <c r="J395" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K393" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J394" s="3" t="inlineStr">
+      <c r="K395" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L395" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B396" s="4" t="inlineStr">
+        <is>
+          <t>142호9406</t>
+        </is>
+      </c>
+      <c r="C396" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 1.6 가솔린 터보 시그니처</t>
+        </is>
+      </c>
+      <c r="D396" s="4" t="inlineStr">
+        <is>
+          <t>HUD+빌트인캠2, 스타일-컴포트, 선루프, 
+스타일, 크렐사운드</t>
+        </is>
+      </c>
+      <c r="E396" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F396" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G396" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H396" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I396" s="3" t="inlineStr">
+        <is>
+          <t>8,900KM</t>
+        </is>
+      </c>
+      <c r="J396" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K396" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L396" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="3"/>
+      <c r="B397" s="4"/>
+      <c r="C397" s="4"/>
+      <c r="D397" s="4"/>
+      <c r="E397" s="3"/>
+      <c r="F397" s="3"/>
+      <c r="G397" s="3"/>
+      <c r="H397" s="3"/>
+      <c r="I397" s="3"/>
+      <c r="J397" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K394" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A395" s="3" t="inlineStr">
+      <c r="K397" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L397" s="3" t="inlineStr">
+        <is>
+          <t>820,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B395" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E395" s="3" t="inlineStr">
+      <c r="B398" s="4" t="inlineStr">
+        <is>
+          <t>109하7784</t>
+        </is>
+      </c>
+      <c r="C398" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5 하이브리드(DL3) 프레스티지</t>
+        </is>
+      </c>
+      <c r="D398" s="4" t="inlineStr">
+        <is>
+          <t>기본형-클러스터, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E398" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F395" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J395" s="3" t="inlineStr">
+      <c r="F398" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G398" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H398" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I398" s="3" t="inlineStr">
+        <is>
+          <t>5,355KM</t>
+        </is>
+      </c>
+      <c r="J398" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K395" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L395" s="3" t="inlineStr">
+      <c r="K398" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L398" s="3" t="inlineStr">
+        <is>
+          <t>710,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="3"/>
+      <c r="B399" s="4"/>
+      <c r="C399" s="4"/>
+      <c r="D399" s="4"/>
+      <c r="E399" s="3"/>
+      <c r="F399" s="3"/>
+      <c r="G399" s="3"/>
+      <c r="H399" s="3"/>
+      <c r="I399" s="3"/>
+      <c r="J399" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K399" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L399" s="3" t="inlineStr">
         <is>
           <t>670,000</t>
-        </is>
-[...174 lines deleted...]
-          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="3"/>
       <c r="B400" s="4"/>
       <c r="C400" s="4"/>
       <c r="D400" s="4"/>
       <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3"/>
       <c r="I400" s="3"/>
       <c r="J400" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K400" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L400" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B401" s="4" t="inlineStr">
+        <is>
+          <t>109허7568</t>
+        </is>
+      </c>
+      <c r="C401" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D401" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 컴포트, 기본형-클러스터</t>
+        </is>
+      </c>
+      <c r="E401" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F401" s="3" t="inlineStr">
+        <is>
+          <t>인터그레이</t>
+        </is>
+      </c>
+      <c r="G401" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H401" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I401" s="3" t="inlineStr">
+        <is>
+          <t>11,489KM</t>
+        </is>
+      </c>
+      <c r="J401" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K401" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L401" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="3"/>
+      <c r="B402" s="4"/>
+      <c r="C402" s="4"/>
+      <c r="D402" s="4"/>
+      <c r="E402" s="3"/>
+      <c r="F402" s="3"/>
+      <c r="G402" s="3"/>
+      <c r="H402" s="3"/>
+      <c r="I402" s="3"/>
+      <c r="J402" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K400" s="3" t="inlineStr">
+      <c r="K402" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
-      <c r="L400" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L402" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="3"/>
       <c r="B403" s="4"/>
       <c r="C403" s="4"/>
       <c r="D403" s="4"/>
       <c r="E403" s="3"/>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3"/>
       <c r="I403" s="3"/>
       <c r="J403" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K403" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L403" s="3" t="inlineStr">
+        <is>
+          <t>540,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B404" s="4" t="inlineStr">
+        <is>
+          <t>109호7100</t>
+        </is>
+      </c>
+      <c r="C404" s="4" t="inlineStr">
+        <is>
+          <t>신형 K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D404" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E404" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F404" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G404" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H404" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I404" s="3" t="inlineStr">
+        <is>
+          <t>76,478KM</t>
+        </is>
+      </c>
+      <c r="J404" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K404" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L404" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="3"/>
+      <c r="B405" s="4"/>
+      <c r="C405" s="4"/>
+      <c r="D405" s="4"/>
+      <c r="E405" s="3"/>
+      <c r="F405" s="3"/>
+      <c r="G405" s="3"/>
+      <c r="H405" s="3"/>
+      <c r="I405" s="3"/>
+      <c r="J405" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K403" s="3" t="inlineStr">
-[...30 lines deleted...]
-      <c r="L404" s="3" t="inlineStr">
+      <c r="K405" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L405" s="3" t="inlineStr">
         <is>
           <t>520,000</t>
-        </is>
-[...62 lines deleted...]
-          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="3"/>
       <c r="B406" s="4"/>
       <c r="C406" s="4"/>
       <c r="D406" s="4"/>
       <c r="E406" s="3"/>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
       <c r="H406" s="3"/>
       <c r="I406" s="3"/>
       <c r="J406" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K406" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L406" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B407" s="4" t="inlineStr">
+        <is>
+          <t>109하7518</t>
+        </is>
+      </c>
+      <c r="C407" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D407" s="4" t="inlineStr">
+        <is>
+          <t>기본형-클러스터, 컴포트, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E407" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F407" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G407" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H407" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I407" s="3" t="inlineStr">
+        <is>
+          <t>17,891KM</t>
+        </is>
+      </c>
+      <c r="J407" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K407" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L407" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="3"/>
+      <c r="B408" s="4"/>
+      <c r="C408" s="4"/>
+      <c r="D408" s="4"/>
+      <c r="E408" s="3"/>
+      <c r="F408" s="3"/>
+      <c r="G408" s="3"/>
+      <c r="H408" s="3"/>
+      <c r="I408" s="3"/>
+      <c r="J408" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K406" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K408" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L408" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="3"/>
       <c r="B409" s="4"/>
       <c r="C409" s="4"/>
       <c r="D409" s="4"/>
       <c r="E409" s="3"/>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3"/>
       <c r="I409" s="3"/>
       <c r="J409" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K409" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L409" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
-      <c r="A410" s="3"/>
-[...7 lines deleted...]
-      <c r="I410" s="3"/>
+      <c r="A410" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B410" s="4" t="inlineStr">
+        <is>
+          <t>154호2373</t>
+        </is>
+      </c>
+      <c r="C410" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D410" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E410" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F410" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G410" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H410" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I410" s="3" t="inlineStr">
+        <is>
+          <t>6,030KM</t>
+        </is>
+      </c>
       <c r="J410" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K410" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L410" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
-      <c r="A411" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A411" s="3"/>
+      <c r="B411" s="4"/>
+      <c r="C411" s="4"/>
+      <c r="D411" s="4"/>
+      <c r="E411" s="3"/>
+      <c r="F411" s="3"/>
+      <c r="G411" s="3"/>
+      <c r="H411" s="3"/>
+      <c r="I411" s="3"/>
       <c r="J411" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K411" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L411" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="3"/>
       <c r="B412" s="4"/>
       <c r="C412" s="4"/>
       <c r="D412" s="4"/>
       <c r="E412" s="3"/>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
       <c r="H412" s="3"/>
       <c r="I412" s="3"/>
       <c r="J412" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K412" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L412" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="3"/>
       <c r="B413" s="4"/>
       <c r="C413" s="4"/>
       <c r="D413" s="4"/>
       <c r="E413" s="3"/>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
       <c r="H413" s="3"/>
       <c r="I413" s="3"/>
       <c r="J413" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K413" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L413" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="3"/>
       <c r="B414" s="4"/>
       <c r="C414" s="4"/>
       <c r="D414" s="4"/>
       <c r="E414" s="3"/>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
       <c r="H414" s="3"/>
       <c r="I414" s="3"/>
       <c r="J414" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K414" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L414" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
-      <c r="A415" s="3"/>
-[...7 lines deleted...]
-      <c r="I415" s="3"/>
+      <c r="A415" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B415" s="4" t="inlineStr">
+        <is>
+          <t>109호7664</t>
+        </is>
+      </c>
+      <c r="C415" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D415" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E415" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F415" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G415" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H415" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I415" s="3" t="inlineStr">
+        <is>
+          <t>2,136KM</t>
+        </is>
+      </c>
       <c r="J415" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K415" s="3" t="inlineStr">
         <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L415" s="3" t="inlineStr">
+        <is>
+          <t>530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
+      <c r="A416" s="3"/>
+      <c r="B416" s="4"/>
+      <c r="C416" s="4"/>
+      <c r="D416" s="4"/>
+      <c r="E416" s="3"/>
+      <c r="F416" s="3"/>
+      <c r="G416" s="3"/>
+      <c r="H416" s="3"/>
+      <c r="I416" s="3"/>
+      <c r="J416" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K416" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L415" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L416" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="3"/>
       <c r="B417" s="4"/>
       <c r="C417" s="4"/>
       <c r="D417" s="4"/>
       <c r="E417" s="3"/>
       <c r="F417" s="3"/>
       <c r="G417" s="3"/>
       <c r="H417" s="3"/>
       <c r="I417" s="3"/>
       <c r="J417" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K417" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L417" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="3"/>
       <c r="B418" s="4"/>
       <c r="C418" s="4"/>
       <c r="D418" s="4"/>
       <c r="E418" s="3"/>
       <c r="F418" s="3"/>
       <c r="G418" s="3"/>
       <c r="H418" s="3"/>
       <c r="I418" s="3"/>
       <c r="J418" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K418" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L418" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="3"/>
       <c r="B419" s="4"/>
       <c r="C419" s="4"/>
       <c r="D419" s="4"/>
       <c r="E419" s="3"/>
       <c r="F419" s="3"/>
       <c r="G419" s="3"/>
       <c r="H419" s="3"/>
       <c r="I419" s="3"/>
       <c r="J419" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K419" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L419" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B420" s="4" t="inlineStr">
         <is>
-          <t>109호7361</t>
+          <t>109호7668</t>
         </is>
       </c>
       <c r="C420" s="4" t="inlineStr">
         <is>
-          <t>XM3 1.6 GTe RE+</t>
+          <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
         </is>
       </c>
       <c r="D420" s="4" t="inlineStr">
         <is>
-          <t>시그니처 패키지1</t>
+          <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
         </is>
       </c>
       <c r="E420" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F420" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G420" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H420" s="3" t="inlineStr">
         <is>
-          <t>24년06월</t>
+          <t>25년09월</t>
         </is>
       </c>
       <c r="I420" s="3" t="inlineStr">
         <is>
-          <t>18,686KM</t>
+          <t>967KM</t>
         </is>
       </c>
       <c r="J420" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K420" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L420" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="3"/>
       <c r="B421" s="4"/>
       <c r="C421" s="4"/>
       <c r="D421" s="4"/>
       <c r="E421" s="3"/>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
       <c r="H421" s="3"/>
       <c r="I421" s="3"/>
       <c r="J421" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K421" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L421" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="3"/>
       <c r="B422" s="4"/>
       <c r="C422" s="4"/>
       <c r="D422" s="4"/>
       <c r="E422" s="3"/>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
       <c r="H422" s="3"/>
       <c r="I422" s="3"/>
       <c r="J422" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K422" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L422" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
+      <c r="A423" s="3"/>
+      <c r="B423" s="4"/>
+      <c r="C423" s="4"/>
+      <c r="D423" s="4"/>
+      <c r="E423" s="3"/>
+      <c r="F423" s="3"/>
+      <c r="G423" s="3"/>
+      <c r="H423" s="3"/>
+      <c r="I423" s="3"/>
+      <c r="J423" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K422" s="3" t="inlineStr">
+      <c r="K423" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L422" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L423" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="3"/>
       <c r="B424" s="4"/>
       <c r="C424" s="4"/>
       <c r="D424" s="4"/>
       <c r="E424" s="3"/>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
       <c r="H424" s="3"/>
       <c r="I424" s="3"/>
       <c r="J424" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K424" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L424" s="3" t="inlineStr">
+        <is>
+          <t>460,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
+      <c r="A425" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B425" s="4" t="inlineStr">
+        <is>
+          <t>109호7214</t>
+        </is>
+      </c>
+      <c r="C425" s="4" t="inlineStr">
+        <is>
+          <t>XM3 1.6 GTe RE+</t>
+        </is>
+      </c>
+      <c r="D425" s="4" t="inlineStr">
+        <is>
+          <t>시그니처 패키지1</t>
+        </is>
+      </c>
+      <c r="E425" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F425" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G425" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H425" s="3" t="inlineStr">
+        <is>
+          <t>23년08월</t>
+        </is>
+      </c>
+      <c r="I425" s="3" t="inlineStr">
+        <is>
+          <t>34,346KM</t>
+        </is>
+      </c>
+      <c r="J425" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K425" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L425" s="3" t="inlineStr">
+        <is>
+          <t>570,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="3"/>
+      <c r="B426" s="4"/>
+      <c r="C426" s="4"/>
+      <c r="D426" s="4"/>
+      <c r="E426" s="3"/>
+      <c r="F426" s="3"/>
+      <c r="G426" s="3"/>
+      <c r="H426" s="3"/>
+      <c r="I426" s="3"/>
+      <c r="J426" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K424" s="3" t="inlineStr">
+      <c r="K426" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L424" s="3" t="inlineStr">
+      <c r="L426" s="3" t="inlineStr">
         <is>
           <t>550,000</t>
-        </is>
-[...86 lines deleted...]
-          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3"/>
       <c r="B427" s="4"/>
       <c r="C427" s="4"/>
       <c r="D427" s="4"/>
       <c r="E427" s="3"/>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
       <c r="H427" s="3"/>
       <c r="I427" s="3"/>
       <c r="J427" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K427" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L427" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3"/>
       <c r="B428" s="4"/>
       <c r="C428" s="4"/>
       <c r="D428" s="4"/>
       <c r="E428" s="3"/>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
       <c r="H428" s="3"/>
       <c r="I428" s="3"/>
       <c r="J428" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K428" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L428" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B429" s="4" t="inlineStr">
         <is>
-          <t>109하6939</t>
+          <t>109호7361</t>
         </is>
       </c>
       <c r="C429" s="4" t="inlineStr">
         <is>
-          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+          <t>XM3 1.6 GTe RE+</t>
         </is>
       </c>
       <c r="D429" s="4" t="inlineStr">
         <is>
-          <t>하이테크(디지털키미적용), 12.3인치 내비게
-이션, 컨비니언스</t>
+          <t>시그니처 패키지1</t>
         </is>
       </c>
       <c r="E429" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H429" s="3" t="inlineStr">
         <is>
-          <t>22년04월</t>
+          <t>24년06월</t>
         </is>
       </c>
       <c r="I429" s="3" t="inlineStr">
         <is>
-          <t>45,320KM</t>
+          <t>18,686KM</t>
         </is>
       </c>
       <c r="J429" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K429" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L429" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3"/>
       <c r="B430" s="4"/>
       <c r="C430" s="4"/>
       <c r="D430" s="4"/>
       <c r="E430" s="3"/>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
       <c r="H430" s="3"/>
       <c r="I430" s="3"/>
       <c r="J430" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K430" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L430" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3"/>
       <c r="B431" s="4"/>
       <c r="C431" s="4"/>
       <c r="D431" s="4"/>
       <c r="E431" s="3"/>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
       <c r="H431" s="3"/>
       <c r="I431" s="3"/>
       <c r="J431" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K431" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L431" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B432" s="4" t="inlineStr">
         <is>
-          <t>109호7098</t>
+          <t>109허7064</t>
         </is>
       </c>
       <c r="C432" s="4" t="inlineStr">
         <is>
-          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+          <t>K5 DL3 2.0 LPI 트랜디</t>
         </is>
       </c>
       <c r="D432" s="4" t="inlineStr">
         <is>
-          <t>하이테크(디지털키미적용), 12.3인치 내비게
-이션, 컨비니언스</t>
+          <t>UVO 내비게이션</t>
         </is>
       </c>
       <c r="E432" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F432" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G432" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H432" s="3" t="inlineStr">
         <is>
-          <t>22년10월</t>
+          <t>22년08월</t>
         </is>
       </c>
       <c r="I432" s="3" t="inlineStr">
         <is>
-          <t>48,500KM</t>
+          <t>61,300KM</t>
         </is>
       </c>
       <c r="J432" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K432" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="L432" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3"/>
       <c r="B433" s="4"/>
       <c r="C433" s="4"/>
       <c r="D433" s="4"/>
       <c r="E433" s="3"/>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
       <c r="H433" s="3"/>
       <c r="I433" s="3"/>
       <c r="J433" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K433" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L433" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="3"/>
       <c r="B434" s="4"/>
       <c r="C434" s="4"/>
       <c r="D434" s="4"/>
       <c r="E434" s="3"/>
       <c r="F434" s="3"/>
       <c r="G434" s="3"/>
       <c r="H434" s="3"/>
       <c r="I434" s="3"/>
       <c r="J434" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K434" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L434" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B435" s="4" t="inlineStr">
         <is>
-          <t>01호2313</t>
+          <t>109하6939</t>
         </is>
       </c>
       <c r="C435" s="4" t="inlineStr">
         <is>
-          <t>레이 가솔린 1.0 트랜디</t>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
         </is>
       </c>
       <c r="D435" s="4" t="inlineStr">
         <is>
-          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
-동팩</t>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
         </is>
       </c>
       <c r="E435" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F435" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G435" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H435" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>22년04월</t>
         </is>
       </c>
       <c r="I435" s="3" t="inlineStr">
         <is>
-          <t>1,457KM</t>
+          <t>45,320KM</t>
         </is>
       </c>
       <c r="J435" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K435" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="L435" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3"/>
       <c r="B436" s="4"/>
       <c r="C436" s="4"/>
       <c r="D436" s="4"/>
       <c r="E436" s="3"/>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
       <c r="H436" s="3"/>
       <c r="I436" s="3"/>
       <c r="J436" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K436" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L436" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3"/>
       <c r="B437" s="4"/>
       <c r="C437" s="4"/>
       <c r="D437" s="4"/>
       <c r="E437" s="3"/>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
       <c r="H437" s="3"/>
       <c r="I437" s="3"/>
       <c r="J437" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K437" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L437" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
-      <c r="A438" s="3"/>
-[...7 lines deleted...]
-      <c r="I438" s="3"/>
+      <c r="A438" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B438" s="4" t="inlineStr">
+        <is>
+          <t>109호7098</t>
+        </is>
+      </c>
+      <c r="C438" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+        </is>
+      </c>
+      <c r="D438" s="4" t="inlineStr">
+        <is>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E438" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F438" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G438" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H438" s="3" t="inlineStr">
+        <is>
+          <t>22년10월</t>
+        </is>
+      </c>
+      <c r="I438" s="3" t="inlineStr">
+        <is>
+          <t>48,500KM</t>
+        </is>
+      </c>
       <c r="J438" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K438" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L438" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="3"/>
       <c r="B439" s="4"/>
       <c r="C439" s="4"/>
       <c r="D439" s="4"/>
       <c r="E439" s="3"/>
       <c r="F439" s="3"/>
       <c r="G439" s="3"/>
       <c r="H439" s="3"/>
       <c r="I439" s="3"/>
       <c r="J439" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K439" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L439" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
-      <c r="A440" s="3" t="inlineStr">
+      <c r="A440" s="3"/>
+      <c r="B440" s="4"/>
+      <c r="C440" s="4"/>
+      <c r="D440" s="4"/>
+      <c r="E440" s="3"/>
+      <c r="F440" s="3"/>
+      <c r="G440" s="3"/>
+      <c r="H440" s="3"/>
+      <c r="I440" s="3"/>
+      <c r="J440" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K440" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L440" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
-      <c r="B440" s="4" t="inlineStr">
-[...88 lines deleted...]
-      <c r="C442" s="4" t="inlineStr">
+      <c r="B441" s="4" t="inlineStr">
+        <is>
+          <t>01호2313</t>
+        </is>
+      </c>
+      <c r="C441" s="4" t="inlineStr">
         <is>
           <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
-      <c r="D442" s="4" t="inlineStr">
+      <c r="D441" s="4" t="inlineStr">
         <is>
           <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
 동팩</t>
         </is>
       </c>
-      <c r="E442" s="3" t="inlineStr">
+      <c r="E441" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F442" s="3" t="inlineStr">
+      <c r="F441" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G442" s="3" t="inlineStr">
+      <c r="G441" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H442" s="3" t="inlineStr">
+      <c r="H441" s="3" t="inlineStr">
         <is>
           <t>25년10월</t>
         </is>
       </c>
-      <c r="I442" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="I441" s="3" t="inlineStr">
+        <is>
+          <t>1,457KM</t>
+        </is>
+      </c>
+      <c r="J441" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K441" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L441" s="3" t="inlineStr">
+        <is>
+          <t>480,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
+      <c r="A442" s="3"/>
+      <c r="B442" s="4"/>
+      <c r="C442" s="4"/>
+      <c r="D442" s="4"/>
+      <c r="E442" s="3"/>
+      <c r="F442" s="3"/>
+      <c r="G442" s="3"/>
+      <c r="H442" s="3"/>
+      <c r="I442" s="3"/>
       <c r="J442" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K442" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L442" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="3"/>
       <c r="B443" s="4"/>
       <c r="C443" s="4"/>
       <c r="D443" s="4"/>
       <c r="E443" s="3"/>
       <c r="F443" s="3"/>
       <c r="G443" s="3"/>
       <c r="H443" s="3"/>
       <c r="I443" s="3"/>
       <c r="J443" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K443" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L443" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3"/>
       <c r="B444" s="4"/>
       <c r="C444" s="4"/>
       <c r="D444" s="4"/>
       <c r="E444" s="3"/>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
       <c r="H444" s="3"/>
       <c r="I444" s="3"/>
       <c r="J444" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K444" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L444" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3"/>
       <c r="B445" s="4"/>
       <c r="C445" s="4"/>
       <c r="D445" s="4"/>
       <c r="E445" s="3"/>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3"/>
       <c r="I445" s="3"/>
       <c r="J445" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K445" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L445" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
-      <c r="A446" s="3"/>
-[...1 lines deleted...]
-      <c r="C446" s="4"/>
+      <c r="A446" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B446" s="4" t="inlineStr">
+        <is>
+          <t>01호8143</t>
+        </is>
+      </c>
+      <c r="C446" s="4" t="inlineStr">
+        <is>
+          <t>K7 3.0 LPI 트렌디</t>
+        </is>
+      </c>
       <c r="D446" s="4"/>
-      <c r="E446" s="3"/>
-[...3 lines deleted...]
-      <c r="I446" s="3"/>
+      <c r="E446" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F446" s="3" t="inlineStr">
+        <is>
+          <t>그래비티 블루</t>
+        </is>
+      </c>
+      <c r="G446" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H446" s="3" t="inlineStr">
+        <is>
+          <t>19년06월</t>
+        </is>
+      </c>
+      <c r="I446" s="3" t="inlineStr">
+        <is>
+          <t>96,087KM</t>
+        </is>
+      </c>
       <c r="J446" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K446" s="3" t="inlineStr">
         <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L446" s="3" t="inlineStr">
+        <is>
+          <t>710,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
+      <c r="A447" s="3"/>
+      <c r="B447" s="4"/>
+      <c r="C447" s="4"/>
+      <c r="D447" s="4"/>
+      <c r="E447" s="3"/>
+      <c r="F447" s="3"/>
+      <c r="G447" s="3"/>
+      <c r="H447" s="3"/>
+      <c r="I447" s="3"/>
+      <c r="J447" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K447" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L446" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A447" s="3" t="inlineStr">
+      <c r="L447" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
+      <c r="A448" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
-      <c r="B447" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E447" s="3" t="inlineStr">
+      <c r="B448" s="4" t="inlineStr">
+        <is>
+          <t>109호7669</t>
+        </is>
+      </c>
+      <c r="C448" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D448" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E448" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F447" s="3" t="inlineStr">
+      <c r="F448" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G447" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J447" s="3" t="inlineStr">
+      <c r="G448" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H448" s="3" t="inlineStr">
+        <is>
+          <t>25년10월</t>
+        </is>
+      </c>
+      <c r="I448" s="3" t="inlineStr">
+        <is>
+          <t>1,165KM</t>
+        </is>
+      </c>
+      <c r="J448" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K447" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K448" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L448" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3"/>
       <c r="B449" s="4"/>
       <c r="C449" s="4"/>
       <c r="D449" s="4"/>
       <c r="E449" s="3"/>
       <c r="F449" s="3"/>
       <c r="G449" s="3"/>
       <c r="H449" s="3"/>
       <c r="I449" s="3"/>
       <c r="J449" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K449" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L449" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
+      <c r="A450" s="3"/>
+      <c r="B450" s="4"/>
+      <c r="C450" s="4"/>
+      <c r="D450" s="4"/>
+      <c r="E450" s="3"/>
+      <c r="F450" s="3"/>
+      <c r="G450" s="3"/>
+      <c r="H450" s="3"/>
+      <c r="I450" s="3"/>
+      <c r="J450" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K449" s="3" t="inlineStr">
+      <c r="K450" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L449" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L450" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="3"/>
       <c r="B451" s="4"/>
       <c r="C451" s="4"/>
       <c r="D451" s="4"/>
       <c r="E451" s="3"/>
       <c r="F451" s="3"/>
       <c r="G451" s="3"/>
       <c r="H451" s="3"/>
       <c r="I451" s="3"/>
       <c r="J451" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K451" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L451" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="3"/>
       <c r="B452" s="4"/>
       <c r="C452" s="4"/>
       <c r="D452" s="4"/>
       <c r="E452" s="3"/>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3"/>
       <c r="I452" s="3"/>
       <c r="J452" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K452" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L452" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
-      <c r="A453" s="3"/>
-[...7 lines deleted...]
-      <c r="I453" s="3"/>
+      <c r="A453" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B453" s="4" t="inlineStr">
+        <is>
+          <t>109허7063</t>
+        </is>
+      </c>
+      <c r="C453" s="4" t="inlineStr">
+        <is>
+          <t>팰리세이드 디젤 2.2 2WD 익스클루시브 7인승</t>
+        </is>
+      </c>
+      <c r="D453" s="4" t="inlineStr">
+        <is>
+          <t>에센셜플러스</t>
+        </is>
+      </c>
+      <c r="E453" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F453" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G453" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H453" s="3" t="inlineStr">
+        <is>
+          <t>22년08월</t>
+        </is>
+      </c>
+      <c r="I453" s="3" t="inlineStr">
+        <is>
+          <t>61,652KM</t>
+        </is>
+      </c>
       <c r="J453" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K453" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L453" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3"/>
       <c r="B454" s="4"/>
       <c r="C454" s="4"/>
       <c r="D454" s="4"/>
       <c r="E454" s="3"/>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3"/>
       <c r="I454" s="3"/>
       <c r="J454" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K454" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L454" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
-      <c r="A455" s="3" t="inlineStr">
+      <c r="A455" s="3"/>
+      <c r="B455" s="4"/>
+      <c r="C455" s="4"/>
+      <c r="D455" s="4"/>
+      <c r="E455" s="3"/>
+      <c r="F455" s="3"/>
+      <c r="G455" s="3"/>
+      <c r="H455" s="3"/>
+      <c r="I455" s="3"/>
+      <c r="J455" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K455" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L455" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
+      <c r="A456" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
-      <c r="B455" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E455" s="3" t="inlineStr">
+      <c r="B456" s="4" t="inlineStr">
+        <is>
+          <t>01호2319</t>
+        </is>
+      </c>
+      <c r="C456" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D456" s="4" t="inlineStr">
+        <is>
+          <t>익스클루시브</t>
+        </is>
+      </c>
+      <c r="E456" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F455" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G455" s="3" t="inlineStr">
+      <c r="F456" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G456" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H455" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J455" s="3" t="inlineStr">
+      <c r="H456" s="3" t="inlineStr">
+        <is>
+          <t>24년01월</t>
+        </is>
+      </c>
+      <c r="I456" s="3" t="inlineStr">
+        <is>
+          <t>35,196KM</t>
+        </is>
+      </c>
+      <c r="J456" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K455" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K456" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L456" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3"/>
       <c r="B457" s="4"/>
       <c r="C457" s="4"/>
       <c r="D457" s="4"/>
       <c r="E457" s="3"/>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3"/>
       <c r="I457" s="3"/>
       <c r="J457" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K457" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L457" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="3"/>
       <c r="B458" s="4"/>
       <c r="C458" s="4"/>
       <c r="D458" s="4"/>
       <c r="E458" s="3"/>
       <c r="F458" s="3"/>
       <c r="G458" s="3"/>
       <c r="H458" s="3"/>
       <c r="I458" s="3"/>
       <c r="J458" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K458" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L458" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3"/>
       <c r="B459" s="4"/>
       <c r="C459" s="4"/>
       <c r="D459" s="4"/>
       <c r="E459" s="3"/>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3"/>
       <c r="I459" s="3"/>
       <c r="J459" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K459" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L459" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B460" s="4" t="inlineStr">
         <is>
-          <t>116허7585</t>
+          <t>109호7673</t>
         </is>
       </c>
       <c r="C460" s="4" t="inlineStr">
         <is>
-          <t>토레스 1.5T T7</t>
-[...2 lines deleted...]
-      <c r="D460" s="4"/>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D460" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
       <c r="E460" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H460" s="3" t="inlineStr">
         <is>
-          <t>24년03월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I460" s="3" t="inlineStr">
         <is>
-          <t>21,563KM</t>
+          <t>790KM</t>
         </is>
       </c>
       <c r="J460" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K460" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L460" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3"/>
       <c r="B461" s="4"/>
       <c r="C461" s="4"/>
       <c r="D461" s="4"/>
       <c r="E461" s="3"/>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3"/>
       <c r="I461" s="3"/>
       <c r="J461" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K461" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L461" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3"/>
       <c r="B462" s="4"/>
       <c r="C462" s="4"/>
       <c r="D462" s="4"/>
       <c r="E462" s="3"/>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3"/>
       <c r="I462" s="3"/>
       <c r="J462" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K462" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L462" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3"/>
       <c r="B463" s="4"/>
       <c r="C463" s="4"/>
       <c r="D463" s="4"/>
       <c r="E463" s="3"/>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3"/>
       <c r="I463" s="3"/>
       <c r="J463" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K463" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L463" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="3"/>
       <c r="B464" s="4"/>
       <c r="C464" s="4"/>
       <c r="D464" s="4"/>
       <c r="E464" s="3"/>
       <c r="F464" s="3"/>
       <c r="G464" s="3"/>
       <c r="H464" s="3"/>
       <c r="I464" s="3"/>
       <c r="J464" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K464" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L464" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B465" s="4" t="inlineStr">
         <is>
-          <t>116호6205</t>
+          <t>109호7685</t>
         </is>
       </c>
       <c r="C465" s="4" t="inlineStr">
         <is>
-          <t>스타리아 라운지 9인승 4WD 인스퍼레이션 (브라운시트
-)</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D465" s="4" t="inlineStr">
         <is>
-          <t>HTRAC,썬루프,보스사운드,컴포트</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E465" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F465" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G465" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H465" s="3" t="inlineStr">
         <is>
-          <t>25년02월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I465" s="3" t="inlineStr">
         <is>
-          <t>8,267KM</t>
+          <t>65KM</t>
         </is>
       </c>
       <c r="J465" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K465" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L465" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3"/>
       <c r="B466" s="4"/>
       <c r="C466" s="4"/>
       <c r="D466" s="4"/>
       <c r="E466" s="3"/>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3"/>
       <c r="I466" s="3"/>
       <c r="J466" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K466" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L466" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3"/>
       <c r="B467" s="4"/>
       <c r="C467" s="4"/>
       <c r="D467" s="4"/>
       <c r="E467" s="3"/>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3"/>
       <c r="I467" s="3"/>
       <c r="J467" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K467" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L467" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3"/>
       <c r="B468" s="4"/>
       <c r="C468" s="4"/>
       <c r="D468" s="4"/>
       <c r="E468" s="3"/>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3"/>
       <c r="I468" s="3"/>
       <c r="J468" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K468" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L468" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="3"/>
       <c r="B469" s="4"/>
       <c r="C469" s="4"/>
       <c r="D469" s="4"/>
       <c r="E469" s="3"/>
       <c r="F469" s="3"/>
       <c r="G469" s="3"/>
       <c r="H469" s="3"/>
       <c r="I469" s="3"/>
       <c r="J469" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K469" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L469" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>INMO</t>
         </is>
       </c>
       <c r="B470" s="4" t="inlineStr">
         <is>
-          <t>116허6326</t>
+          <t>109호7674</t>
         </is>
       </c>
       <c r="C470" s="4" t="inlineStr">
         <is>
-          <t>디올뉴 그랜저 2.5 프리미엄 (브라운시트)</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D470" s="4" t="inlineStr">
         <is>
-          <t>파노라마선루프</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E470" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F470" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G470" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H470" s="3" t="inlineStr">
         <is>
-          <t>23년04월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I470" s="3" t="inlineStr">
         <is>
-          <t>145,715KM</t>
+          <t>478KM</t>
         </is>
       </c>
       <c r="J470" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K470" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L470" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3"/>
       <c r="B471" s="4"/>
       <c r="C471" s="4"/>
       <c r="D471" s="4"/>
       <c r="E471" s="3"/>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3"/>
       <c r="I471" s="3"/>
       <c r="J471" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K471" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L471" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3"/>
       <c r="B472" s="4"/>
       <c r="C472" s="4"/>
       <c r="D472" s="4"/>
       <c r="E472" s="3"/>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3"/>
       <c r="I472" s="3"/>
       <c r="J472" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K472" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L472" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
-      <c r="A473" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A473" s="3"/>
+      <c r="B473" s="4"/>
+      <c r="C473" s="4"/>
+      <c r="D473" s="4"/>
+      <c r="E473" s="3"/>
+      <c r="F473" s="3"/>
+      <c r="G473" s="3"/>
+      <c r="H473" s="3"/>
+      <c r="I473" s="3"/>
       <c r="J473" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K473" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L473" s="3" t="inlineStr">
         <is>
-          <t>1,170,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="3"/>
       <c r="B474" s="4"/>
       <c r="C474" s="4"/>
       <c r="D474" s="4"/>
       <c r="E474" s="3"/>
       <c r="F474" s="3"/>
       <c r="G474" s="3"/>
       <c r="H474" s="3"/>
       <c r="I474" s="3"/>
       <c r="J474" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K474" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L474" s="3" t="inlineStr">
         <is>
-          <t>1,120,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
-      <c r="A475" s="3"/>
-[...7 lines deleted...]
-      <c r="I475" s="3"/>
+      <c r="A475" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B475" s="4" t="inlineStr">
+        <is>
+          <t>109호7686</t>
+        </is>
+      </c>
+      <c r="C475" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D475" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E475" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F475" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G475" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H475" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I475" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J475" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K475" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L475" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3"/>
       <c r="B476" s="4"/>
       <c r="C476" s="4"/>
       <c r="D476" s="4"/>
       <c r="E476" s="3"/>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3"/>
       <c r="I476" s="3"/>
       <c r="J476" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K476" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L476" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3"/>
       <c r="B477" s="4"/>
       <c r="C477" s="4"/>
       <c r="D477" s="4"/>
       <c r="E477" s="3"/>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3"/>
       <c r="I477" s="3"/>
       <c r="J477" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K477" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L477" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
-      <c r="A478" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A478" s="3"/>
+      <c r="B478" s="4"/>
+      <c r="C478" s="4"/>
+      <c r="D478" s="4"/>
+      <c r="E478" s="3"/>
+      <c r="F478" s="3"/>
+      <c r="G478" s="3"/>
+      <c r="H478" s="3"/>
+      <c r="I478" s="3"/>
       <c r="J478" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K478" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L478" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="3"/>
       <c r="B479" s="4"/>
       <c r="C479" s="4"/>
       <c r="D479" s="4"/>
       <c r="E479" s="3"/>
       <c r="F479" s="3"/>
       <c r="G479" s="3"/>
       <c r="H479" s="3"/>
       <c r="I479" s="3"/>
       <c r="J479" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K479" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L479" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
-      <c r="A480" s="3"/>
-[...7 lines deleted...]
-      <c r="I480" s="3"/>
+      <c r="A480" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B480" s="4" t="inlineStr">
+        <is>
+          <t>109호7687</t>
+        </is>
+      </c>
+      <c r="C480" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D480" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E480" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F480" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G480" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H480" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I480" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J480" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K480" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L480" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3"/>
       <c r="B481" s="4"/>
       <c r="C481" s="4"/>
       <c r="D481" s="4"/>
       <c r="E481" s="3"/>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3"/>
       <c r="I481" s="3"/>
       <c r="J481" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K481" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L481" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
-      <c r="A482" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A482" s="3"/>
+      <c r="B482" s="4"/>
+      <c r="C482" s="4"/>
+      <c r="D482" s="4"/>
+      <c r="E482" s="3"/>
+      <c r="F482" s="3"/>
+      <c r="G482" s="3"/>
+      <c r="H482" s="3"/>
+      <c r="I482" s="3"/>
       <c r="J482" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K482" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L482" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3"/>
       <c r="B483" s="4"/>
       <c r="C483" s="4"/>
       <c r="D483" s="4"/>
       <c r="E483" s="3"/>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3"/>
       <c r="I483" s="3"/>
       <c r="J483" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K483" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L483" s="3" t="inlineStr">
         <is>
-          <t>705,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="3"/>
       <c r="B484" s="4"/>
       <c r="C484" s="4"/>
       <c r="D484" s="4"/>
       <c r="E484" s="3"/>
       <c r="F484" s="3"/>
       <c r="G484" s="3"/>
       <c r="H484" s="3"/>
       <c r="I484" s="3"/>
       <c r="J484" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K484" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L484" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
-      <c r="A485" s="3"/>
-[...1 lines deleted...]
-      <c r="C485" s="4"/>
+      <c r="A485" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B485" s="4" t="inlineStr">
+        <is>
+          <t>116허7585</t>
+        </is>
+      </c>
+      <c r="C485" s="4" t="inlineStr">
+        <is>
+          <t>토레스 1.5T T7</t>
+        </is>
+      </c>
       <c r="D485" s="4"/>
-      <c r="E485" s="3"/>
-[...3 lines deleted...]
-      <c r="I485" s="3"/>
+      <c r="E485" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F485" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G485" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H485" s="3" t="inlineStr">
+        <is>
+          <t>24년03월</t>
+        </is>
+      </c>
+      <c r="I485" s="3" t="inlineStr">
+        <is>
+          <t>21,563KM</t>
+        </is>
+      </c>
       <c r="J485" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K485" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L485" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="3"/>
       <c r="B486" s="4"/>
       <c r="C486" s="4"/>
       <c r="D486" s="4"/>
       <c r="E486" s="3"/>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3"/>
       <c r="I486" s="3"/>
       <c r="J486" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K486" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L486" s="3" t="inlineStr">
         <is>
           <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
-      <c r="A487" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A487" s="3"/>
+      <c r="B487" s="4"/>
+      <c r="C487" s="4"/>
+      <c r="D487" s="4"/>
+      <c r="E487" s="3"/>
+      <c r="F487" s="3"/>
+      <c r="G487" s="3"/>
+      <c r="H487" s="3"/>
+      <c r="I487" s="3"/>
       <c r="J487" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K487" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L487" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="3"/>
       <c r="B488" s="4"/>
       <c r="C488" s="4"/>
       <c r="D488" s="4"/>
       <c r="E488" s="3"/>
       <c r="F488" s="3"/>
       <c r="G488" s="3"/>
       <c r="H488" s="3"/>
       <c r="I488" s="3"/>
       <c r="J488" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K488" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L488" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3"/>
       <c r="B489" s="4"/>
       <c r="C489" s="4"/>
       <c r="D489" s="4"/>
       <c r="E489" s="3"/>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3"/>
       <c r="I489" s="3"/>
       <c r="J489" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K489" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L489" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
-      <c r="A490" s="3"/>
-[...7 lines deleted...]
-      <c r="I490" s="3"/>
+      <c r="A490" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B490" s="4" t="inlineStr">
+        <is>
+          <t>116호6205</t>
+        </is>
+      </c>
+      <c r="C490" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 라운지 9인승 4WD 인스퍼레이션 (브라운시트
+)</t>
+        </is>
+      </c>
+      <c r="D490" s="4" t="inlineStr">
+        <is>
+          <t>HTRAC,썬루프,보스사운드,컴포트</t>
+        </is>
+      </c>
+      <c r="E490" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F490" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G490" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H490" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I490" s="3" t="inlineStr">
+        <is>
+          <t>8,887KM</t>
+        </is>
+      </c>
       <c r="J490" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K490" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L490" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="3"/>
       <c r="B491" s="4"/>
       <c r="C491" s="4"/>
       <c r="D491" s="4"/>
       <c r="E491" s="3"/>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3"/>
       <c r="I491" s="3"/>
       <c r="J491" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K491" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L491" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
-      <c r="A492" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A492" s="3"/>
+      <c r="B492" s="4"/>
+      <c r="C492" s="4"/>
       <c r="D492" s="4"/>
-      <c r="E492" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E492" s="3"/>
+      <c r="F492" s="3"/>
+      <c r="G492" s="3"/>
+      <c r="H492" s="3"/>
+      <c r="I492" s="3"/>
       <c r="J492" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K492" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L492" s="3" t="inlineStr">
         <is>
-          <t>485,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3"/>
       <c r="B493" s="4"/>
       <c r="C493" s="4"/>
       <c r="D493" s="4"/>
       <c r="E493" s="3"/>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3"/>
       <c r="I493" s="3"/>
       <c r="J493" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K493" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L493" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3"/>
       <c r="B494" s="4"/>
       <c r="C494" s="4"/>
       <c r="D494" s="4"/>
       <c r="E494" s="3"/>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3"/>
       <c r="I494" s="3"/>
       <c r="J494" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K494" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L494" s="3" t="inlineStr">
         <is>
-          <t>445,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
-      <c r="A495" s="3"/>
-[...7 lines deleted...]
-      <c r="I495" s="3"/>
+      <c r="A495" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B495" s="4" t="inlineStr">
+        <is>
+          <t>116허7510</t>
+        </is>
+      </c>
+      <c r="C495" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5T</t>
+        </is>
+      </c>
+      <c r="D495" s="4" t="inlineStr">
+        <is>
+          <t> 썬루프, 19인치 휠</t>
+        </is>
+      </c>
+      <c r="E495" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F495" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G495" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H495" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I495" s="3" t="inlineStr">
+        <is>
+          <t>40,387KM</t>
+        </is>
+      </c>
       <c r="J495" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K495" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L495" s="3" t="inlineStr">
         <is>
-          <t>425,000</t>
+          <t>1,060,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="3"/>
       <c r="B496" s="4"/>
       <c r="C496" s="4"/>
       <c r="D496" s="4"/>
       <c r="E496" s="3"/>
       <c r="F496" s="3"/>
       <c r="G496" s="3"/>
       <c r="H496" s="3"/>
       <c r="I496" s="3"/>
       <c r="J496" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K496" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L496" s="3" t="inlineStr">
         <is>
-          <t>405,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
-      <c r="A497" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A497" s="3"/>
+      <c r="B497" s="4"/>
+      <c r="C497" s="4"/>
+      <c r="D497" s="4"/>
+      <c r="E497" s="3"/>
+      <c r="F497" s="3"/>
+      <c r="G497" s="3"/>
+      <c r="H497" s="3"/>
+      <c r="I497" s="3"/>
       <c r="J497" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K497" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L497" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="3"/>
       <c r="B498" s="4"/>
       <c r="C498" s="4"/>
       <c r="D498" s="4"/>
       <c r="E498" s="3"/>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3"/>
       <c r="I498" s="3"/>
       <c r="J498" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K498" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L498" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="3"/>
       <c r="B499" s="4"/>
       <c r="C499" s="4"/>
       <c r="D499" s="4"/>
       <c r="E499" s="3"/>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3"/>
       <c r="I499" s="3"/>
       <c r="J499" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K499" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L499" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
-      <c r="A500" s="3"/>
-[...7 lines deleted...]
-      <c r="I500" s="3"/>
+      <c r="A500" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B500" s="4" t="inlineStr">
+        <is>
+          <t>106호6475</t>
+        </is>
+      </c>
+      <c r="C500" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 2.2 디젤 투어러 9인승 모던</t>
+        </is>
+      </c>
+      <c r="D500" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스2</t>
+        </is>
+      </c>
+      <c r="E500" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F500" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G500" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H500" s="3" t="inlineStr">
+        <is>
+          <t>23년03월</t>
+        </is>
+      </c>
+      <c r="I500" s="3" t="inlineStr">
+        <is>
+          <t>16,413KM</t>
+        </is>
+      </c>
       <c r="J500" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K500" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L500" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
-      <c r="A501" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A501" s="3"/>
+      <c r="B501" s="4"/>
+      <c r="C501" s="4"/>
+      <c r="D501" s="4"/>
+      <c r="E501" s="3"/>
+      <c r="F501" s="3"/>
+      <c r="G501" s="3"/>
+      <c r="H501" s="3"/>
+      <c r="I501" s="3"/>
       <c r="J501" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K501" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L501" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3"/>
       <c r="B502" s="4"/>
       <c r="C502" s="4"/>
       <c r="D502" s="4"/>
       <c r="E502" s="3"/>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3"/>
       <c r="I502" s="3"/>
       <c r="J502" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K502" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L502" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3"/>
       <c r="B503" s="4"/>
       <c r="C503" s="4"/>
       <c r="D503" s="4"/>
       <c r="E503" s="3"/>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3"/>
       <c r="I503" s="3"/>
       <c r="J503" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K503" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L503" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
-      <c r="A504" s="3"/>
-[...7 lines deleted...]
-      <c r="I504" s="3"/>
+      <c r="A504" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B504" s="4" t="inlineStr">
+        <is>
+          <t>14허9496</t>
+        </is>
+      </c>
+      <c r="C504" s="4" t="inlineStr">
+        <is>
+          <t>아이오닉5 롱레인지 익스클루시브 </t>
+        </is>
+      </c>
+      <c r="D504" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 , 컴포트 1</t>
+        </is>
+      </c>
+      <c r="E504" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F504" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G504" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H504" s="3" t="inlineStr">
+        <is>
+          <t>21년10월</t>
+        </is>
+      </c>
+      <c r="I504" s="3" t="inlineStr">
+        <is>
+          <t>50,308KM</t>
+        </is>
+      </c>
       <c r="J504" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K504" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L504" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
-      <c r="A505" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A505" s="3"/>
+      <c r="B505" s="4"/>
+      <c r="C505" s="4"/>
+      <c r="D505" s="4"/>
+      <c r="E505" s="3"/>
+      <c r="F505" s="3"/>
+      <c r="G505" s="3"/>
+      <c r="H505" s="3"/>
+      <c r="I505" s="3"/>
       <c r="J505" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K505" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L505" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="3"/>
       <c r="B506" s="4"/>
       <c r="C506" s="4"/>
       <c r="D506" s="4"/>
       <c r="E506" s="3"/>
       <c r="F506" s="3"/>
       <c r="G506" s="3"/>
       <c r="H506" s="3"/>
       <c r="I506" s="3"/>
       <c r="J506" s="3" t="inlineStr">
         <is>
+          <t>31</t>
+        </is>
+      </c>
+      <c r="K506" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L506" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
+      <c r="A507" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B507" s="4" t="inlineStr">
+        <is>
+          <t>116호6658</t>
+        </is>
+      </c>
+      <c r="C507" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 아이코닉 클라우드펄(블랙시트)</t>
+        </is>
+      </c>
+      <c r="D507" s="4" t="inlineStr">
+        <is>
+          <t>클라우드펄</t>
+        </is>
+      </c>
+      <c r="E507" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F507" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G507" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H507" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I507" s="3" t="inlineStr">
+        <is>
+          <t>2,942KM</t>
+        </is>
+      </c>
+      <c r="J507" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K507" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L507" s="3" t="inlineStr">
+        <is>
+          <t>570,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
+      <c r="A508" s="3"/>
+      <c r="B508" s="4"/>
+      <c r="C508" s="4"/>
+      <c r="D508" s="4"/>
+      <c r="E508" s="3"/>
+      <c r="F508" s="3"/>
+      <c r="G508" s="3"/>
+      <c r="H508" s="3"/>
+      <c r="I508" s="3"/>
+      <c r="J508" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K506" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K508" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L508" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="3"/>
       <c r="B509" s="4"/>
       <c r="C509" s="4"/>
       <c r="D509" s="4"/>
       <c r="E509" s="3"/>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3"/>
       <c r="I509" s="3"/>
       <c r="J509" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K509" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L509" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="3"/>
       <c r="B510" s="4"/>
       <c r="C510" s="4"/>
       <c r="D510" s="4"/>
       <c r="E510" s="3"/>
       <c r="F510" s="3"/>
       <c r="G510" s="3"/>
       <c r="H510" s="3"/>
       <c r="I510" s="3"/>
       <c r="J510" s="3" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K510" s="3" t="inlineStr">
         <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L510" s="3" t="inlineStr">
+        <is>
+          <t>510,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
+      <c r="A511" s="3"/>
+      <c r="B511" s="4"/>
+      <c r="C511" s="4"/>
+      <c r="D511" s="4"/>
+      <c r="E511" s="3"/>
+      <c r="F511" s="3"/>
+      <c r="G511" s="3"/>
+      <c r="H511" s="3"/>
+      <c r="I511" s="3"/>
+      <c r="J511" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K511" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L511" s="3" t="inlineStr">
+        <is>
+          <t>490,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
+      <c r="A512" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B512" s="4" t="inlineStr">
+        <is>
+          <t>29하9736</t>
+        </is>
+      </c>
+      <c r="C512" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 2WD</t>
+        </is>
+      </c>
+      <c r="D512" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 </t>
+        </is>
+      </c>
+      <c r="E512" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F512" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G512" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H512" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I512" s="3" t="inlineStr">
+        <is>
+          <t>75,022KM</t>
+        </is>
+      </c>
+      <c r="J512" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K512" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L510" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L512" s="3" t="inlineStr">
         <is>
-          <t>695,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="3"/>
       <c r="B513" s="4"/>
       <c r="C513" s="4"/>
       <c r="D513" s="4"/>
       <c r="E513" s="3"/>
       <c r="F513" s="3"/>
       <c r="G513" s="3"/>
       <c r="H513" s="3"/>
       <c r="I513" s="3"/>
       <c r="J513" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K513" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L513" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="3"/>
       <c r="B514" s="4"/>
       <c r="C514" s="4"/>
       <c r="D514" s="4"/>
       <c r="E514" s="3"/>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3"/>
       <c r="I514" s="3"/>
       <c r="J514" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>33</t>
         </is>
       </c>
       <c r="K514" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L514" s="3" t="inlineStr">
         <is>
-          <t>645,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
-      <c r="A515" s="3"/>
-[...1 lines deleted...]
-      <c r="C515" s="4"/>
+      <c r="A515" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B515" s="4" t="inlineStr">
+        <is>
+          <t>116호6702</t>
+        </is>
+      </c>
+      <c r="C515" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D515" s="4"/>
-      <c r="E515" s="3"/>
-[...3 lines deleted...]
-      <c r="I515" s="3"/>
+      <c r="E515" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F515" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G515" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H515" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I515" s="3" t="inlineStr">
+        <is>
+          <t>6,889KM</t>
+        </is>
+      </c>
       <c r="J515" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K515" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L515" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
-      <c r="A516" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A516" s="3"/>
+      <c r="B516" s="4"/>
+      <c r="C516" s="4"/>
+      <c r="D516" s="4"/>
+      <c r="E516" s="3"/>
+      <c r="F516" s="3"/>
+      <c r="G516" s="3"/>
+      <c r="H516" s="3"/>
+      <c r="I516" s="3"/>
       <c r="J516" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K516" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L516" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="3"/>
       <c r="B517" s="4"/>
       <c r="C517" s="4"/>
       <c r="D517" s="4"/>
       <c r="E517" s="3"/>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3"/>
       <c r="I517" s="3"/>
       <c r="J517" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K517" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L517" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="3"/>
       <c r="B518" s="4"/>
       <c r="C518" s="4"/>
       <c r="D518" s="4"/>
       <c r="E518" s="3"/>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3"/>
       <c r="I518" s="3"/>
       <c r="J518" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K518" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L518" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
-      <c r="A519" s="3" t="inlineStr">
+      <c r="A519" s="3"/>
+      <c r="B519" s="4"/>
+      <c r="C519" s="4"/>
+      <c r="D519" s="4"/>
+      <c r="E519" s="3"/>
+      <c r="F519" s="3"/>
+      <c r="G519" s="3"/>
+      <c r="H519" s="3"/>
+      <c r="I519" s="3"/>
+      <c r="J519" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K519" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L519" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
+      <c r="A520" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B519" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E519" s="3" t="inlineStr">
+      <c r="B520" s="4" t="inlineStr">
+        <is>
+          <t>116호6596</t>
+        </is>
+      </c>
+      <c r="C520" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 프레스티지(블랙시트)</t>
+        </is>
+      </c>
+      <c r="D520" s="4" t="inlineStr">
+        <is>
+          <t>컴포트.스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="E520" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F519" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J519" s="3" t="inlineStr">
+      <c r="F520" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G520" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H520" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I520" s="3" t="inlineStr">
+        <is>
+          <t>6,002KM</t>
+        </is>
+      </c>
+      <c r="J520" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K519" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K520" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L520" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>675,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="3"/>
       <c r="B521" s="4"/>
       <c r="C521" s="4"/>
       <c r="D521" s="4"/>
       <c r="E521" s="3"/>
       <c r="F521" s="3"/>
       <c r="G521" s="3"/>
       <c r="H521" s="3"/>
       <c r="I521" s="3"/>
       <c r="J521" s="3" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K521" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L521" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>655,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
-      <c r="A522" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A522" s="3"/>
+      <c r="B522" s="4"/>
+      <c r="C522" s="4"/>
+      <c r="D522" s="4"/>
+      <c r="E522" s="3"/>
+      <c r="F522" s="3"/>
+      <c r="G522" s="3"/>
+      <c r="H522" s="3"/>
+      <c r="I522" s="3"/>
       <c r="J522" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K522" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L522" s="3" t="inlineStr">
         <is>
-          <t>695,000</t>
+          <t>635,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="3"/>
       <c r="B523" s="4"/>
       <c r="C523" s="4"/>
       <c r="D523" s="4"/>
       <c r="E523" s="3"/>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3"/>
       <c r="I523" s="3"/>
       <c r="J523" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K523" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L523" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>615,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="3"/>
       <c r="B524" s="4"/>
       <c r="C524" s="4"/>
       <c r="D524" s="4"/>
       <c r="E524" s="3"/>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3"/>
       <c r="I524" s="3"/>
       <c r="J524" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K524" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L524" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
-      <c r="A525" s="3"/>
-[...7 lines deleted...]
-      <c r="I525" s="3"/>
+      <c r="A525" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B525" s="4" t="inlineStr">
+        <is>
+          <t>05하0320</t>
+        </is>
+      </c>
+      <c r="C525" s="4" t="inlineStr">
+        <is>
+          <t>G90 3.8 AWD 프리미엄 럭셔리</t>
+        </is>
+      </c>
+      <c r="D525" s="4" t="inlineStr">
+        <is>
+          <t>시그니쳐 디자인 셀렉션, 뒷좌석 듀얼 모니터,
+ 뒷좌석 컴포트 패키지Ⅱ</t>
+        </is>
+      </c>
+      <c r="E525" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F525" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G525" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H525" s="3" t="inlineStr">
+        <is>
+          <t>19년04월</t>
+        </is>
+      </c>
+      <c r="I525" s="3" t="inlineStr">
+        <is>
+          <t>128,963KM</t>
+        </is>
+      </c>
       <c r="J525" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K525" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L525" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="3"/>
       <c r="B526" s="4"/>
       <c r="C526" s="4"/>
       <c r="D526" s="4"/>
       <c r="E526" s="3"/>
       <c r="F526" s="3"/>
       <c r="G526" s="3"/>
       <c r="H526" s="3"/>
       <c r="I526" s="3"/>
       <c r="J526" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K526" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L526" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
-      <c r="A527" s="3" t="inlineStr">
+      <c r="A527" s="3"/>
+      <c r="B527" s="4"/>
+      <c r="C527" s="4"/>
+      <c r="D527" s="4"/>
+      <c r="E527" s="3"/>
+      <c r="F527" s="3"/>
+      <c r="G527" s="3"/>
+      <c r="H527" s="3"/>
+      <c r="I527" s="3"/>
+      <c r="J527" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K527" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L527" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
+      <c r="A528" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B527" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E527" s="3" t="inlineStr">
+      <c r="B528" s="4" t="inlineStr">
+        <is>
+          <t>116호6911</t>
+        </is>
+      </c>
+      <c r="C528" s="4" t="inlineStr">
+        <is>
+          <t>Q5(3세대) 40 TFSI quattro 어드밴스드</t>
+        </is>
+      </c>
+      <c r="D528" s="4"/>
+      <c r="E528" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F527" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J527" s="3" t="inlineStr">
+      <c r="F528" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G528" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H528" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I528" s="3" t="inlineStr">
+        <is>
+          <t>954KM</t>
+        </is>
+      </c>
+      <c r="J528" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K527" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K528" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L528" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="3"/>
       <c r="B529" s="4"/>
       <c r="C529" s="4"/>
       <c r="D529" s="4"/>
       <c r="E529" s="3"/>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3"/>
       <c r="I529" s="3"/>
       <c r="J529" s="3" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K529" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L529" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
-      <c r="A530" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A530" s="3"/>
+      <c r="B530" s="4"/>
+      <c r="C530" s="4"/>
+      <c r="D530" s="4"/>
+      <c r="E530" s="3"/>
+      <c r="F530" s="3"/>
+      <c r="G530" s="3"/>
+      <c r="H530" s="3"/>
+      <c r="I530" s="3"/>
       <c r="J530" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K530" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L530" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="3"/>
       <c r="B531" s="4"/>
       <c r="C531" s="4"/>
       <c r="D531" s="4"/>
       <c r="E531" s="3"/>
       <c r="F531" s="3"/>
       <c r="G531" s="3"/>
       <c r="H531" s="3"/>
       <c r="I531" s="3"/>
       <c r="J531" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K531" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L531" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="3"/>
       <c r="B532" s="4"/>
       <c r="C532" s="4"/>
       <c r="D532" s="4"/>
       <c r="E532" s="3"/>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3"/>
       <c r="I532" s="3"/>
       <c r="J532" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K532" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L532" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
-      <c r="A533" s="3"/>
-[...7 lines deleted...]
-      <c r="I533" s="3"/>
+      <c r="A533" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B533" s="4" t="inlineStr">
+        <is>
+          <t>116호6823</t>
+        </is>
+      </c>
+      <c r="C533" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D533" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비게이션 패키지, 컨비니언스 패키지,
+ 밸류업 패키지</t>
+        </is>
+      </c>
+      <c r="E533" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F533" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G533" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H533" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I533" s="3" t="inlineStr">
+        <is>
+          <t>4,090KM</t>
+        </is>
+      </c>
       <c r="J533" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K533" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L533" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>545,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="3"/>
       <c r="B534" s="4"/>
       <c r="C534" s="4"/>
       <c r="D534" s="4"/>
       <c r="E534" s="3"/>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3"/>
       <c r="I534" s="3"/>
       <c r="J534" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K534" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L534" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
-      <c r="A535" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A535" s="3"/>
+      <c r="B535" s="4"/>
+      <c r="C535" s="4"/>
+      <c r="D535" s="4"/>
+      <c r="E535" s="3"/>
+      <c r="F535" s="3"/>
+      <c r="G535" s="3"/>
+      <c r="H535" s="3"/>
+      <c r="I535" s="3"/>
       <c r="J535" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K535" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L535" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>505,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="3"/>
       <c r="B536" s="4"/>
       <c r="C536" s="4"/>
       <c r="D536" s="4"/>
       <c r="E536" s="3"/>
       <c r="F536" s="3"/>
       <c r="G536" s="3"/>
       <c r="H536" s="3"/>
       <c r="I536" s="3"/>
       <c r="J536" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K536" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L536" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>485,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="3"/>
       <c r="B537" s="4"/>
       <c r="C537" s="4"/>
       <c r="D537" s="4"/>
       <c r="E537" s="3"/>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3"/>
       <c r="I537" s="3"/>
       <c r="J537" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K537" s="3" t="inlineStr">
         <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L537" s="3" t="inlineStr">
+        <is>
+          <t>465,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
+      <c r="A538" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B538" s="4" t="inlineStr">
+        <is>
+          <t>116호6271</t>
+        </is>
+      </c>
+      <c r="C538" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6 N라인 모던</t>
+        </is>
+      </c>
+      <c r="D538" s="4" t="inlineStr">
+        <is>
+          <t>현대스마트센스1</t>
+        </is>
+      </c>
+      <c r="E538" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F538" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G538" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H538" s="3" t="inlineStr">
+        <is>
+          <t>25년03월</t>
+        </is>
+      </c>
+      <c r="I538" s="3" t="inlineStr">
+        <is>
+          <t>29,394KM</t>
+        </is>
+      </c>
+      <c r="J538" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K538" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L537" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L538" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="3"/>
       <c r="B539" s="4"/>
       <c r="C539" s="4"/>
       <c r="D539" s="4"/>
       <c r="E539" s="3"/>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3"/>
       <c r="I539" s="3"/>
       <c r="J539" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K539" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L539" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
-      <c r="A540" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A540" s="3"/>
+      <c r="B540" s="4"/>
+      <c r="C540" s="4"/>
+      <c r="D540" s="4"/>
+      <c r="E540" s="3"/>
+      <c r="F540" s="3"/>
+      <c r="G540" s="3"/>
+      <c r="H540" s="3"/>
+      <c r="I540" s="3"/>
       <c r="J540" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K540" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L540" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="3"/>
       <c r="B541" s="4"/>
       <c r="C541" s="4"/>
       <c r="D541" s="4"/>
       <c r="E541" s="3"/>
       <c r="F541" s="3"/>
       <c r="G541" s="3"/>
       <c r="H541" s="3"/>
       <c r="I541" s="3"/>
       <c r="J541" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K541" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L541" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="3"/>
       <c r="B542" s="4"/>
       <c r="C542" s="4"/>
       <c r="D542" s="4"/>
       <c r="E542" s="3"/>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3"/>
       <c r="I542" s="3"/>
       <c r="J542" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K542" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L542" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B543" s="4" t="inlineStr">
         <is>
-          <t>116호6068</t>
+          <t>116호6162</t>
         </is>
       </c>
       <c r="C543" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 디 엣지 스마트스트림 가솔린 1.6 터보 익스클
-[...7 lines deleted...]
-      </c>
+          <t>팰리세이드 3.8 7인승 르블랑 (그레이시트)</t>
+        </is>
+      </c>
+      <c r="D543" s="4"/>
       <c r="E543" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F543" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G543" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H543" s="3" t="inlineStr">
         <is>
-          <t>24년12월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I543" s="3" t="inlineStr">
         <is>
-          <t>20,436KM</t>
+          <t>10,694KM</t>
         </is>
       </c>
       <c r="J543" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K543" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L543" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="3"/>
       <c r="B544" s="4"/>
       <c r="C544" s="4"/>
       <c r="D544" s="4"/>
       <c r="E544" s="3"/>
       <c r="F544" s="3"/>
       <c r="G544" s="3"/>
       <c r="H544" s="3"/>
       <c r="I544" s="3"/>
       <c r="J544" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K544" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L544" s="3" t="inlineStr">
         <is>
-          <t>735,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="3"/>
       <c r="B545" s="4"/>
       <c r="C545" s="4"/>
       <c r="D545" s="4"/>
       <c r="E545" s="3"/>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3"/>
       <c r="I545" s="3"/>
       <c r="J545" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K545" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L545" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="3"/>
       <c r="B546" s="4"/>
       <c r="C546" s="4"/>
       <c r="D546" s="4"/>
       <c r="E546" s="3"/>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3"/>
       <c r="I546" s="3"/>
       <c r="J546" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K546" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L546" s="3" t="inlineStr">
         <is>
-          <t>685,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="3"/>
       <c r="B547" s="4"/>
       <c r="C547" s="4"/>
       <c r="D547" s="4"/>
       <c r="E547" s="3"/>
       <c r="F547" s="3"/>
       <c r="G547" s="3"/>
       <c r="H547" s="3"/>
       <c r="I547" s="3"/>
       <c r="J547" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K547" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L547" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B548" s="4" t="inlineStr">
         <is>
-          <t>116호6911</t>
+          <t>116허6341</t>
         </is>
       </c>
       <c r="C548" s="4" t="inlineStr">
         <is>
-          <t>Q5(3세대) 40 TFSI quattro 어드밴스드</t>
-[...2 lines deleted...]
-      <c r="D548" s="4"/>
+          <t>GV80 가솔린 2.5 터보 2WD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D548" s="4" t="inlineStr">
+        <is>
+          <t>파노라마썬루프</t>
+        </is>
+      </c>
       <c r="E548" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F548" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G548" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H548" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>23년05월</t>
         </is>
       </c>
       <c r="I548" s="3" t="inlineStr">
         <is>
-          <t>954KM</t>
+          <t>55,762KM</t>
         </is>
       </c>
       <c r="J548" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K548" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L548" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="3"/>
       <c r="B549" s="4"/>
       <c r="C549" s="4"/>
       <c r="D549" s="4"/>
       <c r="E549" s="3"/>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3"/>
       <c r="I549" s="3"/>
       <c r="J549" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K549" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L549" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="3"/>
       <c r="B550" s="4"/>
       <c r="C550" s="4"/>
       <c r="D550" s="4"/>
       <c r="E550" s="3"/>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3"/>
       <c r="I550" s="3"/>
       <c r="J550" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K550" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L550" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="3"/>
       <c r="B551" s="4"/>
       <c r="C551" s="4"/>
       <c r="D551" s="4"/>
       <c r="E551" s="3"/>
       <c r="F551" s="3"/>
       <c r="G551" s="3"/>
       <c r="H551" s="3"/>
       <c r="I551" s="3"/>
       <c r="J551" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K551" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L551" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="3"/>
       <c r="B552" s="4"/>
       <c r="C552" s="4"/>
       <c r="D552" s="4"/>
       <c r="E552" s="3"/>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3"/>
       <c r="I552" s="3"/>
       <c r="J552" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K552" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L552" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>1,250,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B553" s="4" t="inlineStr">
         <is>
-          <t>116호6423</t>
+          <t>116호6595</t>
         </is>
       </c>
       <c r="C553" s="4" t="inlineStr">
         <is>
-          <t>아르카나 1.6 GTe 아이코닉</t>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
         </is>
       </c>
       <c r="D553" s="4" t="inlineStr">
         <is>
-          <t>클라우드펄</t>
+          <t>컴포트</t>
         </is>
       </c>
       <c r="E553" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F553" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G553" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H553" s="3" t="inlineStr">
         <is>
-          <t>25년05월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I553" s="3" t="inlineStr">
         <is>
-          <t>6,589KM</t>
+          <t>12,952KM</t>
         </is>
       </c>
       <c r="J553" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K553" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L553" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>675,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="3"/>
       <c r="B554" s="4"/>
       <c r="C554" s="4"/>
       <c r="D554" s="4"/>
       <c r="E554" s="3"/>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3"/>
       <c r="I554" s="3"/>
       <c r="J554" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K554" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L554" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>655,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="3"/>
       <c r="B555" s="4"/>
       <c r="C555" s="4"/>
       <c r="D555" s="4"/>
       <c r="E555" s="3"/>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3"/>
       <c r="I555" s="3"/>
       <c r="J555" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K555" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L555" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>635,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="3"/>
       <c r="B556" s="4"/>
       <c r="C556" s="4"/>
       <c r="D556" s="4"/>
       <c r="E556" s="3"/>
       <c r="F556" s="3"/>
       <c r="G556" s="3"/>
       <c r="H556" s="3"/>
       <c r="I556" s="3"/>
       <c r="J556" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K556" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L556" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>615,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="3"/>
       <c r="B557" s="4"/>
       <c r="C557" s="4"/>
       <c r="D557" s="4"/>
       <c r="E557" s="3"/>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3"/>
       <c r="I557" s="3"/>
       <c r="J557" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K557" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L557" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B558" s="4" t="inlineStr">
         <is>
-          <t>116호6310</t>
+          <t>116호6983</t>
         </is>
       </c>
       <c r="C558" s="4" t="inlineStr">
         <is>
-          <t>카니발 3.5 가솔린 프레스티지 </t>
+          <t>뉴 르노 QM6 2.0 GDe RE</t>
         </is>
       </c>
       <c r="D558" s="4" t="inlineStr">
         <is>
-          <t>컨비니언스,스타일</t>
+          <t>브라운시트,  매직테일게이트,  EASYLIF
+E인포테인먼트팩+BOSS 사운드,  주행보조시
+스템</t>
         </is>
       </c>
       <c r="E558" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F558" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G558" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H558" s="3" t="inlineStr">
         <is>
-          <t>25년03월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I558" s="3" t="inlineStr">
         <is>
-          <t>7,831KM</t>
+          <t>110KM</t>
         </is>
       </c>
       <c r="J558" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K558" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L558" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="3"/>
       <c r="B559" s="4"/>
       <c r="C559" s="4"/>
       <c r="D559" s="4"/>
       <c r="E559" s="3"/>
       <c r="F559" s="3"/>
       <c r="G559" s="3"/>
       <c r="H559" s="3"/>
       <c r="I559" s="3"/>
       <c r="J559" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K559" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L559" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="3"/>
       <c r="B560" s="4"/>
       <c r="C560" s="4"/>
       <c r="D560" s="4"/>
       <c r="E560" s="3"/>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3"/>
       <c r="I560" s="3"/>
       <c r="J560" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K560" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L560" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="3"/>
       <c r="B561" s="4"/>
       <c r="C561" s="4"/>
       <c r="D561" s="4"/>
       <c r="E561" s="3"/>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3"/>
       <c r="I561" s="3"/>
       <c r="J561" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K561" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L561" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="3"/>
       <c r="B562" s="4"/>
       <c r="C562" s="4"/>
       <c r="D562" s="4"/>
       <c r="E562" s="3"/>
       <c r="F562" s="3"/>
       <c r="G562" s="3"/>
       <c r="H562" s="3"/>
       <c r="I562" s="3"/>
       <c r="J562" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K562" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L562" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B563" s="4" t="inlineStr">
         <is>
-          <t>16허9812</t>
+          <t>116호6174</t>
         </is>
       </c>
       <c r="C563" s="4" t="inlineStr">
         <is>
-          <t>아이오닉5 롱레인지 익스클루시브</t>
+          <t>뉴 GV80 가솔린 2.5 터보 2WD 5인승 기본형</t>
         </is>
       </c>
       <c r="D563" s="4" t="inlineStr">
         <is>
-          <t>컨비니언스,현대스마트센스</t>
+          <t>22인치휠,시그니쳐디자인셀렉션2,빌트인캠패키지
+, 드라이빙어시스턴스패키지1, 헤드업디스플레이</t>
         </is>
       </c>
       <c r="E563" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F563" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G563" s="3" t="inlineStr">
         <is>
-          <t>전기</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H563" s="3" t="inlineStr">
         <is>
-          <t>21년11월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I563" s="3" t="inlineStr">
         <is>
-          <t>116,882KM</t>
+          <t>7,758KM</t>
         </is>
       </c>
       <c r="J563" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K563" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L563" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>1,650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="3"/>
       <c r="B564" s="4"/>
       <c r="C564" s="4"/>
       <c r="D564" s="4"/>
       <c r="E564" s="3"/>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3"/>
       <c r="I564" s="3"/>
       <c r="J564" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K564" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L564" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="3"/>
       <c r="B565" s="4"/>
       <c r="C565" s="4"/>
       <c r="D565" s="4"/>
       <c r="E565" s="3"/>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3"/>
       <c r="I565" s="3"/>
       <c r="J565" s="3" t="inlineStr">
         <is>
-          <t>34</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K565" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L565" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>1,550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
-      <c r="A566" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A566" s="3"/>
+      <c r="B566" s="4"/>
+      <c r="C566" s="4"/>
+      <c r="D566" s="4"/>
+      <c r="E566" s="3"/>
+      <c r="F566" s="3"/>
+      <c r="G566" s="3"/>
+      <c r="H566" s="3"/>
+      <c r="I566" s="3"/>
       <c r="J566" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K566" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L566" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="3"/>
       <c r="B567" s="4"/>
       <c r="C567" s="4"/>
       <c r="D567" s="4"/>
       <c r="E567" s="3"/>
       <c r="F567" s="3"/>
       <c r="G567" s="3"/>
       <c r="H567" s="3"/>
       <c r="I567" s="3"/>
       <c r="J567" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K567" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L567" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B568" s="4" t="inlineStr">
         <is>
-          <t>116호6481</t>
+          <t>116호6900</t>
         </is>
       </c>
       <c r="C568" s="4" t="inlineStr">
         <is>
-          <t>더 뉴카니발 하이브리드(KA4) 1.6 하이브리드 9인
-승 프레스티지</t>
+          <t>모닝 1.0 프레스티지 (브라운시트)</t>
         </is>
       </c>
       <c r="D568" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스</t>
+          <t>칼라패키지(브라운)-컨비니언스, 16인치휠</t>
         </is>
       </c>
       <c r="E568" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F568" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G568" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H568" s="3" t="inlineStr">
         <is>
-          <t>25년05월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I568" s="3" t="inlineStr">
         <is>
-          <t>11,938KM</t>
+          <t>1,446KM</t>
         </is>
       </c>
       <c r="J568" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K568" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L568" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="3"/>
       <c r="B569" s="4"/>
       <c r="C569" s="4"/>
       <c r="D569" s="4"/>
       <c r="E569" s="3"/>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3"/>
       <c r="I569" s="3"/>
       <c r="J569" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K569" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L569" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="3"/>
       <c r="B570" s="4"/>
       <c r="C570" s="4"/>
       <c r="D570" s="4"/>
       <c r="E570" s="3"/>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3"/>
       <c r="I570" s="3"/>
       <c r="J570" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K570" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L570" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="3"/>
       <c r="B571" s="4"/>
       <c r="C571" s="4"/>
       <c r="D571" s="4"/>
       <c r="E571" s="3"/>
       <c r="F571" s="3"/>
       <c r="G571" s="3"/>
       <c r="H571" s="3"/>
       <c r="I571" s="3"/>
       <c r="J571" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K571" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L571" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>420,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="3"/>
       <c r="B572" s="4"/>
       <c r="C572" s="4"/>
       <c r="D572" s="4"/>
       <c r="E572" s="3"/>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3"/>
       <c r="I572" s="3"/>
       <c r="J572" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K572" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L572" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B573" s="4" t="inlineStr">
         <is>
-          <t>15하1005</t>
+          <t>116호6894</t>
         </is>
       </c>
       <c r="C573" s="4" t="inlineStr">
         <is>
-          <t>카니발 디젤 프레스티지</t>
-[...6 lines deleted...]
-      </c>
+          <t>트랙스 크로스오버 레드라인</t>
+        </is>
+      </c>
+      <c r="D573" s="4"/>
       <c r="E573" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F573" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G573" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H573" s="3" t="inlineStr">
         <is>
-          <t>19년10월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I573" s="3" t="inlineStr">
         <is>
-          <t>136,647KM</t>
+          <t>2,523KM</t>
         </is>
       </c>
       <c r="J573" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K573" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L573" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="3"/>
       <c r="B574" s="4"/>
       <c r="C574" s="4"/>
       <c r="D574" s="4"/>
       <c r="E574" s="3"/>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3"/>
       <c r="I574" s="3"/>
       <c r="J574" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K574" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L574" s="3" t="inlineStr">
         <is>
           <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
-      <c r="A575" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A575" s="3"/>
+      <c r="B575" s="4"/>
+      <c r="C575" s="4"/>
+      <c r="D575" s="4"/>
+      <c r="E575" s="3"/>
+      <c r="F575" s="3"/>
+      <c r="G575" s="3"/>
+      <c r="H575" s="3"/>
+      <c r="I575" s="3"/>
       <c r="J575" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K575" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L575" s="3" t="inlineStr">
         <is>
-          <t>485,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="3"/>
       <c r="B576" s="4"/>
       <c r="C576" s="4"/>
       <c r="D576" s="4"/>
       <c r="E576" s="3"/>
       <c r="F576" s="3"/>
       <c r="G576" s="3"/>
       <c r="H576" s="3"/>
       <c r="I576" s="3"/>
       <c r="J576" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K576" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L576" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="3"/>
       <c r="B577" s="4"/>
       <c r="C577" s="4"/>
       <c r="D577" s="4"/>
       <c r="E577" s="3"/>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3"/>
       <c r="I577" s="3"/>
       <c r="J577" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K577" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L577" s="3" t="inlineStr">
         <is>
-          <t>445,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
-      <c r="A578" s="3"/>
-[...7 lines deleted...]
-      <c r="I578" s="3"/>
+      <c r="A578" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B578" s="4" t="inlineStr">
+        <is>
+          <t>116호6504</t>
+        </is>
+      </c>
+      <c r="C578" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5T AWD (바닐라베이지시트)</t>
+        </is>
+      </c>
+      <c r="D578" s="4" t="inlineStr">
+        <is>
+          <t>AWD , 빌트인캠 , 19인치휠 , 시그니쳐
+디자인셀렉션1 , 파퓰러패키지1</t>
+        </is>
+      </c>
+      <c r="E578" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F578" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G578" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H578" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I578" s="3" t="inlineStr">
+        <is>
+          <t>13,146KM</t>
+        </is>
+      </c>
       <c r="J578" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K578" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L578" s="3" t="inlineStr">
         <is>
-          <t>425,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="3"/>
       <c r="B579" s="4"/>
       <c r="C579" s="4"/>
       <c r="D579" s="4"/>
       <c r="E579" s="3"/>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3"/>
       <c r="I579" s="3"/>
       <c r="J579" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K579" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L579" s="3" t="inlineStr">
         <is>
-          <t>405,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
-      <c r="A580" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A580" s="3"/>
+      <c r="B580" s="4"/>
+      <c r="C580" s="4"/>
+      <c r="D580" s="4"/>
+      <c r="E580" s="3"/>
+      <c r="F580" s="3"/>
+      <c r="G580" s="3"/>
+      <c r="H580" s="3"/>
+      <c r="I580" s="3"/>
       <c r="J580" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K580" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L580" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="3"/>
       <c r="B581" s="4"/>
       <c r="C581" s="4"/>
       <c r="D581" s="4"/>
       <c r="E581" s="3"/>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
       <c r="H581" s="3"/>
       <c r="I581" s="3"/>
       <c r="J581" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K581" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L581" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="3"/>
       <c r="B582" s="4"/>
       <c r="C582" s="4"/>
       <c r="D582" s="4"/>
       <c r="E582" s="3"/>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
       <c r="H582" s="3"/>
       <c r="I582" s="3"/>
       <c r="J582" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K582" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L582" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>1,250,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
-      <c r="A583" s="3"/>
-[...7 lines deleted...]
-      <c r="I583" s="3"/>
+      <c r="A583" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B583" s="4" t="inlineStr">
+        <is>
+          <t>116호6429</t>
+        </is>
+      </c>
+      <c r="C583" s="4" t="inlineStr">
+        <is>
+          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D583" s="4" t="inlineStr">
+        <is>
+          <t>EASY LIFE 인포테인먼트팩Ⅱ+BOSE® 
+서라운드 시스템(12 스피커) , 가죽시트+프
+레임리스 룸미러 (하이패스 심카드 전용) , 
+매직 테일게이트+사각지대경보시스템(BSW) ,
+ 주행보조시스템 팩</t>
+        </is>
+      </c>
+      <c r="E583" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F583" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G583" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H583" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I583" s="3" t="inlineStr">
+        <is>
+          <t>10,410KM</t>
+        </is>
+      </c>
       <c r="J583" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K583" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L583" s="3" t="inlineStr">
         <is>
           <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="3"/>
       <c r="B584" s="4"/>
       <c r="C584" s="4"/>
       <c r="D584" s="4"/>
       <c r="E584" s="3"/>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
       <c r="H584" s="3"/>
       <c r="I584" s="3"/>
       <c r="J584" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K584" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L584" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
-      <c r="A585" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A585" s="3"/>
+      <c r="B585" s="4"/>
+      <c r="C585" s="4"/>
+      <c r="D585" s="4"/>
+      <c r="E585" s="3"/>
+      <c r="F585" s="3"/>
+      <c r="G585" s="3"/>
+      <c r="H585" s="3"/>
+      <c r="I585" s="3"/>
       <c r="J585" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K585" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L585" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="3"/>
       <c r="B586" s="4"/>
       <c r="C586" s="4"/>
       <c r="D586" s="4"/>
       <c r="E586" s="3"/>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
       <c r="H586" s="3"/>
       <c r="I586" s="3"/>
       <c r="J586" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K586" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L586" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="3"/>
       <c r="B587" s="4"/>
       <c r="C587" s="4"/>
       <c r="D587" s="4"/>
       <c r="E587" s="3"/>
       <c r="F587" s="3"/>
       <c r="G587" s="3"/>
       <c r="H587" s="3"/>
       <c r="I587" s="3"/>
       <c r="J587" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K587" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L587" s="3" t="inlineStr">
         <is>
-          <t>615,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
-      <c r="A588" s="3"/>
-[...7 lines deleted...]
-      <c r="I588" s="3"/>
+      <c r="A588" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B588" s="4" t="inlineStr">
+        <is>
+          <t>116허6183</t>
+        </is>
+      </c>
+      <c r="C588" s="4" t="inlineStr">
+        <is>
+          <t>K8 3.5 LPi 렌터카 스탠다드</t>
+        </is>
+      </c>
+      <c r="D588" s="4" t="inlineStr">
+        <is>
+          <t>ETCS, 가죽시트, 선루프, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E588" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F588" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G588" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H588" s="3" t="inlineStr">
+        <is>
+          <t>22년09월</t>
+        </is>
+      </c>
+      <c r="I588" s="3" t="inlineStr">
+        <is>
+          <t>38,184KM</t>
+        </is>
+      </c>
       <c r="J588" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K588" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L588" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="3"/>
       <c r="B589" s="4"/>
       <c r="C589" s="4"/>
       <c r="D589" s="4"/>
       <c r="E589" s="3"/>
       <c r="F589" s="3"/>
       <c r="G589" s="3"/>
       <c r="H589" s="3"/>
       <c r="I589" s="3"/>
       <c r="J589" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K589" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L589" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
-      <c r="A590" s="3" t="inlineStr">
+      <c r="A590" s="3"/>
+      <c r="B590" s="4"/>
+      <c r="C590" s="4"/>
+      <c r="D590" s="4"/>
+      <c r="E590" s="3"/>
+      <c r="F590" s="3"/>
+      <c r="G590" s="3"/>
+      <c r="H590" s="3"/>
+      <c r="I590" s="3"/>
+      <c r="J590" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K590" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L590" s="3" t="inlineStr">
+        <is>
+          <t>630,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
+      <c r="A591" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B590" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E590" s="3" t="inlineStr">
+      <c r="B591" s="4" t="inlineStr">
+        <is>
+          <t>116호6598</t>
+        </is>
+      </c>
+      <c r="C591" s="4" t="inlineStr">
+        <is>
+          <t>K8 3.5 LPI 노블레스 </t>
+        </is>
+      </c>
+      <c r="D591" s="4" t="inlineStr">
+        <is>
+          <t>선루프</t>
+        </is>
+      </c>
+      <c r="E591" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F590" s="3" t="inlineStr">
+      <c r="F591" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
-      <c r="G590" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J590" s="3" t="inlineStr">
+      <c r="G591" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H591" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I591" s="3" t="inlineStr">
+        <is>
+          <t>11,588KM</t>
+        </is>
+      </c>
+      <c r="J591" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K590" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J591" s="3" t="inlineStr">
+      <c r="K591" s="3" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="L591" s="3" t="inlineStr">
+        <is>
+          <t>930,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
+      <c r="A592" s="3"/>
+      <c r="B592" s="4"/>
+      <c r="C592" s="4"/>
+      <c r="D592" s="4"/>
+      <c r="E592" s="3"/>
+      <c r="F592" s="3"/>
+      <c r="G592" s="3"/>
+      <c r="H592" s="3"/>
+      <c r="I592" s="3"/>
+      <c r="J592" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K591" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K592" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L592" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="3"/>
       <c r="B593" s="4"/>
       <c r="C593" s="4"/>
       <c r="D593" s="4"/>
       <c r="E593" s="3"/>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
       <c r="H593" s="3"/>
       <c r="I593" s="3"/>
       <c r="J593" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K593" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L593" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="3"/>
       <c r="B594" s="4"/>
       <c r="C594" s="4"/>
       <c r="D594" s="4"/>
       <c r="E594" s="3"/>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
       <c r="H594" s="3"/>
       <c r="I594" s="3"/>
       <c r="J594" s="3" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K594" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L594" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
-      <c r="A595" s="3" t="inlineStr">
+      <c r="A595" s="3"/>
+      <c r="B595" s="4"/>
+      <c r="C595" s="4"/>
+      <c r="D595" s="4"/>
+      <c r="E595" s="3"/>
+      <c r="F595" s="3"/>
+      <c r="G595" s="3"/>
+      <c r="H595" s="3"/>
+      <c r="I595" s="3"/>
+      <c r="J595" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K595" s="3" t="inlineStr">
+        <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="L595" s="3" t="inlineStr">
+        <is>
+          <t>810,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
+      <c r="A596" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B595" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E595" s="3" t="inlineStr">
+      <c r="B596" s="4" t="inlineStr">
+        <is>
+          <t>116호6100</t>
+        </is>
+      </c>
+      <c r="C596" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D596" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비1</t>
+        </is>
+      </c>
+      <c r="E596" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F595" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G595" s="3" t="inlineStr">
+      <c r="F596" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G596" s="3" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
-      <c r="H595" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J595" s="3" t="inlineStr">
+      <c r="H596" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I596" s="3" t="inlineStr">
+        <is>
+          <t>28,069KM</t>
+        </is>
+      </c>
+      <c r="J596" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K595" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J596" s="3" t="inlineStr">
+      <c r="K596" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L596" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
+      <c r="A597" s="3"/>
+      <c r="B597" s="4"/>
+      <c r="C597" s="4"/>
+      <c r="D597" s="4"/>
+      <c r="E597" s="3"/>
+      <c r="F597" s="3"/>
+      <c r="G597" s="3"/>
+      <c r="H597" s="3"/>
+      <c r="I597" s="3"/>
+      <c r="J597" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K596" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K597" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L597" s="3" t="inlineStr">
         <is>
-          <t>475,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="3"/>
       <c r="B598" s="4"/>
       <c r="C598" s="4"/>
       <c r="D598" s="4"/>
       <c r="E598" s="3"/>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
       <c r="H598" s="3"/>
       <c r="I598" s="3"/>
       <c r="J598" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K598" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L598" s="3" t="inlineStr">
         <is>
-          <t>455,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="3"/>
       <c r="B599" s="4"/>
       <c r="C599" s="4"/>
       <c r="D599" s="4"/>
       <c r="E599" s="3"/>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
       <c r="H599" s="3"/>
       <c r="I599" s="3"/>
       <c r="J599" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K599" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L599" s="3" t="inlineStr">
         <is>
-          <t>435,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="3"/>
       <c r="B600" s="4"/>
       <c r="C600" s="4"/>
       <c r="D600" s="4"/>
       <c r="E600" s="3"/>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
       <c r="H600" s="3"/>
       <c r="I600" s="3"/>
       <c r="J600" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K600" s="3" t="inlineStr">
         <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L600" s="3" t="inlineStr">
+        <is>
+          <t>560,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
+      <c r="A601" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B601" s="4" t="inlineStr">
+        <is>
+          <t>116호6933</t>
+        </is>
+      </c>
+      <c r="C601" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D601" s="4" t="inlineStr">
+        <is>
+          <t>기본형-컨비니언스, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E601" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F601" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G601" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H601" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I601" s="3" t="inlineStr">
+        <is>
+          <t>1,755KM</t>
+        </is>
+      </c>
+      <c r="J601" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K601" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L600" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K601" s="3" t="inlineStr">
+      <c r="L601" s="3" t="inlineStr">
+        <is>
+          <t>610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
+      <c r="A602" s="3"/>
+      <c r="B602" s="4"/>
+      <c r="C602" s="4"/>
+      <c r="D602" s="4"/>
+      <c r="E602" s="3"/>
+      <c r="F602" s="3"/>
+      <c r="G602" s="3"/>
+      <c r="H602" s="3"/>
+      <c r="I602" s="3"/>
+      <c r="J602" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K602" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L601" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="L602" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="3"/>
       <c r="B603" s="4"/>
       <c r="C603" s="4"/>
       <c r="D603" s="4"/>
       <c r="E603" s="3"/>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
       <c r="H603" s="3"/>
       <c r="I603" s="3"/>
       <c r="J603" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K603" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L603" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="3"/>
       <c r="B604" s="4"/>
       <c r="C604" s="4"/>
       <c r="D604" s="4"/>
       <c r="E604" s="3"/>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
       <c r="H604" s="3"/>
       <c r="I604" s="3"/>
       <c r="J604" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K604" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L604" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="3"/>
       <c r="B605" s="4"/>
       <c r="C605" s="4"/>
       <c r="D605" s="4"/>
       <c r="E605" s="3"/>
       <c r="F605" s="3"/>
       <c r="G605" s="3"/>
       <c r="H605" s="3"/>
       <c r="I605" s="3"/>
       <c r="J605" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K605" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L605" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
-      <c r="A606" s="3"/>
-[...1 lines deleted...]
-      <c r="C606" s="4"/>
+      <c r="A606" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B606" s="4" t="inlineStr">
+        <is>
+          <t>165하3204</t>
+        </is>
+      </c>
+      <c r="C606" s="4" t="inlineStr">
+        <is>
+          <t>레이 밴 프레스티지 스페셜 </t>
+        </is>
+      </c>
       <c r="D606" s="4"/>
-      <c r="E606" s="3"/>
-[...3 lines deleted...]
-      <c r="I606" s="3"/>
+      <c r="E606" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F606" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G606" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H606" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I606" s="3" t="inlineStr">
+        <is>
+          <t>64,736KM</t>
+        </is>
+      </c>
       <c r="J606" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K606" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K606" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L606" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
-      <c r="A607" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A607" s="3"/>
+      <c r="B607" s="4"/>
+      <c r="C607" s="4"/>
+      <c r="D607" s="4"/>
+      <c r="E607" s="3"/>
+      <c r="F607" s="3"/>
+      <c r="G607" s="3"/>
+      <c r="H607" s="3"/>
+      <c r="I607" s="3"/>
       <c r="J607" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K607" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L607" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="3"/>
       <c r="B608" s="4"/>
       <c r="C608" s="4"/>
       <c r="D608" s="4"/>
       <c r="E608" s="3"/>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
       <c r="H608" s="3"/>
       <c r="I608" s="3"/>
       <c r="J608" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>30</t>
         </is>
       </c>
       <c r="K608" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L608" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>370,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
-      <c r="A609" s="3"/>
-[...7 lines deleted...]
-      <c r="I609" s="3"/>
+      <c r="A609" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B609" s="4" t="inlineStr">
+        <is>
+          <t>29하9773</t>
+        </is>
+      </c>
+      <c r="C609" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱 레인지 2WD 에어</t>
+        </is>
+      </c>
+      <c r="D609" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E609" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F609" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G609" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H609" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I609" s="3" t="inlineStr">
+        <is>
+          <t>33,064KM</t>
+        </is>
+      </c>
       <c r="J609" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K609" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L609" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="3"/>
       <c r="B610" s="4"/>
       <c r="C610" s="4"/>
       <c r="D610" s="4"/>
       <c r="E610" s="3"/>
       <c r="F610" s="3"/>
       <c r="G610" s="3"/>
       <c r="H610" s="3"/>
       <c r="I610" s="3"/>
       <c r="J610" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K610" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L610" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="3"/>
       <c r="B611" s="4"/>
       <c r="C611" s="4"/>
       <c r="D611" s="4"/>
       <c r="E611" s="3"/>
       <c r="F611" s="3"/>
       <c r="G611" s="3"/>
       <c r="H611" s="3"/>
       <c r="I611" s="3"/>
       <c r="J611" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K611" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L611" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
       <c r="B612" s="4" t="inlineStr">
         <is>
-          <t>116하6424</t>
+          <t>116허7539</t>
         </is>
       </c>
       <c r="C612" s="4" t="inlineStr">
         <is>
-          <t>카니발 디젤 9인승 프레스티지 </t>
+          <t>쏘나타 디엣지 렌터카 2.0 LPI 비즈니스1</t>
         </is>
       </c>
       <c r="D612" s="4" t="inlineStr">
         <is>
-          <t>파워슬라이딩 도어</t>
+          <t>익스테리어디자인3 하이패스</t>
         </is>
       </c>
       <c r="E612" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F612" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G612" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H612" s="3" t="inlineStr">
         <is>
-          <t>21년10월</t>
+          <t>23년12월</t>
         </is>
       </c>
       <c r="I612" s="3" t="inlineStr">
         <is>
-          <t>154,119KM</t>
+          <t>56,905KM</t>
         </is>
       </c>
       <c r="J612" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K612" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L612" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="3"/>
       <c r="B613" s="4"/>
       <c r="C613" s="4"/>
       <c r="D613" s="4"/>
       <c r="E613" s="3"/>
       <c r="F613" s="3"/>
       <c r="G613" s="3"/>
       <c r="H613" s="3"/>
       <c r="I613" s="3"/>
       <c r="J613" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K613" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L613" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>605,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
-      <c r="A614" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A614" s="3"/>
+      <c r="B614" s="4"/>
+      <c r="C614" s="4"/>
+      <c r="D614" s="4"/>
+      <c r="E614" s="3"/>
+      <c r="F614" s="3"/>
+      <c r="G614" s="3"/>
+      <c r="H614" s="3"/>
+      <c r="I614" s="3"/>
       <c r="J614" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K614" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L614" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="3"/>
       <c r="B615" s="4"/>
       <c r="C615" s="4"/>
       <c r="D615" s="4"/>
       <c r="E615" s="3"/>
       <c r="F615" s="3"/>
       <c r="G615" s="3"/>
       <c r="H615" s="3"/>
       <c r="I615" s="3"/>
       <c r="J615" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K615" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L615" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
-      <c r="A616" s="3"/>
-[...7 lines deleted...]
-      <c r="I616" s="3"/>
+      <c r="A616" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B616" s="4" t="inlineStr">
+        <is>
+          <t>116호7021</t>
+        </is>
+      </c>
+      <c r="C616" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 2.0 트렌디</t>
+        </is>
+      </c>
+      <c r="D616" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 내비</t>
+        </is>
+      </c>
+      <c r="E616" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F616" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G616" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H616" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I616" s="3" t="inlineStr">
+        <is>
+          <t>1,028KM</t>
+        </is>
+      </c>
       <c r="J616" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K616" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L616" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="3"/>
       <c r="B617" s="4"/>
       <c r="C617" s="4"/>
       <c r="D617" s="4"/>
       <c r="E617" s="3"/>
       <c r="F617" s="3"/>
       <c r="G617" s="3"/>
       <c r="H617" s="3"/>
       <c r="I617" s="3"/>
       <c r="J617" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K617" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L617" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
-      <c r="A618" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A618" s="3"/>
+      <c r="B618" s="4"/>
+      <c r="C618" s="4"/>
+      <c r="D618" s="4"/>
+      <c r="E618" s="3"/>
+      <c r="F618" s="3"/>
+      <c r="G618" s="3"/>
+      <c r="H618" s="3"/>
+      <c r="I618" s="3"/>
       <c r="J618" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K618" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L618" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="3"/>
       <c r="B619" s="4"/>
       <c r="C619" s="4"/>
       <c r="D619" s="4"/>
       <c r="E619" s="3"/>
       <c r="F619" s="3"/>
       <c r="G619" s="3"/>
       <c r="H619" s="3"/>
       <c r="I619" s="3"/>
       <c r="J619" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K619" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L619" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="3"/>
       <c r="B620" s="4"/>
       <c r="C620" s="4"/>
       <c r="D620" s="4"/>
       <c r="E620" s="3"/>
       <c r="F620" s="3"/>
       <c r="G620" s="3"/>
       <c r="H620" s="3"/>
       <c r="I620" s="3"/>
       <c r="J620" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K620" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L620" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
-      <c r="A621" s="3"/>
-[...7 lines deleted...]
-      <c r="I621" s="3"/>
+      <c r="A621" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B621" s="4" t="inlineStr">
+        <is>
+          <t>116호6198</t>
+        </is>
+      </c>
+      <c r="C621" s="4" t="inlineStr">
+        <is>
+          <t>뉴 르노 QM6 2.0 LPe RE</t>
+        </is>
+      </c>
+      <c r="D621" s="4" t="inlineStr">
+        <is>
+          <t>EASY LIFE 인포테인먼트팩Ⅱ 가죽시트+프
+레임리스 룸미러 (하이패스 심카드 전용)  매
+직 테일게이트+사각지대경보시스템(BSW)</t>
+        </is>
+      </c>
+      <c r="E621" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F621" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G621" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H621" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I621" s="3" t="inlineStr">
+        <is>
+          <t>26,116KM</t>
+        </is>
+      </c>
       <c r="J621" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K621" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L621" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="3"/>
       <c r="B622" s="4"/>
       <c r="C622" s="4"/>
       <c r="D622" s="4"/>
       <c r="E622" s="3"/>
       <c r="F622" s="3"/>
       <c r="G622" s="3"/>
       <c r="H622" s="3"/>
       <c r="I622" s="3"/>
       <c r="J622" s="3" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K622" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L622" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
-      <c r="A623" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A623" s="3"/>
+      <c r="B623" s="4"/>
+      <c r="C623" s="4"/>
+      <c r="D623" s="4"/>
+      <c r="E623" s="3"/>
+      <c r="F623" s="3"/>
+      <c r="G623" s="3"/>
+      <c r="H623" s="3"/>
+      <c r="I623" s="3"/>
       <c r="J623" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K623" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L623" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="3"/>
       <c r="B624" s="4"/>
       <c r="C624" s="4"/>
       <c r="D624" s="4"/>
       <c r="E624" s="3"/>
       <c r="F624" s="3"/>
       <c r="G624" s="3"/>
       <c r="H624" s="3"/>
       <c r="I624" s="3"/>
       <c r="J624" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K624" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L624" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="3"/>
       <c r="B625" s="4"/>
       <c r="C625" s="4"/>
       <c r="D625" s="4"/>
       <c r="E625" s="3"/>
       <c r="F625" s="3"/>
       <c r="G625" s="3"/>
       <c r="H625" s="3"/>
       <c r="I625" s="3"/>
       <c r="J625" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K625" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L625" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
-      <c r="A626" s="3"/>
-[...7 lines deleted...]
-      <c r="I626" s="3"/>
+      <c r="A626" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B626" s="4" t="inlineStr">
+        <is>
+          <t>116호6072</t>
+        </is>
+      </c>
+      <c r="C626" s="4" t="inlineStr">
+        <is>
+          <t>GV80 쿠페 가솔린 2.5 터보 AWD </t>
+        </is>
+      </c>
+      <c r="D626" s="4" t="inlineStr">
+        <is>
+          <t>22인치휠, 쿠페디자인셀렉션2</t>
+        </is>
+      </c>
+      <c r="E626" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F626" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G626" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H626" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I626" s="3" t="inlineStr">
+        <is>
+          <t>29,209KM</t>
+        </is>
+      </c>
       <c r="J626" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K626" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L626" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="3"/>
       <c r="B627" s="4"/>
       <c r="C627" s="4"/>
       <c r="D627" s="4"/>
       <c r="E627" s="3"/>
       <c r="F627" s="3"/>
       <c r="G627" s="3"/>
       <c r="H627" s="3"/>
       <c r="I627" s="3"/>
       <c r="J627" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K627" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L627" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>1,750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
-      <c r="A628" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A628" s="3"/>
+      <c r="B628" s="4"/>
+      <c r="C628" s="4"/>
+      <c r="D628" s="4"/>
+      <c r="E628" s="3"/>
+      <c r="F628" s="3"/>
+      <c r="G628" s="3"/>
+      <c r="H628" s="3"/>
+      <c r="I628" s="3"/>
       <c r="J628" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K628" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L628" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="3"/>
       <c r="B629" s="4"/>
       <c r="C629" s="4"/>
       <c r="D629" s="4"/>
       <c r="E629" s="3"/>
       <c r="F629" s="3"/>
       <c r="G629" s="3"/>
       <c r="H629" s="3"/>
       <c r="I629" s="3"/>
       <c r="J629" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K629" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L629" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>1,650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
-      <c r="A630" s="3"/>
-[...1 lines deleted...]
-      <c r="C630" s="4"/>
+      <c r="A630" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B630" s="4" t="inlineStr">
+        <is>
+          <t>222호2297</t>
+        </is>
+      </c>
+      <c r="C630" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 CN7 가솔린 1.6 Modern</t>
+        </is>
+      </c>
       <c r="D630" s="4"/>
-      <c r="E630" s="3"/>
-[...3 lines deleted...]
-      <c r="I630" s="3"/>
+      <c r="E630" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F630" s="3" t="inlineStr">
+        <is>
+          <t>블루</t>
+        </is>
+      </c>
+      <c r="G630" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H630" s="3" t="inlineStr">
+        <is>
+          <t>23년07월</t>
+        </is>
+      </c>
+      <c r="I630" s="3" t="inlineStr">
+        <is>
+          <t>48,000KM</t>
+        </is>
+      </c>
       <c r="J630" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K630" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L630" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="3"/>
       <c r="B631" s="4"/>
       <c r="C631" s="4"/>
       <c r="D631" s="4"/>
       <c r="E631" s="3"/>
       <c r="F631" s="3"/>
       <c r="G631" s="3"/>
       <c r="H631" s="3"/>
       <c r="I631" s="3"/>
       <c r="J631" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K631" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L631" s="3" t="inlineStr">
         <is>
-          <t>1,190,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
-      <c r="A632" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A632" s="3"/>
+      <c r="B632" s="4"/>
+      <c r="C632" s="4"/>
       <c r="D632" s="4"/>
-      <c r="E632" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E632" s="3"/>
+      <c r="F632" s="3"/>
+      <c r="G632" s="3"/>
+      <c r="H632" s="3"/>
+      <c r="I632" s="3"/>
       <c r="J632" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K632" s="3" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="L632" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="3"/>
       <c r="B633" s="4"/>
       <c r="C633" s="4"/>
       <c r="D633" s="4"/>
       <c r="E633" s="3"/>
       <c r="F633" s="3"/>
       <c r="G633" s="3"/>
       <c r="H633" s="3"/>
       <c r="I633" s="3"/>
       <c r="J633" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K633" s="3" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="L633" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
-      <c r="A634" s="3"/>
-[...7 lines deleted...]
-      <c r="I634" s="3"/>
+      <c r="A634" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B634" s="4" t="inlineStr">
+        <is>
+          <t>101호2067</t>
+        </is>
+      </c>
+      <c r="C634" s="4" t="inlineStr">
+        <is>
+          <t>그랜저IG 가솔린 2.5 프리미엄</t>
+        </is>
+      </c>
+      <c r="D634" s="4" t="inlineStr">
+        <is>
+          <t>현대스마트센스1 , 플래티넘 , 프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E634" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F634" s="3" t="inlineStr">
+        <is>
+          <t>화이트 크림</t>
+        </is>
+      </c>
+      <c r="G634" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H634" s="3" t="inlineStr">
+        <is>
+          <t>20년07월</t>
+        </is>
+      </c>
+      <c r="I634" s="3" t="inlineStr">
+        <is>
+          <t>66,300KM</t>
+        </is>
+      </c>
       <c r="J634" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K634" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L634" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="3"/>
       <c r="B635" s="4"/>
       <c r="C635" s="4"/>
       <c r="D635" s="4"/>
       <c r="E635" s="3"/>
       <c r="F635" s="3"/>
       <c r="G635" s="3"/>
       <c r="H635" s="3"/>
       <c r="I635" s="3"/>
       <c r="J635" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K635" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L635" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="3"/>
       <c r="B636" s="4"/>
       <c r="C636" s="4"/>
       <c r="D636" s="4"/>
       <c r="E636" s="3"/>
       <c r="F636" s="3"/>
       <c r="G636" s="3"/>
       <c r="H636" s="3"/>
       <c r="I636" s="3"/>
       <c r="J636" s="3" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K636" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L636" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B637" s="4" t="inlineStr">
         <is>
-          <t>101호2067</t>
+          <t>101하2755</t>
         </is>
       </c>
       <c r="C637" s="4" t="inlineStr">
         <is>
-          <t>그랜저IG 가솔린 2.5 프리미엄</t>
+          <t>쏘렌토 MQ4 디젤 2.2 5인승 노블레스</t>
         </is>
       </c>
       <c r="D637" s="4" t="inlineStr">
         <is>
-          <t>현대스마트센스1 , 플래티넘 , 프리미엄초이스</t>
+          <t>드라이브와이즈 스마트커넥트 내비게이션</t>
         </is>
       </c>
       <c r="E637" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F637" s="3" t="inlineStr">
         <is>
-          <t>화이트 크림</t>
+          <t>플라티늄그라파이트</t>
         </is>
       </c>
       <c r="G637" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H637" s="3" t="inlineStr">
         <is>
-          <t>20년07월</t>
+          <t>21년07월</t>
         </is>
       </c>
       <c r="I637" s="3" t="inlineStr">
         <is>
-          <t>66,300KM</t>
+          <t>88,400KM</t>
         </is>
       </c>
       <c r="J637" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K637" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L637" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="3"/>
       <c r="B638" s="4"/>
       <c r="C638" s="4"/>
       <c r="D638" s="4"/>
       <c r="E638" s="3"/>
       <c r="F638" s="3"/>
       <c r="G638" s="3"/>
       <c r="H638" s="3"/>
       <c r="I638" s="3"/>
       <c r="J638" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K638" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L638" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="3"/>
       <c r="B639" s="4"/>
       <c r="C639" s="4"/>
       <c r="D639" s="4"/>
       <c r="E639" s="3"/>
       <c r="F639" s="3"/>
       <c r="G639" s="3"/>
       <c r="H639" s="3"/>
       <c r="I639" s="3"/>
       <c r="J639" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K639" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L639" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
-      <c r="A640" s="3" t="inlineStr">
+      <c r="A640" s="3"/>
+      <c r="B640" s="4"/>
+      <c r="C640" s="4"/>
+      <c r="D640" s="4"/>
+      <c r="E640" s="3"/>
+      <c r="F640" s="3"/>
+      <c r="G640" s="3"/>
+      <c r="H640" s="3"/>
+      <c r="I640" s="3"/>
+      <c r="J640" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K640" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L640" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
+      <c r="A641" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
-      <c r="B640" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E640" s="3" t="inlineStr">
+      <c r="B641" s="4" t="inlineStr">
+        <is>
+          <t>104허5134</t>
+        </is>
+      </c>
+      <c r="C641" s="4" t="inlineStr">
+        <is>
+          <t>뉴 티볼리 에어 1.5 터보 가솔린 A1</t>
+        </is>
+      </c>
+      <c r="D641" s="4" t="inlineStr">
+        <is>
+          <t>스마트 미러링 패키지, (직판)스마트키 시스템</t>
+        </is>
+      </c>
+      <c r="E641" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F640" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J640" s="3" t="inlineStr">
+      <c r="F641" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G641" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H641" s="3" t="inlineStr">
+        <is>
+          <t>21년02월</t>
+        </is>
+      </c>
+      <c r="I641" s="3" t="inlineStr">
+        <is>
+          <t>54,100KM</t>
+        </is>
+      </c>
+      <c r="J641" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K640" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K641" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L641" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
-      <c r="A642" s="3" t="inlineStr">
+      <c r="A642" s="3"/>
+      <c r="B642" s="4"/>
+      <c r="C642" s="4"/>
+      <c r="D642" s="4"/>
+      <c r="E642" s="3"/>
+      <c r="F642" s="3"/>
+      <c r="G642" s="3"/>
+      <c r="H642" s="3"/>
+      <c r="I642" s="3"/>
+      <c r="J642" s="3" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="K642" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L642" s="3" t="inlineStr">
+        <is>
+          <t>450,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
+      <c r="A643" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
-      <c r="B642" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E642" s="3" t="inlineStr">
+      <c r="B643" s="4" t="inlineStr">
+        <is>
+          <t>125호4635</t>
+        </is>
+      </c>
+      <c r="C643" s="4" t="inlineStr">
+        <is>
+          <t>신형 G90 가솔린 3.5 터보 AWD 4인승 기본형</t>
+        </is>
+      </c>
+      <c r="D643" s="4" t="inlineStr">
+        <is>
+          <t>뱅앤올룹슨 사운드 패키지, 빌트인 캠 패키지,
+ 프레스티지 컬렉션 + 퍼스트 클래스 VIP 
+시트(4인승), 파노라마 선루프</t>
+        </is>
+      </c>
+      <c r="E643" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F642" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J642" s="3" t="inlineStr">
+      <c r="F643" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G643" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H643" s="3" t="inlineStr">
+        <is>
+          <t>23년05월</t>
+        </is>
+      </c>
+      <c r="I643" s="3" t="inlineStr">
+        <is>
+          <t>42,700KM</t>
+        </is>
+      </c>
+      <c r="J643" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K642" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K643" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L643" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>2,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="3"/>
       <c r="B644" s="4"/>
       <c r="C644" s="4"/>
       <c r="D644" s="4"/>
       <c r="E644" s="3"/>
       <c r="F644" s="3"/>
       <c r="G644" s="3"/>
       <c r="H644" s="3"/>
       <c r="I644" s="3"/>
       <c r="J644" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K644" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L644" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>2,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="3"/>
       <c r="B645" s="4"/>
       <c r="C645" s="4"/>
       <c r="D645" s="4"/>
       <c r="E645" s="3"/>
       <c r="F645" s="3"/>
       <c r="G645" s="3"/>
       <c r="H645" s="3"/>
       <c r="I645" s="3"/>
       <c r="J645" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K645" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L645" s="3" t="inlineStr">
+        <is>
+          <t>2,300,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
+      <c r="A646" s="3"/>
+      <c r="B646" s="4"/>
+      <c r="C646" s="4"/>
+      <c r="D646" s="4"/>
+      <c r="E646" s="3"/>
+      <c r="F646" s="3"/>
+      <c r="G646" s="3"/>
+      <c r="H646" s="3"/>
+      <c r="I646" s="3"/>
+      <c r="J646" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K645" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K646" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L646" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>2,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="3"/>
       <c r="B647" s="4"/>
       <c r="C647" s="4"/>
       <c r="D647" s="4"/>
       <c r="E647" s="3"/>
       <c r="F647" s="3"/>
       <c r="G647" s="3"/>
       <c r="H647" s="3"/>
       <c r="I647" s="3"/>
       <c r="J647" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K647" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L647" s="3" t="inlineStr">
+        <is>
+          <t>2,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
+      <c r="A648" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B648" s="4" t="inlineStr">
+        <is>
+          <t>153하5410</t>
+        </is>
+      </c>
+      <c r="C648" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 1.4 가솔린 프리미어</t>
+        </is>
+      </c>
+      <c r="D648" s="4" t="inlineStr">
+        <is>
+          <t>세이프티 패키지2</t>
+        </is>
+      </c>
+      <c r="E648" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F648" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G648" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H648" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I648" s="3" t="inlineStr">
+        <is>
+          <t>87,200KM</t>
+        </is>
+      </c>
+      <c r="J648" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K648" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L648" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
+      <c r="A649" s="3"/>
+      <c r="B649" s="4"/>
+      <c r="C649" s="4"/>
+      <c r="D649" s="4"/>
+      <c r="E649" s="3"/>
+      <c r="F649" s="3"/>
+      <c r="G649" s="3"/>
+      <c r="H649" s="3"/>
+      <c r="I649" s="3"/>
+      <c r="J649" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K647" s="3" t="inlineStr">
+      <c r="K649" s="3" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
-      <c r="L647" s="3" t="inlineStr">
-[...32 lines deleted...]
-      <c r="A649" s="3" t="inlineStr">
+      <c r="L649" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
+      <c r="A650" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
-      <c r="B649" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E649" s="3" t="inlineStr">
+      <c r="B650" s="4" t="inlineStr">
+        <is>
+          <t>160허3660</t>
+        </is>
+      </c>
+      <c r="C650" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 하이브리드 프리미엄</t>
+        </is>
+      </c>
+      <c r="D650" s="4" t="inlineStr">
+        <is>
+          <t>파킹어시스트플러스, 현대스마트센스1</t>
+        </is>
+      </c>
+      <c r="E650" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F649" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G649" s="3" t="inlineStr">
+      <c r="F650" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G650" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
-      <c r="H649" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J649" s="3" t="inlineStr">
+      <c r="H650" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I650" s="3" t="inlineStr">
+        <is>
+          <t>78,350KM</t>
+        </is>
+      </c>
+      <c r="J650" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K649" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K650" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L650" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="3"/>
       <c r="B651" s="4"/>
       <c r="C651" s="4"/>
       <c r="D651" s="4"/>
       <c r="E651" s="3"/>
       <c r="F651" s="3"/>
       <c r="G651" s="3"/>
       <c r="H651" s="3"/>
       <c r="I651" s="3"/>
       <c r="J651" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K651" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L651" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="3"/>
       <c r="B652" s="4"/>
       <c r="C652" s="4"/>
       <c r="D652" s="4"/>
       <c r="E652" s="3"/>
       <c r="F652" s="3"/>
       <c r="G652" s="3"/>
       <c r="H652" s="3"/>
       <c r="I652" s="3"/>
       <c r="J652" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K652" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L652" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="3"/>
       <c r="B653" s="4"/>
       <c r="C653" s="4"/>
       <c r="D653" s="4"/>
       <c r="E653" s="3"/>
       <c r="F653" s="3"/>
       <c r="G653" s="3"/>
       <c r="H653" s="3"/>
       <c r="I653" s="3"/>
       <c r="J653" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K653" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L653" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B654" s="4" t="inlineStr">
         <is>
-          <t>101허4956</t>
+          <t>101호2733</t>
         </is>
       </c>
       <c r="C654" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+          <t>신형 K5(DL3) 2.0 LPI 렌터카 트렌디</t>
         </is>
       </c>
       <c r="D654" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈,내비게이션</t>
+          <t>내비게이션</t>
         </is>
       </c>
       <c r="E654" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F654" s="3" t="inlineStr">
         <is>
-          <t>스노우화이트펄</t>
+          <t>파랑(남색,곤색)</t>
         </is>
       </c>
       <c r="G654" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H654" s="3" t="inlineStr">
         <is>
-          <t>22년08월</t>
+          <t>20년07월</t>
         </is>
       </c>
       <c r="I654" s="3" t="inlineStr">
         <is>
-          <t>26,600KM</t>
+          <t>93,400KM</t>
         </is>
       </c>
       <c r="J654" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K654" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L654" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="3"/>
       <c r="B655" s="4"/>
       <c r="C655" s="4"/>
       <c r="D655" s="4"/>
       <c r="E655" s="3"/>
       <c r="F655" s="3"/>
       <c r="G655" s="3"/>
       <c r="H655" s="3"/>
       <c r="I655" s="3"/>
       <c r="J655" s="3" t="inlineStr">
         <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K655" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L655" s="3" t="inlineStr">
+        <is>
+          <t>510,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
+      <c r="A656" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B656" s="4" t="inlineStr">
+        <is>
+          <t>101호2779</t>
+        </is>
+      </c>
+      <c r="C656" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타(DN8) L2.0 모던 </t>
+        </is>
+      </c>
+      <c r="D656" s="4" t="inlineStr">
+        <is>
+          <t>하이패스, 멀티미디어내비플러스2+스마트크루즈컨
+트롤, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E656" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F656" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G656" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H656" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I656" s="3" t="inlineStr">
+        <is>
+          <t>104,490KM</t>
+        </is>
+      </c>
+      <c r="J656" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K656" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L656" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
+      <c r="A657" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B657" s="4" t="inlineStr">
+        <is>
+          <t>125호4606</t>
+        </is>
+      </c>
+      <c r="C657" s="4" t="inlineStr">
+        <is>
+          <t>신형쏘렌토(MQ4) 2.2 디젤 2WD 5인승 노블레스</t>
+        </is>
+      </c>
+      <c r="D657" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 스타일, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E657" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F657" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G657" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H657" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I657" s="3" t="inlineStr">
+        <is>
+          <t>67,000KM</t>
+        </is>
+      </c>
+      <c r="J657" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K657" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L657" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
+      <c r="A658" s="3"/>
+      <c r="B658" s="4"/>
+      <c r="C658" s="4"/>
+      <c r="D658" s="4"/>
+      <c r="E658" s="3"/>
+      <c r="F658" s="3"/>
+      <c r="G658" s="3"/>
+      <c r="H658" s="3"/>
+      <c r="I658" s="3"/>
+      <c r="J658" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K655" s="3" t="inlineStr">
+      <c r="K658" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L655" s="3" t="inlineStr">
-[...112 lines deleted...]
-      </c>
       <c r="L658" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="3"/>
       <c r="B659" s="4"/>
       <c r="C659" s="4"/>
       <c r="D659" s="4"/>
       <c r="E659" s="3"/>
       <c r="F659" s="3"/>
       <c r="G659" s="3"/>
       <c r="H659" s="3"/>
       <c r="I659" s="3"/>
       <c r="J659" s="3" t="inlineStr">
         <is>
-          <t>16</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K659" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L659" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
-      <c r="A660" s="3" t="inlineStr">
+      <c r="A660" s="3"/>
+      <c r="B660" s="4"/>
+      <c r="C660" s="4"/>
+      <c r="D660" s="4"/>
+      <c r="E660" s="3"/>
+      <c r="F660" s="3"/>
+      <c r="G660" s="3"/>
+      <c r="H660" s="3"/>
+      <c r="I660" s="3"/>
+      <c r="J660" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K660" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L660" s="3" t="inlineStr">
+        <is>
+          <t>730,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
+      <c r="A661" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
-      <c r="B660" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E660" s="3" t="inlineStr">
+      <c r="B661" s="4" t="inlineStr">
+        <is>
+          <t>125호1152</t>
+        </is>
+      </c>
+      <c r="C661" s="4" t="inlineStr">
+        <is>
+          <t>K8 3.5 GDI 2WD 시그니처</t>
+        </is>
+      </c>
+      <c r="D661" s="4" t="inlineStr">
+        <is>
+          <t>컴포트, 드라이브와이즈, 전자제어서스펜션, H
+UD+스마트커넥트, 메리디안사운드, 프리미엄,
+ 스타일, 선루프</t>
+        </is>
+      </c>
+      <c r="E661" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F660" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G660" s="3" t="inlineStr">
+      <c r="F661" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G661" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H660" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J660" s="3" t="inlineStr">
+      <c r="H661" s="3" t="inlineStr">
+        <is>
+          <t>21년04월</t>
+        </is>
+      </c>
+      <c r="I661" s="3" t="inlineStr">
+        <is>
+          <t>51,000KM</t>
+        </is>
+      </c>
+      <c r="J661" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K660" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K661" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L661" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
-      <c r="A662" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A662" s="3"/>
+      <c r="B662" s="4"/>
+      <c r="C662" s="4"/>
+      <c r="D662" s="4"/>
+      <c r="E662" s="3"/>
+      <c r="F662" s="3"/>
+      <c r="G662" s="3"/>
+      <c r="H662" s="3"/>
+      <c r="I662" s="3"/>
       <c r="J662" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K662" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L662" s="3" t="inlineStr">
         <is>
-          <t>2,500,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="3"/>
       <c r="B663" s="4"/>
       <c r="C663" s="4"/>
       <c r="D663" s="4"/>
       <c r="E663" s="3"/>
       <c r="F663" s="3"/>
       <c r="G663" s="3"/>
       <c r="H663" s="3"/>
       <c r="I663" s="3"/>
       <c r="J663" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K663" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L663" s="3" t="inlineStr">
         <is>
-          <t>2,400,000</t>
+          <t>7,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="3"/>
       <c r="B664" s="4"/>
       <c r="C664" s="4"/>
       <c r="D664" s="4"/>
       <c r="E664" s="3"/>
       <c r="F664" s="3"/>
       <c r="G664" s="3"/>
       <c r="H664" s="3"/>
       <c r="I664" s="3"/>
       <c r="J664" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K664" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L664" s="3" t="inlineStr">
         <is>
-          <t>2,300,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
-      <c r="A665" s="3"/>
-[...7 lines deleted...]
-      <c r="I665" s="3"/>
+      <c r="A665" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B665" s="4" t="inlineStr">
+        <is>
+          <t>101하8455</t>
+        </is>
+      </c>
+      <c r="C665" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 가솔린 3.3 르블랑</t>
+        </is>
+      </c>
+      <c r="D665" s="4" t="inlineStr">
+        <is>
+          <t>파노라마선루프, 르블랑퍼포먼스</t>
+        </is>
+      </c>
+      <c r="E665" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F665" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G665" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H665" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I665" s="3" t="inlineStr">
+        <is>
+          <t>54,500KM</t>
+        </is>
+      </c>
       <c r="J665" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K665" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L665" s="3" t="inlineStr">
         <is>
-          <t>2,200,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="3"/>
       <c r="B666" s="4"/>
       <c r="C666" s="4"/>
       <c r="D666" s="4"/>
       <c r="E666" s="3"/>
       <c r="F666" s="3"/>
       <c r="G666" s="3"/>
       <c r="H666" s="3"/>
       <c r="I666" s="3"/>
       <c r="J666" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K666" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L666" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
-      <c r="A667" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A667" s="3"/>
+      <c r="B667" s="4"/>
+      <c r="C667" s="4"/>
+      <c r="D667" s="4"/>
+      <c r="E667" s="3"/>
+      <c r="F667" s="3"/>
+      <c r="G667" s="3"/>
+      <c r="H667" s="3"/>
+      <c r="I667" s="3"/>
       <c r="J667" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K667" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L667" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="3"/>
       <c r="B668" s="4"/>
       <c r="C668" s="4"/>
       <c r="D668" s="4"/>
       <c r="E668" s="3"/>
       <c r="F668" s="3"/>
       <c r="G668" s="3"/>
       <c r="H668" s="3"/>
       <c r="I668" s="3"/>
       <c r="J668" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K668" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L668" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B669" s="4" t="inlineStr">
         <is>
-          <t>153허8765</t>
+          <t>101허2797</t>
         </is>
       </c>
       <c r="C669" s="4" t="inlineStr">
         <is>
-          <t>신형 K5(DL3) 2.0 가솔린 프레스티지</t>
+          <t>디 올뉴스포티지 2.0 LPG 노블레스 그래비티</t>
         </is>
       </c>
       <c r="D669" s="4" t="inlineStr">
         <is>
-          <t>내비게이션, 내장선택불가-컴포트</t>
+          <t>내비게이션, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E669" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F669" s="3" t="inlineStr">
         <is>
-          <t>블랙</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G669" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H669" s="3" t="inlineStr">
         <is>
-          <t>21년01월</t>
+          <t>22년11월</t>
         </is>
       </c>
       <c r="I669" s="3" t="inlineStr">
         <is>
-          <t>67,200KM</t>
+          <t>59,000KM</t>
         </is>
       </c>
       <c r="J669" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K669" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L669" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="3"/>
       <c r="B670" s="4"/>
       <c r="C670" s="4"/>
       <c r="D670" s="4"/>
       <c r="E670" s="3"/>
       <c r="F670" s="3"/>
       <c r="G670" s="3"/>
       <c r="H670" s="3"/>
       <c r="I670" s="3"/>
       <c r="J670" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K670" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L670" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
-      <c r="A671" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A671" s="3"/>
+      <c r="B671" s="4"/>
+      <c r="C671" s="4"/>
+      <c r="D671" s="4"/>
+      <c r="E671" s="3"/>
+      <c r="F671" s="3"/>
+      <c r="G671" s="3"/>
+      <c r="H671" s="3"/>
+      <c r="I671" s="3"/>
       <c r="J671" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K671" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L671" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="3"/>
       <c r="B672" s="4"/>
       <c r="C672" s="4"/>
       <c r="D672" s="4"/>
       <c r="E672" s="3"/>
       <c r="F672" s="3"/>
       <c r="G672" s="3"/>
       <c r="H672" s="3"/>
       <c r="I672" s="3"/>
       <c r="J672" s="3" t="inlineStr">
         <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="K672" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L672" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
+      <c r="A673" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B673" s="4" t="inlineStr">
+        <is>
+          <t>142호6508</t>
+        </is>
+      </c>
+      <c r="C673" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D673" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠(브라운/베이지)-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E673" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F673" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G673" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H673" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I673" s="3" t="inlineStr">
+        <is>
+          <t>26,300KM</t>
+        </is>
+      </c>
+      <c r="J673" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K673" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L673" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
+      <c r="A674" s="3"/>
+      <c r="B674" s="4"/>
+      <c r="C674" s="4"/>
+      <c r="D674" s="4"/>
+      <c r="E674" s="3"/>
+      <c r="F674" s="3"/>
+      <c r="G674" s="3"/>
+      <c r="H674" s="3"/>
+      <c r="I674" s="3"/>
+      <c r="J674" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K672" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K674" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L674" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="3"/>
       <c r="B675" s="4"/>
       <c r="C675" s="4"/>
       <c r="D675" s="4"/>
       <c r="E675" s="3"/>
       <c r="F675" s="3"/>
       <c r="G675" s="3"/>
       <c r="H675" s="3"/>
       <c r="I675" s="3"/>
       <c r="J675" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K675" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L675" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
-      <c r="A676" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A676" s="3"/>
+      <c r="B676" s="4"/>
+      <c r="C676" s="4"/>
+      <c r="D676" s="4"/>
+      <c r="E676" s="3"/>
+      <c r="F676" s="3"/>
+      <c r="G676" s="3"/>
+      <c r="H676" s="3"/>
+      <c r="I676" s="3"/>
       <c r="J676" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K676" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L676" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="3"/>
       <c r="B677" s="4"/>
       <c r="C677" s="4"/>
       <c r="D677" s="4"/>
       <c r="E677" s="3"/>
       <c r="F677" s="3"/>
       <c r="G677" s="3"/>
       <c r="H677" s="3"/>
       <c r="I677" s="3"/>
       <c r="J677" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K677" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L677" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
-      <c r="A678" s="3"/>
-[...7 lines deleted...]
-      <c r="I678" s="3"/>
+      <c r="A678" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B678" s="4" t="inlineStr">
+        <is>
+          <t>160하8412</t>
+        </is>
+      </c>
+      <c r="C678" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D678" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E678" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F678" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G678" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H678" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I678" s="3" t="inlineStr">
+        <is>
+          <t>114,850KM</t>
+        </is>
+      </c>
       <c r="J678" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K678" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L678" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="3"/>
       <c r="B679" s="4"/>
       <c r="C679" s="4"/>
       <c r="D679" s="4"/>
       <c r="E679" s="3"/>
       <c r="F679" s="3"/>
       <c r="G679" s="3"/>
       <c r="H679" s="3"/>
       <c r="I679" s="3"/>
       <c r="J679" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K679" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L679" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B680" s="4" t="inlineStr">
         <is>
-          <t>222하3643</t>
+          <t>137호1229</t>
         </is>
       </c>
       <c r="C680" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 4WD 시그니처 그래비티</t>
+          <t>아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
         </is>
       </c>
       <c r="D680" s="4" t="inlineStr">
         <is>
-          <t>모니터링팩, HUD팩, 드라이브와이즈, 컴포트
-[...1 lines deleted...]
-운드, 선루프, 내비게이션</t>
+          <t>하이패스시스템(ECM룸미러), 인포테인먼트내비
+Ⅱ</t>
         </is>
       </c>
       <c r="E680" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F680" s="3" t="inlineStr">
         <is>
-          <t>회색</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G680" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H680" s="3" t="inlineStr">
         <is>
-          <t>23년09월</t>
+          <t>21년06월</t>
         </is>
       </c>
       <c r="I680" s="3" t="inlineStr">
         <is>
-          <t>26,550KM</t>
+          <t>105,750KM</t>
         </is>
       </c>
       <c r="J680" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K680" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L680" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="3"/>
       <c r="B681" s="4"/>
       <c r="C681" s="4"/>
       <c r="D681" s="4"/>
       <c r="E681" s="3"/>
       <c r="F681" s="3"/>
       <c r="G681" s="3"/>
       <c r="H681" s="3"/>
       <c r="I681" s="3"/>
       <c r="J681" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K681" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L681" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
-      <c r="A682" s="3"/>
-[...7 lines deleted...]
-      <c r="I682" s="3"/>
+      <c r="A682" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B682" s="4" t="inlineStr">
+        <is>
+          <t>101허2796</t>
+        </is>
+      </c>
+      <c r="C682" s="4" t="inlineStr">
+        <is>
+          <t>신형 G90 가솔린 3.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D682" s="4" t="inlineStr">
+        <is>
+          <t>능동형후륜조향(RWS)(멀티챔버에어서스펜션 포
+함), 빌트인캠 패키지, 프리미엄 콜렉션+이지
+클로즈, 파노라마 썬루프</t>
+        </is>
+      </c>
+      <c r="E682" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F682" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G682" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H682" s="3" t="inlineStr">
+        <is>
+          <t>22년10월</t>
+        </is>
+      </c>
+      <c r="I682" s="3" t="inlineStr">
+        <is>
+          <t>65,500KM</t>
+        </is>
+      </c>
       <c r="J682" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K682" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L682" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>2,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="3"/>
       <c r="B683" s="4"/>
       <c r="C683" s="4"/>
       <c r="D683" s="4"/>
       <c r="E683" s="3"/>
       <c r="F683" s="3"/>
       <c r="G683" s="3"/>
       <c r="H683" s="3"/>
       <c r="I683" s="3"/>
       <c r="J683" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K683" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L683" s="3" t="inlineStr">
+        <is>
+          <t>2,200,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
+      <c r="A684" s="3"/>
+      <c r="B684" s="4"/>
+      <c r="C684" s="4"/>
+      <c r="D684" s="4"/>
+      <c r="E684" s="3"/>
+      <c r="F684" s="3"/>
+      <c r="G684" s="3"/>
+      <c r="H684" s="3"/>
+      <c r="I684" s="3"/>
+      <c r="J684" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K683" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K684" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L684" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="3"/>
       <c r="B685" s="4"/>
       <c r="C685" s="4"/>
       <c r="D685" s="4"/>
       <c r="E685" s="3"/>
       <c r="F685" s="3"/>
       <c r="G685" s="3"/>
       <c r="H685" s="3"/>
       <c r="I685" s="3"/>
       <c r="J685" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K685" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L685" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="3" t="inlineStr">
         <is>
           <t>MY</t>
         </is>
       </c>
       <c r="B686" s="4" t="inlineStr">
         <is>
-          <t>191허3012</t>
+          <t>101하2785</t>
         </is>
       </c>
       <c r="C686" s="4" t="inlineStr">
         <is>
-          <t>아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
+          <t>더 올뉴G80 가솔린 3.5 터보 AWD 기본형</t>
         </is>
       </c>
       <c r="D686" s="4" t="inlineStr">
         <is>
-          <t>컴포트Ⅰ</t>
+          <t>파퓰러 패키지, 빌트인캠</t>
         </is>
       </c>
       <c r="E686" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F686" s="3" t="inlineStr">
         <is>
-          <t>회색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G686" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H686" s="3" t="inlineStr">
         <is>
-          <t>22년05월</t>
+          <t>21년11월</t>
         </is>
       </c>
       <c r="I686" s="3" t="inlineStr">
         <is>
-          <t>54,200KM</t>
+          <t>77,400KM</t>
         </is>
       </c>
       <c r="J686" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K686" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L686" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="3"/>
       <c r="B687" s="4"/>
       <c r="C687" s="4"/>
       <c r="D687" s="4"/>
       <c r="E687" s="3"/>
       <c r="F687" s="3"/>
       <c r="G687" s="3"/>
       <c r="H687" s="3"/>
       <c r="I687" s="3"/>
       <c r="J687" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K687" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L687" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="3"/>
       <c r="B688" s="4"/>
       <c r="C688" s="4"/>
       <c r="D688" s="4"/>
       <c r="E688" s="3"/>
       <c r="F688" s="3"/>
       <c r="G688" s="3"/>
       <c r="H688" s="3"/>
       <c r="I688" s="3"/>
       <c r="J688" s="3" t="inlineStr">
         <is>
-          <t>39</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K688" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L688" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
-      <c r="A689" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E689" s="3" t="inlineStr">
+      <c r="A689" s="3"/>
+      <c r="B689" s="4"/>
+      <c r="C689" s="4"/>
+      <c r="D689" s="4"/>
+      <c r="E689" s="3"/>
+      <c r="F689" s="3"/>
+      <c r="G689" s="3"/>
+      <c r="H689" s="3"/>
+      <c r="I689" s="3"/>
+      <c r="J689" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K689" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L689" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
+      <c r="A690" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B690" s="4" t="inlineStr">
+        <is>
+          <t>101허4976</t>
+        </is>
+      </c>
+      <c r="C690" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 GDI 노블레스</t>
+        </is>
+      </c>
+      <c r="D690" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E690" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F689" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J689" s="3" t="inlineStr">
+      <c r="F690" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G690" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H690" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I690" s="3" t="inlineStr">
+        <is>
+          <t>50,400KM</t>
+        </is>
+      </c>
+      <c r="J690" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K689" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K690" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L690" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="3"/>
       <c r="B691" s="4"/>
       <c r="C691" s="4"/>
       <c r="D691" s="4"/>
       <c r="E691" s="3"/>
       <c r="F691" s="3"/>
       <c r="G691" s="3"/>
       <c r="H691" s="3"/>
       <c r="I691" s="3"/>
       <c r="J691" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K691" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L691" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
+      <c r="A692" s="3"/>
+      <c r="B692" s="4"/>
+      <c r="C692" s="4"/>
+      <c r="D692" s="4"/>
+      <c r="E692" s="3"/>
+      <c r="F692" s="3"/>
+      <c r="G692" s="3"/>
+      <c r="H692" s="3"/>
+      <c r="I692" s="3"/>
+      <c r="J692" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K691" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K692" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L692" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="3"/>
       <c r="B693" s="4"/>
       <c r="C693" s="4"/>
       <c r="D693" s="4"/>
       <c r="E693" s="3"/>
       <c r="F693" s="3"/>
       <c r="G693" s="3"/>
       <c r="H693" s="3"/>
       <c r="I693" s="3"/>
       <c r="J693" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K693" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L693" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="3"/>
       <c r="B694" s="4"/>
       <c r="C694" s="4"/>
       <c r="D694" s="4"/>
       <c r="E694" s="3"/>
       <c r="F694" s="3"/>
       <c r="G694" s="3"/>
       <c r="H694" s="3"/>
       <c r="I694" s="3"/>
       <c r="J694" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K694" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L694" s="3" t="inlineStr">
         <is>
-          <t>1,290,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="3" t="inlineStr">
         <is>
-          <t>SW</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B695" s="4" t="inlineStr">
         <is>
-          <t>116호6111</t>
+          <t>101하2736</t>
         </is>
       </c>
       <c r="C695" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
-니스 1</t>
+          <t>K5 2.0 프레스티지</t>
         </is>
       </c>
       <c r="D695" s="4" t="inlineStr">
         <is>
-          <t>인포테인먼트 내비1</t>
+          <t>드라이브와이즈,스타일,내비게이션</t>
         </is>
       </c>
       <c r="E695" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F695" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G695" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H695" s="3" t="inlineStr">
         <is>
-          <t>25년01월</t>
+          <t>21년06월</t>
         </is>
       </c>
       <c r="I695" s="3" t="inlineStr">
         <is>
-          <t>10,528KM</t>
+          <t>84,000KM</t>
         </is>
       </c>
       <c r="J695" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K695" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L695" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="3"/>
       <c r="B696" s="4"/>
       <c r="C696" s="4"/>
       <c r="D696" s="4"/>
       <c r="E696" s="3"/>
       <c r="F696" s="3"/>
       <c r="G696" s="3"/>
       <c r="H696" s="3"/>
       <c r="I696" s="3"/>
       <c r="J696" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K696" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L696" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
-      <c r="A697" s="3"/>
-[...7 lines deleted...]
-      <c r="I697" s="3"/>
+      <c r="A697" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B697" s="4" t="inlineStr">
+        <is>
+          <t>101호9408</t>
+        </is>
+      </c>
+      <c r="C697" s="4" t="inlineStr">
+        <is>
+          <t>K8 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D697" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, HUD+스마트커넥트, 스타일2</t>
+        </is>
+      </c>
+      <c r="E697" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F697" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G697" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H697" s="3" t="inlineStr">
+        <is>
+          <t>23년05월</t>
+        </is>
+      </c>
+      <c r="I697" s="3" t="inlineStr">
+        <is>
+          <t>67,100KM</t>
+        </is>
+      </c>
       <c r="J697" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K697" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L697" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="3"/>
       <c r="B698" s="4"/>
       <c r="C698" s="4"/>
       <c r="D698" s="4"/>
       <c r="E698" s="3"/>
       <c r="F698" s="3"/>
       <c r="G698" s="3"/>
       <c r="H698" s="3"/>
       <c r="I698" s="3"/>
       <c r="J698" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K698" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L698" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
-      <c r="A699" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A699" s="3"/>
+      <c r="B699" s="4"/>
+      <c r="C699" s="4"/>
+      <c r="D699" s="4"/>
+      <c r="E699" s="3"/>
+      <c r="F699" s="3"/>
+      <c r="G699" s="3"/>
+      <c r="H699" s="3"/>
+      <c r="I699" s="3"/>
       <c r="J699" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K699" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L699" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="3"/>
       <c r="B700" s="4"/>
       <c r="C700" s="4"/>
       <c r="D700" s="4"/>
       <c r="E700" s="3"/>
       <c r="F700" s="3"/>
       <c r="G700" s="3"/>
       <c r="H700" s="3"/>
       <c r="I700" s="3"/>
       <c r="J700" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K700" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L700" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
+      <c r="A701" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B701" s="4" t="inlineStr">
+        <is>
+          <t>165하7709</t>
+        </is>
+      </c>
+      <c r="C701" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴니로 HEV 트렌디</t>
+        </is>
+      </c>
+      <c r="D701" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E701" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F701" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G701" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H701" s="3" t="inlineStr">
+        <is>
+          <t>22년04월</t>
+        </is>
+      </c>
+      <c r="I701" s="3" t="inlineStr">
+        <is>
+          <t>98,800KM</t>
+        </is>
+      </c>
+      <c r="J701" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K701" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L701" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
+      <c r="A702" s="3"/>
+      <c r="B702" s="4"/>
+      <c r="C702" s="4"/>
+      <c r="D702" s="4"/>
+      <c r="E702" s="3"/>
+      <c r="F702" s="3"/>
+      <c r="G702" s="3"/>
+      <c r="H702" s="3"/>
+      <c r="I702" s="3"/>
+      <c r="J702" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K700" s="3" t="inlineStr">
-[...82 lines deleted...]
-      </c>
       <c r="K702" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L702" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="3"/>
       <c r="B703" s="4"/>
       <c r="C703" s="4"/>
       <c r="D703" s="4"/>
       <c r="E703" s="3"/>
       <c r="F703" s="3"/>
       <c r="G703" s="3"/>
       <c r="H703" s="3"/>
       <c r="I703" s="3"/>
       <c r="J703" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K703" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L703" s="3" t="inlineStr">
+        <is>
+          <t>460,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
+      <c r="A704" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B704" s="4" t="inlineStr">
+        <is>
+          <t>01호3924</t>
+        </is>
+      </c>
+      <c r="C704" s="4" t="inlineStr">
+        <is>
+          <t>아이오닉 5 Long Range 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D704" s="4" t="inlineStr">
+        <is>
+          <t>비전루프, 실내V2L(파츠), 디지털사이드미러
+, 파킹어시스트, 컴포트플러스, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E704" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F704" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G704" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H704" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I704" s="3" t="inlineStr">
+        <is>
+          <t>75,750KM</t>
+        </is>
+      </c>
+      <c r="J704" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K704" s="3" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="L704" s="3" t="inlineStr">
+        <is>
+          <t>880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
+      <c r="A705" s="3"/>
+      <c r="B705" s="4"/>
+      <c r="C705" s="4"/>
+      <c r="D705" s="4"/>
+      <c r="E705" s="3"/>
+      <c r="F705" s="3"/>
+      <c r="G705" s="3"/>
+      <c r="H705" s="3"/>
+      <c r="I705" s="3"/>
+      <c r="J705" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K703" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K705" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L705" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
       <c r="A706" s="3"/>
       <c r="B706" s="4"/>
       <c r="C706" s="4"/>
       <c r="D706" s="4"/>
       <c r="E706" s="3"/>
       <c r="F706" s="3"/>
       <c r="G706" s="3"/>
       <c r="H706" s="3"/>
       <c r="I706" s="3"/>
       <c r="J706" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>33</t>
         </is>
       </c>
       <c r="K706" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L706" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
-      <c r="A707" s="3"/>
-[...7 lines deleted...]
-      <c r="I707" s="3"/>
+      <c r="A707" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B707" s="4" t="inlineStr">
+        <is>
+          <t>142호3587</t>
+        </is>
+      </c>
+      <c r="C707" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴팰리세이드 3.8 가솔린 AWD 7인승 캘리그래피</t>
+        </is>
+      </c>
+      <c r="D707" s="4" t="inlineStr">
+        <is>
+          <t>라이프스타일, 듀얼파노라마썬루프, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E707" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F707" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G707" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H707" s="3" t="inlineStr">
+        <is>
+          <t>24년07월</t>
+        </is>
+      </c>
+      <c r="I707" s="3" t="inlineStr">
+        <is>
+          <t>26,000KM</t>
+        </is>
+      </c>
       <c r="J707" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K707" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L707" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
-      <c r="A708" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A708" s="3"/>
+      <c r="B708" s="4"/>
+      <c r="C708" s="4"/>
+      <c r="D708" s="4"/>
+      <c r="E708" s="3"/>
+      <c r="F708" s="3"/>
+      <c r="G708" s="3"/>
+      <c r="H708" s="3"/>
+      <c r="I708" s="3"/>
       <c r="J708" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K708" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L708" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="3"/>
       <c r="B709" s="4"/>
       <c r="C709" s="4"/>
       <c r="D709" s="4"/>
       <c r="E709" s="3"/>
       <c r="F709" s="3"/>
       <c r="G709" s="3"/>
       <c r="H709" s="3"/>
       <c r="I709" s="3"/>
       <c r="J709" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K709" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L709" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="3"/>
       <c r="B710" s="4"/>
       <c r="C710" s="4"/>
       <c r="D710" s="4"/>
       <c r="E710" s="3"/>
       <c r="F710" s="3"/>
       <c r="G710" s="3"/>
       <c r="H710" s="3"/>
       <c r="I710" s="3"/>
       <c r="J710" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K710" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L710" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="3"/>
       <c r="B711" s="4"/>
       <c r="C711" s="4"/>
       <c r="D711" s="4"/>
       <c r="E711" s="3"/>
       <c r="F711" s="3"/>
       <c r="G711" s="3"/>
       <c r="H711" s="3"/>
       <c r="I711" s="3"/>
       <c r="J711" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K711" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L711" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="3" t="inlineStr">
         <is>
-          <t>SW</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B712" s="4" t="inlineStr">
         <is>
-          <t>145허6461</t>
+          <t>142호8482</t>
         </is>
       </c>
       <c r="C712" s="4" t="inlineStr">
         <is>
-          <t>베리 뉴 티볼리 1.6 디젤 2WD V1</t>
+          <t>더 뉴쏘렌토(MQ4) 2.5 가솔린 2WD 5인승 시그
+니처</t>
         </is>
       </c>
       <c r="D712" s="4" t="inlineStr">
         <is>
-          <t>9인치 내비게이션</t>
+          <t>드라이브와이즈, 기본형-컴포트</t>
         </is>
       </c>
       <c r="E712" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F712" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>볼캐닉 샌드 브라운</t>
         </is>
       </c>
       <c r="G712" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H712" s="3" t="inlineStr">
         <is>
-          <t>20년01월</t>
+          <t>24년09월</t>
         </is>
       </c>
       <c r="I712" s="3" t="inlineStr">
         <is>
-          <t>267,313KM</t>
+          <t>20,000KM</t>
         </is>
       </c>
       <c r="J712" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K712" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L712" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
-      <c r="A713" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A713" s="3"/>
+      <c r="B713" s="4"/>
+      <c r="C713" s="4"/>
+      <c r="D713" s="4"/>
+      <c r="E713" s="3"/>
+      <c r="F713" s="3"/>
+      <c r="G713" s="3"/>
+      <c r="H713" s="3"/>
+      <c r="I713" s="3"/>
       <c r="J713" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K713" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L713" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="3"/>
       <c r="B714" s="4"/>
       <c r="C714" s="4"/>
       <c r="D714" s="4"/>
       <c r="E714" s="3"/>
       <c r="F714" s="3"/>
       <c r="G714" s="3"/>
       <c r="H714" s="3"/>
       <c r="I714" s="3"/>
       <c r="J714" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K714" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L714" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
+      <c r="A715" s="3"/>
+      <c r="B715" s="4"/>
+      <c r="C715" s="4"/>
+      <c r="D715" s="4"/>
+      <c r="E715" s="3"/>
+      <c r="F715" s="3"/>
+      <c r="G715" s="3"/>
+      <c r="H715" s="3"/>
+      <c r="I715" s="3"/>
+      <c r="J715" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K714" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K715" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L715" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="3"/>
       <c r="B716" s="4"/>
       <c r="C716" s="4"/>
       <c r="D716" s="4"/>
       <c r="E716" s="3"/>
       <c r="F716" s="3"/>
       <c r="G716" s="3"/>
       <c r="H716" s="3"/>
       <c r="I716" s="3"/>
       <c r="J716" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K716" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L716" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="3" t="inlineStr">
         <is>
-          <t>SW</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B717" s="4" t="inlineStr">
         <is>
-          <t>04호3038</t>
+          <t>101허4342</t>
         </is>
       </c>
       <c r="C717" s="4" t="inlineStr">
         <is>
-          <t>그랜저IG 3.0  LPi 렌터카 모던</t>
-[...2 lines deleted...]
-      <c r="D717" s="4"/>
+          <t>셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D717" s="4" t="inlineStr">
+        <is>
+          <t>ETCS, 기본형-드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
       <c r="E717" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F717" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G717" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H717" s="3" t="inlineStr">
         <is>
-          <t>17년11월</t>
+          <t>22년04월</t>
         </is>
       </c>
       <c r="I717" s="3" t="inlineStr">
         <is>
-          <t>280,000KM</t>
+          <t>50,000KM</t>
         </is>
       </c>
       <c r="J717" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K717" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L717" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="3"/>
       <c r="B718" s="4"/>
       <c r="C718" s="4"/>
       <c r="D718" s="4"/>
       <c r="E718" s="3"/>
       <c r="F718" s="3"/>
       <c r="G718" s="3"/>
       <c r="H718" s="3"/>
       <c r="I718" s="3"/>
       <c r="J718" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K718" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L718" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
+      <c r="A719" s="3"/>
+      <c r="B719" s="4"/>
+      <c r="C719" s="4"/>
+      <c r="D719" s="4"/>
+      <c r="E719" s="3"/>
+      <c r="F719" s="3"/>
+      <c r="G719" s="3"/>
+      <c r="H719" s="3"/>
+      <c r="I719" s="3"/>
+      <c r="J719" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K719" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L719" s="3" t="inlineStr">
+        <is>
+          <t>610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
+      <c r="A720" s="3"/>
+      <c r="B720" s="4"/>
+      <c r="C720" s="4"/>
+      <c r="D720" s="4"/>
+      <c r="E720" s="3"/>
+      <c r="F720" s="3"/>
+      <c r="G720" s="3"/>
+      <c r="H720" s="3"/>
+      <c r="I720" s="3"/>
+      <c r="J720" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K718" s="3" t="inlineStr">
-[...118 lines deleted...]
-      </c>
       <c r="K720" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L720" s="3" t="inlineStr">
         <is>
           <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="3"/>
       <c r="B721" s="4"/>
       <c r="C721" s="4"/>
       <c r="D721" s="4"/>
       <c r="E721" s="3"/>
       <c r="F721" s="3"/>
       <c r="G721" s="3"/>
       <c r="H721" s="3"/>
       <c r="I721" s="3"/>
       <c r="J721" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K721" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L721" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
-      <c r="A722" s="3"/>
-[...7 lines deleted...]
-      <c r="I722" s="3"/>
+      <c r="A722" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B722" s="4" t="inlineStr">
+        <is>
+          <t>142호3695</t>
+        </is>
+      </c>
+      <c r="C722" s="4" t="inlineStr">
+        <is>
+          <t>뉴 G80 가솔린 2.5 터보 2WD 스포츠 패키지</t>
+        </is>
+      </c>
+      <c r="D722" s="4" t="inlineStr">
+        <is>
+          <t>뱅앤올룹슨 사운드 패키지, 드라이빙 어시스턴스
+ 패키지Ⅱ, 파퓰러 패키지Ⅰ</t>
+        </is>
+      </c>
+      <c r="E722" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F722" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G722" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H722" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I722" s="3" t="inlineStr">
+        <is>
+          <t>11,000KM</t>
+        </is>
+      </c>
       <c r="J722" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K722" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L722" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="3"/>
       <c r="B723" s="4"/>
       <c r="C723" s="4"/>
       <c r="D723" s="4"/>
       <c r="E723" s="3"/>
       <c r="F723" s="3"/>
       <c r="G723" s="3"/>
       <c r="H723" s="3"/>
       <c r="I723" s="3"/>
       <c r="J723" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K723" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L723" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="3"/>
       <c r="B724" s="4"/>
       <c r="C724" s="4"/>
       <c r="D724" s="4"/>
       <c r="E724" s="3"/>
       <c r="F724" s="3"/>
       <c r="G724" s="3"/>
       <c r="H724" s="3"/>
       <c r="I724" s="3"/>
       <c r="J724" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K724" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L724" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
-      <c r="A725" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A725" s="3"/>
+      <c r="B725" s="4"/>
+      <c r="C725" s="4"/>
+      <c r="D725" s="4"/>
+      <c r="E725" s="3"/>
+      <c r="F725" s="3"/>
+      <c r="G725" s="3"/>
+      <c r="H725" s="3"/>
+      <c r="I725" s="3"/>
       <c r="J725" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K725" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L725" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>1,750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="3"/>
       <c r="B726" s="4"/>
       <c r="C726" s="4"/>
       <c r="D726" s="4"/>
       <c r="E726" s="3"/>
       <c r="F726" s="3"/>
       <c r="G726" s="3"/>
       <c r="H726" s="3"/>
       <c r="I726" s="3"/>
       <c r="J726" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K726" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L726" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
-      <c r="A727" s="3"/>
-[...7 lines deleted...]
-      <c r="I727" s="3"/>
+      <c r="A727" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B727" s="4" t="inlineStr">
+        <is>
+          <t>125호9035</t>
+        </is>
+      </c>
+      <c r="C727" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발(KA4) 9인승 가솔린 시그니처</t>
+        </is>
+      </c>
+      <c r="D727" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E727" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F727" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G727" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H727" s="3" t="inlineStr">
+        <is>
+          <t>23년12월</t>
+        </is>
+      </c>
+      <c r="I727" s="3" t="inlineStr">
+        <is>
+          <t>70,000KM</t>
+        </is>
+      </c>
       <c r="J727" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K727" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L727" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
-      <c r="A728" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A728" s="3"/>
+      <c r="B728" s="4"/>
+      <c r="C728" s="4"/>
+      <c r="D728" s="4"/>
+      <c r="E728" s="3"/>
+      <c r="F728" s="3"/>
+      <c r="G728" s="3"/>
+      <c r="H728" s="3"/>
+      <c r="I728" s="3"/>
       <c r="J728" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K728" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L728" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="3"/>
       <c r="B729" s="4"/>
       <c r="C729" s="4"/>
       <c r="D729" s="4"/>
       <c r="E729" s="3"/>
       <c r="F729" s="3"/>
       <c r="G729" s="3"/>
       <c r="H729" s="3"/>
       <c r="I729" s="3"/>
       <c r="J729" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K729" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L729" s="3" t="inlineStr">
+        <is>
+          <t>1,100,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
+      <c r="A730" s="3"/>
+      <c r="B730" s="4"/>
+      <c r="C730" s="4"/>
+      <c r="D730" s="4"/>
+      <c r="E730" s="3"/>
+      <c r="F730" s="3"/>
+      <c r="G730" s="3"/>
+      <c r="H730" s="3"/>
+      <c r="I730" s="3"/>
+      <c r="J730" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K729" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K730" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L730" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="3"/>
       <c r="B731" s="4"/>
       <c r="C731" s="4"/>
       <c r="D731" s="4"/>
       <c r="E731" s="3"/>
       <c r="F731" s="3"/>
       <c r="G731" s="3"/>
       <c r="H731" s="3"/>
       <c r="I731" s="3"/>
       <c r="J731" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K731" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L731" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="3" t="inlineStr">
         <is>
-          <t>SW</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B732" s="4" t="inlineStr">
         <is>
-          <t>182허6309</t>
+          <t>101하8633</t>
         </is>
       </c>
       <c r="C732" s="4" t="inlineStr">
         <is>
-          <t>더 뉴레이 2인승 밴 프레스티지</t>
-[...2 lines deleted...]
-      <c r="D732" s="4"/>
+          <t>더 뉴셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D732" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일, 드라이브와이즈</t>
+        </is>
+      </c>
       <c r="E732" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F732" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G732" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H732" s="3" t="inlineStr">
         <is>
-          <t>21년08월</t>
+          <t>22년09월</t>
         </is>
       </c>
       <c r="I732" s="3" t="inlineStr">
         <is>
-          <t>107,900KM</t>
+          <t>35,500KM</t>
         </is>
       </c>
       <c r="J732" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K732" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L732" s="3" t="inlineStr">
         <is>
-          <t>410,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="3"/>
       <c r="B733" s="4"/>
       <c r="C733" s="4"/>
       <c r="D733" s="4"/>
       <c r="E733" s="3"/>
       <c r="F733" s="3"/>
       <c r="G733" s="3"/>
       <c r="H733" s="3"/>
       <c r="I733" s="3"/>
       <c r="J733" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K733" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L733" s="3" t="inlineStr">
         <is>
-          <t>390,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
-      <c r="A734" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A734" s="3"/>
+      <c r="B734" s="4"/>
+      <c r="C734" s="4"/>
       <c r="D734" s="4"/>
-      <c r="E734" s="3" t="inlineStr">
+      <c r="E734" s="3"/>
+      <c r="F734" s="3"/>
+      <c r="G734" s="3"/>
+      <c r="H734" s="3"/>
+      <c r="I734" s="3"/>
+      <c r="J734" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K734" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L734" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
+      <c r="A735" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B735" s="4" t="inlineStr">
+        <is>
+          <t>142호3565</t>
+        </is>
+      </c>
+      <c r="C735" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 GDI 시그니처</t>
+        </is>
+      </c>
+      <c r="D735" s="4" t="inlineStr">
+        <is>
+          <t>HUD+스마트커넥트, 드라이브와이즈, 투톤휠-
+컴포트</t>
+        </is>
+      </c>
+      <c r="E735" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F734" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I735" s="3"/>
+      <c r="F735" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G735" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H735" s="3" t="inlineStr">
+        <is>
+          <t>24년06월</t>
+        </is>
+      </c>
+      <c r="I735" s="3" t="inlineStr">
+        <is>
+          <t>15,500KM</t>
+        </is>
+      </c>
       <c r="J735" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K735" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L735" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
-      <c r="A736" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A736" s="3"/>
+      <c r="B736" s="4"/>
+      <c r="C736" s="4"/>
       <c r="D736" s="4"/>
-      <c r="E736" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E736" s="3"/>
+      <c r="F736" s="3"/>
+      <c r="G736" s="3"/>
+      <c r="H736" s="3"/>
+      <c r="I736" s="3"/>
       <c r="J736" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K736" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L736" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="3"/>
       <c r="B737" s="4"/>
       <c r="C737" s="4"/>
       <c r="D737" s="4"/>
       <c r="E737" s="3"/>
       <c r="F737" s="3"/>
       <c r="G737" s="3"/>
       <c r="H737" s="3"/>
       <c r="I737" s="3"/>
       <c r="J737" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K737" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L737" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
+      <c r="A738" s="3"/>
+      <c r="B738" s="4"/>
+      <c r="C738" s="4"/>
+      <c r="D738" s="4"/>
+      <c r="E738" s="3"/>
+      <c r="F738" s="3"/>
+      <c r="G738" s="3"/>
+      <c r="H738" s="3"/>
+      <c r="I738" s="3"/>
+      <c r="J738" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K737" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K738" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L738" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="3"/>
       <c r="B739" s="4"/>
       <c r="C739" s="4"/>
       <c r="D739" s="4"/>
       <c r="E739" s="3"/>
       <c r="F739" s="3"/>
       <c r="G739" s="3"/>
       <c r="H739" s="3"/>
       <c r="I739" s="3"/>
       <c r="J739" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K739" s="3" t="inlineStr">
         <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L739" s="3" t="inlineStr">
+        <is>
+          <t>1,200,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
+      <c r="A740" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B740" s="4" t="inlineStr">
+        <is>
+          <t>125호5168</t>
+        </is>
+      </c>
+      <c r="C740" s="4" t="inlineStr">
+        <is>
+          <t>GV70 가솔린 2.5 터보 AWD 기본형</t>
+        </is>
+      </c>
+      <c r="D740" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙 어시스턴스 패키지1, 빌트인 캠 패키
+지</t>
+        </is>
+      </c>
+      <c r="E740" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F740" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G740" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H740" s="3" t="inlineStr">
+        <is>
+          <t>23년04월</t>
+        </is>
+      </c>
+      <c r="I740" s="3" t="inlineStr">
+        <is>
+          <t>41,500KM</t>
+        </is>
+      </c>
+      <c r="J740" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K740" s="3" t="inlineStr">
+        <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L739" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K740" s="3" t="inlineStr">
+      <c r="L740" s="3" t="inlineStr">
+        <is>
+          <t>1,400,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
+      <c r="A741" s="3"/>
+      <c r="B741" s="4"/>
+      <c r="C741" s="4"/>
+      <c r="D741" s="4"/>
+      <c r="E741" s="3"/>
+      <c r="F741" s="3"/>
+      <c r="G741" s="3"/>
+      <c r="H741" s="3"/>
+      <c r="I741" s="3"/>
+      <c r="J741" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K741" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L740" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="L741" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="3"/>
       <c r="B742" s="4"/>
       <c r="C742" s="4"/>
       <c r="D742" s="4"/>
       <c r="E742" s="3"/>
       <c r="F742" s="3"/>
       <c r="G742" s="3"/>
       <c r="H742" s="3"/>
       <c r="I742" s="3"/>
       <c r="J742" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K742" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L742" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="3"/>
       <c r="B743" s="4"/>
       <c r="C743" s="4"/>
       <c r="D743" s="4"/>
       <c r="E743" s="3"/>
       <c r="F743" s="3"/>
       <c r="G743" s="3"/>
       <c r="H743" s="3"/>
       <c r="I743" s="3"/>
       <c r="J743" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K743" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L743" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
-      <c r="A744" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E744" s="3" t="inlineStr">
+      <c r="A744" s="3"/>
+      <c r="B744" s="4"/>
+      <c r="C744" s="4"/>
+      <c r="D744" s="4"/>
+      <c r="E744" s="3"/>
+      <c r="F744" s="3"/>
+      <c r="G744" s="3"/>
+      <c r="H744" s="3"/>
+      <c r="I744" s="3"/>
+      <c r="J744" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K744" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L744" s="3" t="inlineStr">
+        <is>
+          <t>1,800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
+      <c r="A745" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B745" s="4" t="inlineStr">
+        <is>
+          <t>142호8439</t>
+        </is>
+      </c>
+      <c r="C745" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴스포티지 1.6 가솔린 터보 2WD 노블레스</t>
+        </is>
+      </c>
+      <c r="D745" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-컴포트</t>
+        </is>
+      </c>
+      <c r="E745" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F744" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G744" s="3" t="inlineStr">
+      <c r="F745" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트펄</t>
+        </is>
+      </c>
+      <c r="G745" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H744" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K744" s="3" t="inlineStr">
+      <c r="H745" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I745" s="3" t="inlineStr">
+        <is>
+          <t>3,100KM</t>
+        </is>
+      </c>
+      <c r="J745" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K745" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L744" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L745" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="3"/>
       <c r="B746" s="4"/>
       <c r="C746" s="4"/>
       <c r="D746" s="4"/>
       <c r="E746" s="3"/>
       <c r="F746" s="3"/>
       <c r="G746" s="3"/>
       <c r="H746" s="3"/>
       <c r="I746" s="3"/>
       <c r="J746" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K746" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L746" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
+      <c r="A747" s="3"/>
+      <c r="B747" s="4"/>
+      <c r="C747" s="4"/>
+      <c r="D747" s="4"/>
+      <c r="E747" s="3"/>
+      <c r="F747" s="3"/>
+      <c r="G747" s="3"/>
+      <c r="H747" s="3"/>
+      <c r="I747" s="3"/>
+      <c r="J747" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K746" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="K747" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L747" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
-      <c r="A748" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A748" s="3"/>
+      <c r="B748" s="4"/>
+      <c r="C748" s="4"/>
+      <c r="D748" s="4"/>
+      <c r="E748" s="3"/>
+      <c r="F748" s="3"/>
+      <c r="G748" s="3"/>
+      <c r="H748" s="3"/>
+      <c r="I748" s="3"/>
       <c r="J748" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K748" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L748" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="3"/>
       <c r="B749" s="4"/>
       <c r="C749" s="4"/>
       <c r="D749" s="4"/>
       <c r="E749" s="3"/>
       <c r="F749" s="3"/>
       <c r="G749" s="3"/>
       <c r="H749" s="3"/>
       <c r="I749" s="3"/>
       <c r="J749" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K749" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L749" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
-      <c r="A750" s="3"/>
-[...7 lines deleted...]
-      <c r="I750" s="3"/>
+      <c r="A750" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B750" s="4" t="inlineStr">
+        <is>
+          <t>142호8434</t>
+        </is>
+      </c>
+      <c r="C750" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D750" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙어시스턴스패키지1, 헤드업디스플레이, 
+뱅앤올룹슨사운드패키지, 빌트인캠패키지</t>
+        </is>
+      </c>
+      <c r="E750" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F750" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G750" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H750" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I750" s="3" t="inlineStr">
+        <is>
+          <t>8,000KM</t>
+        </is>
+      </c>
       <c r="J750" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K750" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L750" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
-      <c r="A751" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A751" s="3"/>
+      <c r="B751" s="4"/>
+      <c r="C751" s="4"/>
+      <c r="D751" s="4"/>
+      <c r="E751" s="3"/>
+      <c r="F751" s="3"/>
+      <c r="G751" s="3"/>
+      <c r="H751" s="3"/>
+      <c r="I751" s="3"/>
       <c r="J751" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K751" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L751" s="3" t="inlineStr">
         <is>
-          <t>1,520,000</t>
+          <t>1,850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="3"/>
       <c r="B752" s="4"/>
       <c r="C752" s="4"/>
       <c r="D752" s="4"/>
       <c r="E752" s="3"/>
       <c r="F752" s="3"/>
       <c r="G752" s="3"/>
       <c r="H752" s="3"/>
       <c r="I752" s="3"/>
       <c r="J752" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K752" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L752" s="3" t="inlineStr">
         <is>
-          <t>1,430,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="3"/>
       <c r="B753" s="4"/>
       <c r="C753" s="4"/>
       <c r="D753" s="4"/>
       <c r="E753" s="3"/>
       <c r="F753" s="3"/>
       <c r="G753" s="3"/>
       <c r="H753" s="3"/>
       <c r="I753" s="3"/>
       <c r="J753" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K753" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L753" s="3" t="inlineStr">
         <is>
-          <t>1,290,000</t>
+          <t>1,950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="3"/>
       <c r="B754" s="4"/>
       <c r="C754" s="4"/>
       <c r="D754" s="4"/>
       <c r="E754" s="3"/>
       <c r="F754" s="3"/>
       <c r="G754" s="3"/>
       <c r="H754" s="3"/>
       <c r="I754" s="3"/>
       <c r="J754" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K754" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L754" s="3" t="inlineStr">
+        <is>
+          <t>2,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
+      <c r="A755" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B755" s="4" t="inlineStr">
+        <is>
+          <t>125호7617</t>
+        </is>
+      </c>
+      <c r="C755" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D755" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E755" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F755" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G755" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H755" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I755" s="3" t="inlineStr">
+        <is>
+          <t>43,000KM</t>
+        </is>
+      </c>
+      <c r="J755" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K755" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L755" s="3" t="inlineStr">
+        <is>
+          <t>1,300,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
+      <c r="A756" s="3"/>
+      <c r="B756" s="4"/>
+      <c r="C756" s="4"/>
+      <c r="D756" s="4"/>
+      <c r="E756" s="3"/>
+      <c r="F756" s="3"/>
+      <c r="G756" s="3"/>
+      <c r="H756" s="3"/>
+      <c r="I756" s="3"/>
+      <c r="J756" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K754" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J755" s="3" t="inlineStr">
+      <c r="K756" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K755" s="3" t="inlineStr">
-[...65 lines deleted...]
-      </c>
       <c r="L756" s="3" t="inlineStr">
         <is>
-          <t>1,170,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="3"/>
       <c r="B757" s="4"/>
       <c r="C757" s="4"/>
       <c r="D757" s="4"/>
       <c r="E757" s="3"/>
       <c r="F757" s="3"/>
       <c r="G757" s="3"/>
       <c r="H757" s="3"/>
       <c r="I757" s="3"/>
       <c r="J757" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K757" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L757" s="3" t="inlineStr">
         <is>
-          <t>1,110,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="3"/>
       <c r="B758" s="4"/>
       <c r="C758" s="4"/>
       <c r="D758" s="4"/>
       <c r="E758" s="3"/>
       <c r="F758" s="3"/>
       <c r="G758" s="3"/>
       <c r="H758" s="3"/>
       <c r="I758" s="3"/>
       <c r="J758" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K758" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L758" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="3"/>
       <c r="B759" s="4"/>
       <c r="C759" s="4"/>
       <c r="D759" s="4"/>
       <c r="E759" s="3"/>
       <c r="F759" s="3"/>
       <c r="G759" s="3"/>
       <c r="H759" s="3"/>
       <c r="I759" s="3"/>
       <c r="J759" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K759" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L759" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B760" s="4" t="inlineStr">
         <is>
-          <t>125호5086</t>
+          <t>125호8919</t>
         </is>
       </c>
       <c r="C760" s="4" t="inlineStr">
         <is>
-          <t>GV70 2.5 가솔린 2WD</t>
+          <t>더 올뉴G80 가솔린 3.5 터보 AWD 기본형</t>
         </is>
       </c>
       <c r="D760" s="4" t="inlineStr">
         <is>
-          <t>파퓰러 패키지 II</t>
+          <t>드라이빙 어시스턴스 패키지2, 파퓰러 패키지</t>
         </is>
       </c>
       <c r="E760" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F760" s="3" t="inlineStr">
         <is>
-          <t>비크 블랙</t>
+          <t>파랑(남색,곤색)</t>
         </is>
       </c>
       <c r="G760" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H760" s="3" t="inlineStr">
         <is>
-          <t>24년01월</t>
+          <t>23년06월</t>
         </is>
       </c>
       <c r="I760" s="3" t="inlineStr">
         <is>
-          <t>37,000KM</t>
+          <t>47,000KM</t>
         </is>
       </c>
       <c r="J760" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K760" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L760" s="3" t="inlineStr">
         <is>
-          <t>1,520,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="3"/>
       <c r="B761" s="4"/>
       <c r="C761" s="4"/>
       <c r="D761" s="4"/>
       <c r="E761" s="3"/>
       <c r="F761" s="3"/>
       <c r="G761" s="3"/>
       <c r="H761" s="3"/>
       <c r="I761" s="3"/>
       <c r="J761" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K761" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L761" s="3" t="inlineStr">
         <is>
-          <t>1,430,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="3"/>
       <c r="B762" s="4"/>
       <c r="C762" s="4"/>
       <c r="D762" s="4"/>
       <c r="E762" s="3"/>
       <c r="F762" s="3"/>
       <c r="G762" s="3"/>
       <c r="H762" s="3"/>
       <c r="I762" s="3"/>
       <c r="J762" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K762" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L762" s="3" t="inlineStr">
         <is>
-          <t>1,290,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="3"/>
       <c r="B763" s="4"/>
       <c r="C763" s="4"/>
       <c r="D763" s="4"/>
       <c r="E763" s="3"/>
       <c r="F763" s="3"/>
       <c r="G763" s="3"/>
       <c r="H763" s="3"/>
       <c r="I763" s="3"/>
       <c r="J763" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K763" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L763" s="3" t="inlineStr">
         <is>
-          <t>1,160,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="3"/>
       <c r="B764" s="4"/>
       <c r="C764" s="4"/>
       <c r="D764" s="4"/>
       <c r="E764" s="3"/>
       <c r="F764" s="3"/>
       <c r="G764" s="3"/>
       <c r="H764" s="3"/>
       <c r="I764" s="3"/>
       <c r="J764" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K764" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L764" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>2,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B765" s="4" t="inlineStr">
         <is>
-          <t>125호5015</t>
+          <t>101허4354</t>
         </is>
       </c>
       <c r="C765" s="4" t="inlineStr">
         <is>
-          <t>G90 3.5 가솔린 2WD</t>
+          <t>신형 G90 가솔린 3.5 터보 2WD 5인승 기본형</t>
         </is>
       </c>
       <c r="D765" s="4" t="inlineStr">
         <is>
-          <t>20인치 휠, 컨비니언스 패키지, 뒷좌석 컴포
-트 패키지 I + II</t>
+          <t>드라이빙 어시스턴스 패키지, 하이테크 패키지</t>
         </is>
       </c>
       <c r="E765" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F765" s="3" t="inlineStr">
         <is>
-          <t>비크 블랙</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G765" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H765" s="3" t="inlineStr">
         <is>
-          <t>22년01월</t>
+          <t>23년03월</t>
         </is>
       </c>
       <c r="I765" s="3" t="inlineStr">
         <is>
-          <t>40,000KM</t>
+          <t>75,000KM</t>
         </is>
       </c>
       <c r="J765" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K765" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L765" s="3" t="inlineStr">
         <is>
-          <t>2,880,000</t>
+          <t>2,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="3"/>
       <c r="B766" s="4"/>
       <c r="C766" s="4"/>
       <c r="D766" s="4"/>
       <c r="E766" s="3"/>
       <c r="F766" s="3"/>
       <c r="G766" s="3"/>
       <c r="H766" s="3"/>
       <c r="I766" s="3"/>
       <c r="J766" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K766" s="3" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L766" s="3" t="inlineStr">
         <is>
-          <t>2,720,000</t>
+          <t>2,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="3"/>
       <c r="B767" s="4"/>
       <c r="C767" s="4"/>
       <c r="D767" s="4"/>
       <c r="E767" s="3"/>
       <c r="F767" s="3"/>
       <c r="G767" s="3"/>
       <c r="H767" s="3"/>
       <c r="I767" s="3"/>
       <c r="J767" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K767" s="3" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L767" s="3" t="inlineStr">
         <is>
-          <t>2,450,000</t>
+          <t>2,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="3"/>
       <c r="B768" s="4"/>
       <c r="C768" s="4"/>
       <c r="D768" s="4"/>
       <c r="E768" s="3"/>
       <c r="F768" s="3"/>
       <c r="G768" s="3"/>
       <c r="H768" s="3"/>
       <c r="I768" s="3"/>
       <c r="J768" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K768" s="3" t="inlineStr">
         <is>
-          <t>350</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L768" s="3" t="inlineStr">
         <is>
-          <t>2,210,000</t>
+          <t>2,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="3"/>
       <c r="B769" s="4"/>
       <c r="C769" s="4"/>
       <c r="D769" s="4"/>
       <c r="E769" s="3"/>
       <c r="F769" s="3"/>
       <c r="G769" s="3"/>
       <c r="H769" s="3"/>
       <c r="I769" s="3"/>
       <c r="J769" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K769" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L769" s="3" t="inlineStr">
         <is>
-          <t>1,990,000</t>
+          <t>2,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B770" s="4" t="inlineStr">
         <is>
-          <t>101호7649</t>
+          <t>142호3663</t>
         </is>
       </c>
       <c r="C770" s="4" t="inlineStr">
         <is>
-          <t>G90 3.8 프리미엄 력셔리 가솔린 AWD</t>
+          <t>X4(2세대) xDrive20d M Sport</t>
         </is>
       </c>
       <c r="D770" s="4" t="inlineStr">
         <is>
-          <t>뒷좌석 컴포트 패키지 II</t>
+          <t>드라이빙 어시스턴스 패키지, 하이테크 패키지</t>
         </is>
       </c>
       <c r="E770" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F770" s="3" t="inlineStr">
         <is>
-          <t>비크 블랙</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G770" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H770" s="3" t="inlineStr">
         <is>
-          <t>21년01월</t>
+          <t>24년12월</t>
         </is>
       </c>
       <c r="I770" s="3" t="inlineStr">
         <is>
-          <t>85,000KM</t>
+          <t>17,000KM</t>
         </is>
       </c>
       <c r="J770" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K770" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L770" s="3" t="inlineStr">
         <is>
-          <t>1,670,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="3"/>
       <c r="B771" s="4"/>
       <c r="C771" s="4"/>
       <c r="D771" s="4"/>
       <c r="E771" s="3"/>
       <c r="F771" s="3"/>
       <c r="G771" s="3"/>
       <c r="H771" s="3"/>
       <c r="I771" s="3"/>
       <c r="J771" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K771" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L771" s="3" t="inlineStr">
         <is>
-          <t>1,580,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="3"/>
       <c r="B772" s="4"/>
       <c r="C772" s="4"/>
       <c r="D772" s="4"/>
       <c r="E772" s="3"/>
       <c r="F772" s="3"/>
       <c r="G772" s="3"/>
       <c r="H772" s="3"/>
       <c r="I772" s="3"/>
       <c r="J772" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K772" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L772" s="3" t="inlineStr">
         <is>
-          <t>1,420,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="3"/>
       <c r="B773" s="4"/>
       <c r="C773" s="4"/>
       <c r="D773" s="4"/>
       <c r="E773" s="3"/>
       <c r="F773" s="3"/>
       <c r="G773" s="3"/>
       <c r="H773" s="3"/>
       <c r="I773" s="3"/>
       <c r="J773" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K773" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L773" s="3" t="inlineStr">
         <is>
-          <t>1,280,000</t>
+          <t>2,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="3"/>
       <c r="B774" s="4"/>
       <c r="C774" s="4"/>
       <c r="D774" s="4"/>
       <c r="E774" s="3"/>
       <c r="F774" s="3"/>
       <c r="G774" s="3"/>
       <c r="H774" s="3"/>
       <c r="I774" s="3"/>
       <c r="J774" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K774" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L774" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>2,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B775" s="4" t="inlineStr">
         <is>
-          <t>34호9696</t>
+          <t>101호7777</t>
         </is>
       </c>
       <c r="C775" s="4" t="inlineStr">
         <is>
-          <t>그랜저 3.0 프리미엄 가솔린 2WD</t>
-[...2 lines deleted...]
-      <c r="D775" s="4"/>
+          <t>신형 카니발(KA4) 하이리무진 맥스리무진</t>
+        </is>
+      </c>
+      <c r="D775" s="4" t="inlineStr">
+        <is>
+          <t>스마트커넥트, 원격주차보조, 모니터링팩, KR
+ELL사운드, 기본형-드라이브와이즈, 스타일</t>
+        </is>
+      </c>
       <c r="E775" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F775" s="3" t="inlineStr">
         <is>
-          <t>미드나잇 블랙</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G775" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H775" s="3" t="inlineStr">
         <is>
-          <t>19년01월</t>
+          <t>23년01월</t>
         </is>
       </c>
       <c r="I775" s="3" t="inlineStr">
         <is>
-          <t>58000KM</t>
+          <t>65,000KM</t>
         </is>
       </c>
       <c r="J775" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K775" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L775" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="3"/>
       <c r="B776" s="4"/>
       <c r="C776" s="4"/>
       <c r="D776" s="4"/>
       <c r="E776" s="3"/>
       <c r="F776" s="3"/>
       <c r="G776" s="3"/>
       <c r="H776" s="3"/>
       <c r="I776" s="3"/>
       <c r="J776" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K776" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L776" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="3"/>
       <c r="B777" s="4"/>
       <c r="C777" s="4"/>
       <c r="D777" s="4"/>
       <c r="E777" s="3"/>
       <c r="F777" s="3"/>
       <c r="G777" s="3"/>
       <c r="H777" s="3"/>
       <c r="I777" s="3"/>
       <c r="J777" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K777" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L777" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>17,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
-      <c r="A778" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A778" s="3"/>
+      <c r="B778" s="4"/>
+      <c r="C778" s="4"/>
+      <c r="D778" s="4"/>
+      <c r="E778" s="3"/>
+      <c r="F778" s="3"/>
+      <c r="G778" s="3"/>
+      <c r="H778" s="3"/>
+      <c r="I778" s="3"/>
       <c r="J778" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K778" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L778" s="3" t="inlineStr">
         <is>
-          <t>1,170,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="3"/>
       <c r="B779" s="4"/>
       <c r="C779" s="4"/>
       <c r="D779" s="4"/>
       <c r="E779" s="3"/>
       <c r="F779" s="3"/>
       <c r="G779" s="3"/>
       <c r="H779" s="3"/>
       <c r="I779" s="3"/>
       <c r="J779" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K779" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L779" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
-      <c r="A780" s="3"/>
-[...7 lines deleted...]
-      <c r="I780" s="3"/>
+      <c r="A780" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B780" s="4" t="inlineStr">
+        <is>
+          <t>142호3591</t>
+        </is>
+      </c>
+      <c r="C780" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 3.5 터보 AWD 7인승 기본형</t>
+        </is>
+      </c>
+      <c r="D780" s="4" t="inlineStr">
+        <is>
+          <t>후석 스마트 엔터테인먼트 시스템, 파퓰러 패키
+지 (7인승), 컨비니언스 패키지, 뱅앤올룹슨
+ 사운드 패키지, 파노라마 선루프, 빌트인 캠
+ 패키지</t>
+        </is>
+      </c>
+      <c r="E780" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F780" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G780" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H780" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I780" s="3" t="inlineStr">
+        <is>
+          <t>53,000KM</t>
+        </is>
+      </c>
       <c r="J780" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K780" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L780" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>2,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="3"/>
       <c r="B781" s="4"/>
       <c r="C781" s="4"/>
       <c r="D781" s="4"/>
       <c r="E781" s="3"/>
       <c r="F781" s="3"/>
       <c r="G781" s="3"/>
       <c r="H781" s="3"/>
       <c r="I781" s="3"/>
       <c r="J781" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K781" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L781" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>2,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
-      <c r="A782" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A782" s="3"/>
+      <c r="B782" s="4"/>
+      <c r="C782" s="4"/>
+      <c r="D782" s="4"/>
+      <c r="E782" s="3"/>
+      <c r="F782" s="3"/>
+      <c r="G782" s="3"/>
+      <c r="H782" s="3"/>
+      <c r="I782" s="3"/>
       <c r="J782" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K782" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L782" s="3" t="inlineStr">
         <is>
-          <t>1,260,000</t>
+          <t>2,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="3"/>
       <c r="B783" s="4"/>
       <c r="C783" s="4"/>
       <c r="D783" s="4"/>
       <c r="E783" s="3"/>
       <c r="F783" s="3"/>
       <c r="G783" s="3"/>
       <c r="H783" s="3"/>
       <c r="I783" s="3"/>
       <c r="J783" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K783" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L783" s="3" t="inlineStr">
         <is>
-          <t>1,190,000</t>
+          <t>2,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="3"/>
       <c r="B784" s="4"/>
       <c r="C784" s="4"/>
       <c r="D784" s="4"/>
       <c r="E784" s="3"/>
       <c r="F784" s="3"/>
       <c r="G784" s="3"/>
       <c r="H784" s="3"/>
       <c r="I784" s="3"/>
       <c r="J784" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K784" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L784" s="3" t="inlineStr">
         <is>
-          <t>1,080,000</t>
+          <t>2,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
-      <c r="A785" s="3"/>
-[...7 lines deleted...]
-      <c r="I785" s="3"/>
+      <c r="A785" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B785" s="4" t="inlineStr">
+        <is>
+          <t>116호6111</t>
+        </is>
+      </c>
+      <c r="C785" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D785" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비1</t>
+        </is>
+      </c>
+      <c r="E785" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F785" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G785" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H785" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I785" s="3" t="inlineStr">
+        <is>
+          <t>10,528KM</t>
+        </is>
+      </c>
       <c r="J785" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K785" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L785" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="3"/>
       <c r="B786" s="4"/>
       <c r="C786" s="4"/>
       <c r="D786" s="4"/>
       <c r="E786" s="3"/>
       <c r="F786" s="3"/>
       <c r="G786" s="3"/>
       <c r="H786" s="3"/>
       <c r="I786" s="3"/>
       <c r="J786" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K786" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L786" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
-      <c r="A787" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A787" s="3"/>
+      <c r="B787" s="4"/>
+      <c r="C787" s="4"/>
+      <c r="D787" s="4"/>
+      <c r="E787" s="3"/>
+      <c r="F787" s="3"/>
+      <c r="G787" s="3"/>
+      <c r="H787" s="3"/>
+      <c r="I787" s="3"/>
       <c r="J787" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K787" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L787" s="3" t="inlineStr">
         <is>
-          <t>1,580,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="3"/>
       <c r="B788" s="4"/>
       <c r="C788" s="4"/>
       <c r="D788" s="4"/>
       <c r="E788" s="3"/>
       <c r="F788" s="3"/>
       <c r="G788" s="3"/>
       <c r="H788" s="3"/>
       <c r="I788" s="3"/>
       <c r="J788" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K788" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L788" s="3" t="inlineStr">
         <is>
-          <t>1,490,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
-      <c r="A789" s="3"/>
-[...7 lines deleted...]
-      <c r="I789" s="3"/>
+      <c r="A789" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B789" s="4" t="inlineStr">
+        <is>
+          <t>170허5863</t>
+        </is>
+      </c>
+      <c r="C789" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 스마트스트림 가솔린 2.5 프리미엄 초
+이스</t>
+        </is>
+      </c>
+      <c r="D789" s="4" t="inlineStr">
+        <is>
+          <t>프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E789" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F789" s="3" t="inlineStr">
+        <is>
+          <t>그레이</t>
+        </is>
+      </c>
+      <c r="G789" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H789" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I789" s="3" t="inlineStr">
+        <is>
+          <t>229,122KM</t>
+        </is>
+      </c>
       <c r="J789" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K789" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L789" s="3" t="inlineStr">
         <is>
-          <t>1,340,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="3"/>
       <c r="B790" s="4"/>
       <c r="C790" s="4"/>
       <c r="D790" s="4"/>
       <c r="E790" s="3"/>
       <c r="F790" s="3"/>
       <c r="G790" s="3"/>
       <c r="H790" s="3"/>
       <c r="I790" s="3"/>
       <c r="J790" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K790" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L790" s="3" t="inlineStr">
         <is>
-          <t>1,210,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
-      <c r="A791" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E791" s="3" t="inlineStr">
+      <c r="A791" s="3"/>
+      <c r="B791" s="4"/>
+      <c r="C791" s="4"/>
+      <c r="D791" s="4"/>
+      <c r="E791" s="3"/>
+      <c r="F791" s="3"/>
+      <c r="G791" s="3"/>
+      <c r="H791" s="3"/>
+      <c r="I791" s="3"/>
+      <c r="J791" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K791" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L791" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
+      <c r="A792" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B792" s="4" t="inlineStr">
+        <is>
+          <t>141하6692</t>
+        </is>
+      </c>
+      <c r="C792" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D792" s="4"/>
+      <c r="E792" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F791" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J791" s="3" t="inlineStr">
+      <c r="F792" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G792" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H792" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I792" s="3" t="inlineStr">
+        <is>
+          <t>136,871KM</t>
+        </is>
+      </c>
+      <c r="J792" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K791" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K792" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L792" s="3" t="inlineStr">
         <is>
-          <t>1,520,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="3"/>
       <c r="B793" s="4"/>
       <c r="C793" s="4"/>
       <c r="D793" s="4"/>
       <c r="E793" s="3"/>
       <c r="F793" s="3"/>
       <c r="G793" s="3"/>
       <c r="H793" s="3"/>
       <c r="I793" s="3"/>
       <c r="J793" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K793" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L793" s="3" t="inlineStr">
         <is>
-          <t>1,370,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
-      <c r="A794" s="3"/>
-[...7 lines deleted...]
-      <c r="I794" s="3"/>
+      <c r="A794" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B794" s="4" t="inlineStr">
+        <is>
+          <t>124호5628</t>
+        </is>
+      </c>
+      <c r="C794" s="4" t="inlineStr">
+        <is>
+          <t>아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
+        </is>
+      </c>
+      <c r="D794" s="4" t="inlineStr">
+        <is>
+          <t>현대스마트센스Ⅰ</t>
+        </is>
+      </c>
+      <c r="E794" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F794" s="3" t="inlineStr">
+        <is>
+          <t>그레이</t>
+        </is>
+      </c>
+      <c r="G794" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H794" s="3" t="inlineStr">
+        <is>
+          <t>22년11월</t>
+        </is>
+      </c>
+      <c r="I794" s="3" t="inlineStr">
+        <is>
+          <t>117,730KM</t>
+        </is>
+      </c>
       <c r="J794" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K794" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L794" s="3" t="inlineStr">
         <is>
-          <t>1,230,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
-      <c r="A795" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E795" s="3" t="inlineStr">
+      <c r="A795" s="3"/>
+      <c r="B795" s="4"/>
+      <c r="C795" s="4"/>
+      <c r="D795" s="4"/>
+      <c r="E795" s="3"/>
+      <c r="F795" s="3"/>
+      <c r="G795" s="3"/>
+      <c r="H795" s="3"/>
+      <c r="I795" s="3"/>
+      <c r="J795" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K795" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L795" s="3" t="inlineStr">
+        <is>
+          <t>520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
+      <c r="A796" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B796" s="4" t="inlineStr">
+        <is>
+          <t>141하6718</t>
+        </is>
+      </c>
+      <c r="C796" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D796" s="4"/>
+      <c r="E796" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F795" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J795" s="3" t="inlineStr">
+      <c r="F796" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G796" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H796" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I796" s="3" t="inlineStr">
+        <is>
+          <t>79,042KM</t>
+        </is>
+      </c>
+      <c r="J796" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K795" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K796" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L796" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="3"/>
       <c r="B797" s="4"/>
       <c r="C797" s="4"/>
       <c r="D797" s="4"/>
       <c r="E797" s="3"/>
       <c r="F797" s="3"/>
       <c r="G797" s="3"/>
       <c r="H797" s="3"/>
       <c r="I797" s="3"/>
       <c r="J797" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K797" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L797" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B798" s="4" t="inlineStr">
         <is>
-          <t>125호5126</t>
+          <t>141허7504</t>
         </is>
       </c>
       <c r="C798" s="4" t="inlineStr">
         <is>
-          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
-[...6 lines deleted...]
-      </c>
+          <t>더 뉴레이 2인승 밴 스탠다드</t>
+        </is>
+      </c>
+      <c r="D798" s="4"/>
       <c r="E798" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F798" s="3" t="inlineStr">
         <is>
-          <t>블랙</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G798" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H798" s="3" t="inlineStr">
         <is>
-          <t>22년12월</t>
+          <t>21년12월</t>
         </is>
       </c>
       <c r="I798" s="3" t="inlineStr">
         <is>
-          <t>33,000KM</t>
+          <t>84,283KM</t>
         </is>
       </c>
       <c r="J798" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K798" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L798" s="3" t="inlineStr">
         <is>
-          <t>1,260,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="3"/>
       <c r="B799" s="4"/>
       <c r="C799" s="4"/>
       <c r="D799" s="4"/>
       <c r="E799" s="3"/>
       <c r="F799" s="3"/>
       <c r="G799" s="3"/>
       <c r="H799" s="3"/>
       <c r="I799" s="3"/>
       <c r="J799" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K799" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L799" s="3" t="inlineStr">
         <is>
-          <t>1,190,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="800">
-      <c r="A800" s="3"/>
-[...1 lines deleted...]
-      <c r="C800" s="4"/>
+      <c r="A800" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B800" s="4" t="inlineStr">
+        <is>
+          <t>141하6714</t>
+        </is>
+      </c>
+      <c r="C800" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
       <c r="D800" s="4"/>
-      <c r="E800" s="3"/>
-[...3 lines deleted...]
-      <c r="I800" s="3"/>
+      <c r="E800" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F800" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G800" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H800" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I800" s="3" t="inlineStr">
+        <is>
+          <t>111,870KM</t>
+        </is>
+      </c>
       <c r="J800" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K800" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L800" s="3" t="inlineStr">
         <is>
-          <t>1,080,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="3"/>
       <c r="B801" s="4"/>
       <c r="C801" s="4"/>
       <c r="D801" s="4"/>
       <c r="E801" s="3"/>
       <c r="F801" s="3"/>
       <c r="G801" s="3"/>
       <c r="H801" s="3"/>
       <c r="I801" s="3"/>
       <c r="J801" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K801" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L801" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="802">
-      <c r="A802" s="3"/>
-[...1 lines deleted...]
-      <c r="C802" s="4"/>
+      <c r="A802" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B802" s="4" t="inlineStr">
+        <is>
+          <t>116호6001</t>
+        </is>
+      </c>
+      <c r="C802" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
+        </is>
+      </c>
       <c r="D802" s="4"/>
-      <c r="E802" s="3"/>
-[...3 lines deleted...]
-      <c r="I802" s="3"/>
+      <c r="E802" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F802" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G802" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H802" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I802" s="3" t="inlineStr">
+        <is>
+          <t>26,369KM</t>
+        </is>
+      </c>
       <c r="J802" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K802" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L802" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="803">
-      <c r="A803" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A803" s="3"/>
+      <c r="B803" s="4"/>
+      <c r="C803" s="4"/>
+      <c r="D803" s="4"/>
+      <c r="E803" s="3"/>
+      <c r="F803" s="3"/>
+      <c r="G803" s="3"/>
+      <c r="H803" s="3"/>
+      <c r="I803" s="3"/>
       <c r="J803" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K803" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L803" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="804">
-      <c r="A804" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A804" s="3"/>
+      <c r="B804" s="4"/>
+      <c r="C804" s="4"/>
+      <c r="D804" s="4"/>
+      <c r="E804" s="3"/>
+      <c r="F804" s="3"/>
+      <c r="G804" s="3"/>
+      <c r="H804" s="3"/>
+      <c r="I804" s="3"/>
       <c r="J804" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K804" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L804" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="3"/>
       <c r="B805" s="4"/>
       <c r="C805" s="4"/>
       <c r="D805" s="4"/>
       <c r="E805" s="3"/>
       <c r="F805" s="3"/>
       <c r="G805" s="3"/>
       <c r="H805" s="3"/>
       <c r="I805" s="3"/>
       <c r="J805" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K805" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L805" s="3" t="inlineStr">
         <is>
-          <t>1,280,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="806">
-      <c r="A806" s="3"/>
-[...7 lines deleted...]
-      <c r="I806" s="3"/>
+      <c r="A806" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B806" s="4" t="inlineStr">
+        <is>
+          <t>182허8444</t>
+        </is>
+      </c>
+      <c r="C806" s="4" t="inlineStr">
+        <is>
+          <t>아반떼(CN7) 1.6 LPI 렌터카 스타일</t>
+        </is>
+      </c>
+      <c r="D806" s="4" t="inlineStr">
+        <is>
+          <t>인조가죽시트</t>
+        </is>
+      </c>
+      <c r="E806" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F806" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G806" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H806" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I806" s="3" t="inlineStr">
+        <is>
+          <t>146,765KM</t>
+        </is>
+      </c>
       <c r="J806" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K806" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L806" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="3"/>
       <c r="B807" s="4"/>
       <c r="C807" s="4"/>
       <c r="D807" s="4"/>
       <c r="E807" s="3"/>
       <c r="F807" s="3"/>
       <c r="G807" s="3"/>
       <c r="H807" s="3"/>
       <c r="I807" s="3"/>
       <c r="J807" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K807" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L807" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="808">
-      <c r="A808" s="3"/>
-[...7 lines deleted...]
-      <c r="I808" s="3"/>
+      <c r="A808" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B808" s="4" t="inlineStr">
+        <is>
+          <t>141하6712</t>
+        </is>
+      </c>
+      <c r="C808" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴레이 2인승 밴 프레스티지</t>
+        </is>
+      </c>
+      <c r="D808" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E808" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F808" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G808" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H808" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I808" s="3" t="inlineStr">
+        <is>
+          <t>71,478KM</t>
+        </is>
+      </c>
       <c r="J808" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K808" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L808" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="809">
-      <c r="A809" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E809" s="3" t="inlineStr">
+      <c r="A809" s="3"/>
+      <c r="B809" s="4"/>
+      <c r="C809" s="4"/>
+      <c r="D809" s="4"/>
+      <c r="E809" s="3"/>
+      <c r="F809" s="3"/>
+      <c r="G809" s="3"/>
+      <c r="H809" s="3"/>
+      <c r="I809" s="3"/>
+      <c r="J809" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K809" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L809" s="3" t="inlineStr">
+        <is>
+          <t>390,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="810">
+      <c r="A810" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B810" s="4" t="inlineStr">
+        <is>
+          <t>20호0343</t>
+        </is>
+      </c>
+      <c r="C810" s="4" t="inlineStr">
+        <is>
+          <t>티볼리 아머 디젤 VX</t>
+        </is>
+      </c>
+      <c r="D810" s="4" t="inlineStr">
+        <is>
+          <t>운전석 무릎에어백, ETCS+ECM룸미러, 7
+인치AVN시스템+후방카메라, 통풍시트패키지, 
+17인치타이어&amp;다이어몬드커팅휠</t>
+        </is>
+      </c>
+      <c r="E810" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F809" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J809" s="3" t="inlineStr">
+      <c r="F810" s="3" t="inlineStr">
+        <is>
+          <t>파랑(남색,곤색)</t>
+        </is>
+      </c>
+      <c r="G810" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H810" s="3" t="inlineStr">
+        <is>
+          <t>19년05월</t>
+        </is>
+      </c>
+      <c r="I810" s="3" t="inlineStr">
+        <is>
+          <t>169,331KM</t>
+        </is>
+      </c>
+      <c r="J810" s="3"/>
+      <c r="K810" s="3"/>
+      <c r="L810" s="3"/>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="811">
+      <c r="A811" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B811" s="4" t="inlineStr">
+        <is>
+          <t>49하1343</t>
+        </is>
+      </c>
+      <c r="C811" s="4" t="inlineStr">
+        <is>
+          <t>그랜저IG 3.0  LPi 렌터카 모던</t>
+        </is>
+      </c>
+      <c r="D811" s="4"/>
+      <c r="E811" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F811" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G811" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H811" s="3" t="inlineStr">
+        <is>
+          <t>18년10월</t>
+        </is>
+      </c>
+      <c r="I811" s="3" t="inlineStr">
+        <is>
+          <t>270,968KM</t>
+        </is>
+      </c>
+      <c r="J811" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K809" s="3" t="inlineStr">
-[...50 lines deleted...]
-      </c>
       <c r="K811" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L811" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="3"/>
       <c r="B812" s="4"/>
       <c r="C812" s="4"/>
       <c r="D812" s="4"/>
       <c r="E812" s="3"/>
       <c r="F812" s="3"/>
       <c r="G812" s="3"/>
       <c r="H812" s="3"/>
       <c r="I812" s="3"/>
       <c r="J812" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K812" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L812" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="813">
-      <c r="A813" s="3"/>
-[...1 lines deleted...]
-      <c r="C813" s="4"/>
+      <c r="A813" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B813" s="4" t="inlineStr">
+        <is>
+          <t>141허2771</t>
+        </is>
+      </c>
+      <c r="C813" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타(DN8) L2.0 렌터카 스타일</t>
+        </is>
+      </c>
       <c r="D813" s="4"/>
-      <c r="E813" s="3"/>
-[...3 lines deleted...]
-      <c r="I813" s="3"/>
+      <c r="E813" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F813" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G813" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H813" s="3" t="inlineStr">
+        <is>
+          <t>22년04월</t>
+        </is>
+      </c>
+      <c r="I813" s="3" t="inlineStr">
+        <is>
+          <t>88,351KM</t>
+        </is>
+      </c>
       <c r="J813" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K813" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L813" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="814">
-      <c r="A814" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E814" s="3" t="inlineStr">
+      <c r="A814" s="3"/>
+      <c r="B814" s="4"/>
+      <c r="C814" s="4"/>
+      <c r="D814" s="4"/>
+      <c r="E814" s="3"/>
+      <c r="F814" s="3"/>
+      <c r="G814" s="3"/>
+      <c r="H814" s="3"/>
+      <c r="I814" s="3"/>
+      <c r="J814" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K814" s="3" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="L814" s="3" t="inlineStr">
+        <is>
+          <t>560,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="815">
+      <c r="A815" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B815" s="4" t="inlineStr">
+        <is>
+          <t>65하0144</t>
+        </is>
+      </c>
+      <c r="C815" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발(YP) 9인승 디젤 럭셔리</t>
+        </is>
+      </c>
+      <c r="D815" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E815" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F814" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J814" s="3" t="inlineStr">
+      <c r="F815" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G815" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H815" s="3" t="inlineStr">
+        <is>
+          <t>19년03월</t>
+        </is>
+      </c>
+      <c r="I815" s="3" t="inlineStr">
+        <is>
+          <t>251,677KM</t>
+        </is>
+      </c>
+      <c r="J815" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K814" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K815" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L815" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="816">
       <c r="A816" s="3"/>
       <c r="B816" s="4"/>
       <c r="C816" s="4"/>
       <c r="D816" s="4"/>
       <c r="E816" s="3"/>
       <c r="F816" s="3"/>
       <c r="G816" s="3"/>
       <c r="H816" s="3"/>
       <c r="I816" s="3"/>
       <c r="J816" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K816" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L816" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="817">
-      <c r="A817" s="3"/>
-[...1 lines deleted...]
-      <c r="C817" s="4"/>
+      <c r="A817" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B817" s="4" t="inlineStr">
+        <is>
+          <t>18하3445</t>
+        </is>
+      </c>
+      <c r="C817" s="4" t="inlineStr">
+        <is>
+          <t>더뉴k9 3.3 이그젝티</t>
+        </is>
+      </c>
       <c r="D817" s="4"/>
-      <c r="E817" s="3"/>
-[...3 lines deleted...]
-      <c r="I817" s="3"/>
+      <c r="E817" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F817" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G817" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H817" s="3" t="inlineStr">
+        <is>
+          <t>17년09월</t>
+        </is>
+      </c>
+      <c r="I817" s="3" t="inlineStr">
+        <is>
+          <t>163,000KM</t>
+        </is>
+      </c>
       <c r="J817" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K817" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L817" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="818">
       <c r="A818" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>TABO</t>
         </is>
       </c>
       <c r="B818" s="4" t="inlineStr">
         <is>
-          <t>125호9009</t>
+          <t>27하9414</t>
         </is>
       </c>
       <c r="C818" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 가솔린 2.0 익스클루시브</t>
+          <t>더뉴모하비</t>
         </is>
       </c>
       <c r="D818" s="4"/>
       <c r="E818" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F818" s="3" t="inlineStr">
         <is>
-          <t>세레니티 화이트 펄</t>
+          <t>다크그레이</t>
         </is>
       </c>
       <c r="G818" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H818" s="3" t="inlineStr">
         <is>
-          <t>23년11월</t>
+          <t>19년06월</t>
         </is>
       </c>
       <c r="I818" s="3" t="inlineStr">
         <is>
-          <t>20,000KM</t>
+          <t>144,645KM</t>
         </is>
       </c>
       <c r="J818" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K818" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L818" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="819">
       <c r="A819" s="3"/>
       <c r="B819" s="4"/>
       <c r="C819" s="4"/>
       <c r="D819" s="4"/>
       <c r="E819" s="3"/>
       <c r="F819" s="3"/>
       <c r="G819" s="3"/>
       <c r="H819" s="3"/>
       <c r="I819" s="3"/>
       <c r="J819" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K819" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L819" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="820">
       <c r="A820" s="3"/>
       <c r="B820" s="4"/>
       <c r="C820" s="4"/>
       <c r="D820" s="4"/>
       <c r="E820" s="3"/>
       <c r="F820" s="3"/>
       <c r="G820" s="3"/>
       <c r="H820" s="3"/>
       <c r="I820" s="3"/>
       <c r="J820" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K820" s="3" t="inlineStr">
         <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L820" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="821">
+      <c r="A821" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B821" s="4" t="inlineStr">
+        <is>
+          <t>196호5009</t>
+        </is>
+      </c>
+      <c r="C821" s="4" t="inlineStr">
+        <is>
+          <t>카니발4세대 3.5 9인승 프레스티</t>
+        </is>
+      </c>
+      <c r="D821" s="4" t="inlineStr">
+        <is>
+          <t>* 드라이브와이즈,파워슬라이딩도어등</t>
+        </is>
+      </c>
+      <c r="E821" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F821" s="3" t="inlineStr">
+        <is>
+          <t>다크그레이</t>
+        </is>
+      </c>
+      <c r="G821" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H821" s="3" t="inlineStr">
+        <is>
+          <t>23년10월</t>
+        </is>
+      </c>
+      <c r="I821" s="3" t="inlineStr">
+        <is>
+          <t>36,179KM</t>
+        </is>
+      </c>
+      <c r="J821" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K821" s="3" t="inlineStr">
+        <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L820" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L821" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="822">
-      <c r="A822" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A822" s="3"/>
+      <c r="B822" s="4"/>
+      <c r="C822" s="4"/>
+      <c r="D822" s="4"/>
+      <c r="E822" s="3"/>
+      <c r="F822" s="3"/>
+      <c r="G822" s="3"/>
+      <c r="H822" s="3"/>
+      <c r="I822" s="3"/>
       <c r="J822" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K822" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L822" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="823">
       <c r="A823" s="3"/>
       <c r="B823" s="4"/>
       <c r="C823" s="4"/>
       <c r="D823" s="4"/>
       <c r="E823" s="3"/>
       <c r="F823" s="3"/>
       <c r="G823" s="3"/>
       <c r="H823" s="3"/>
       <c r="I823" s="3"/>
       <c r="J823" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K823" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L823" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="824">
-      <c r="A824" s="3"/>
-[...7 lines deleted...]
-      <c r="I824" s="3"/>
+      <c r="A824" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B824" s="4" t="inlineStr">
+        <is>
+          <t>48하9983</t>
+        </is>
+      </c>
+      <c r="C824" s="4" t="inlineStr">
+        <is>
+          <t>카니발 9인승 프레스티지</t>
+        </is>
+      </c>
+      <c r="D824" s="4" t="inlineStr">
+        <is>
+          <t>LED헤드램프,스마트내비uvo3.0,+오토디포
+그 드리이브와이즈,듀얼썬룹,오토슬라이딩</t>
+        </is>
+      </c>
+      <c r="E824" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F824" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G824" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H824" s="3" t="inlineStr">
+        <is>
+          <t>18년07월</t>
+        </is>
+      </c>
+      <c r="I824" s="3" t="inlineStr">
+        <is>
+          <t>233,573KM</t>
+        </is>
+      </c>
       <c r="J824" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K824" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L824" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="825">
       <c r="A825" s="3" t="inlineStr">
         <is>
-          <t>V</t>
+          <t>TABO</t>
         </is>
       </c>
       <c r="B825" s="4" t="inlineStr">
         <is>
-          <t>101호7947</t>
+          <t>154호2566</t>
         </is>
       </c>
       <c r="C825" s="4" t="inlineStr">
         <is>
-          <t>스포티지 1.6 가솔린 프레스티지 2WD </t>
+          <t>디올뉴그랜저 3.5 T 익스클루시브</t>
         </is>
       </c>
       <c r="D825" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈, 12.3인치 내비게이션</t>
+          <t>어라운뷰 등</t>
         </is>
       </c>
       <c r="E825" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F825" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G825" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H825" s="3" t="inlineStr">
         <is>
-          <t>22년01월</t>
+          <t>22년12월</t>
         </is>
       </c>
       <c r="I825" s="3" t="inlineStr">
         <is>
-          <t>35,000KM</t>
+          <t>74,000KM</t>
         </is>
       </c>
       <c r="J825" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K825" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L825" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="3"/>
       <c r="B826" s="4"/>
       <c r="C826" s="4"/>
       <c r="D826" s="4"/>
       <c r="E826" s="3"/>
       <c r="F826" s="3"/>
       <c r="G826" s="3"/>
       <c r="H826" s="3"/>
       <c r="I826" s="3"/>
       <c r="J826" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K826" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L826" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="3"/>
       <c r="B827" s="4"/>
       <c r="C827" s="4"/>
       <c r="D827" s="4"/>
       <c r="E827" s="3"/>
       <c r="F827" s="3"/>
       <c r="G827" s="3"/>
       <c r="H827" s="3"/>
       <c r="I827" s="3"/>
       <c r="J827" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K827" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L827" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="3" t="inlineStr">
         <is>
           <t>V</t>
         </is>
       </c>
       <c r="B828" s="4" t="inlineStr">
         <is>
-          <t>101호7498</t>
+          <t>125호5032</t>
         </is>
       </c>
       <c r="C828" s="4" t="inlineStr">
         <is>
-          <t>GV80 3.0 디젤 AWD</t>
+          <t>GV70 2.5 가솔린 2WD</t>
         </is>
       </c>
       <c r="D828" s="4" t="inlineStr">
         <is>
-          <t>헤드업 디스플레이(HUD), 드라이빙 어시스턴
-[...1 lines deleted...]
-키지</t>
+          <t>드라이빙 어시스턴스 패키지 I</t>
         </is>
       </c>
       <c r="E828" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F828" s="3" t="inlineStr">
         <is>
           <t>우유니 화이트</t>
         </is>
       </c>
       <c r="G828" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H828" s="3" t="inlineStr">
         <is>
-          <t>20년01월</t>
+          <t>22년01월</t>
         </is>
       </c>
       <c r="I828" s="3" t="inlineStr">
         <is>
-          <t>106,000KM</t>
+          <t>33,000KM</t>
         </is>
       </c>
       <c r="J828" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K828" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L828" s="3" t="inlineStr">
         <is>
-          <t>1,620,000</t>
+          <t>1,520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="3"/>
       <c r="B829" s="4"/>
       <c r="C829" s="4"/>
       <c r="D829" s="4"/>
       <c r="E829" s="3"/>
       <c r="F829" s="3"/>
       <c r="G829" s="3"/>
       <c r="H829" s="3"/>
       <c r="I829" s="3"/>
       <c r="J829" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K829" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L829" s="3" t="inlineStr">
         <is>
-          <t>1,530,000</t>
+          <t>1,430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="3"/>
       <c r="B830" s="4"/>
       <c r="C830" s="4"/>
       <c r="D830" s="4"/>
       <c r="E830" s="3"/>
       <c r="F830" s="3"/>
       <c r="G830" s="3"/>
       <c r="H830" s="3"/>
       <c r="I830" s="3"/>
       <c r="J830" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K830" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L830" s="3" t="inlineStr">
         <is>
-          <t>1,380,000</t>
+          <t>1,290,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="3"/>
       <c r="B831" s="4"/>
       <c r="C831" s="4"/>
       <c r="D831" s="4"/>
       <c r="E831" s="3"/>
       <c r="F831" s="3"/>
       <c r="G831" s="3"/>
       <c r="H831" s="3"/>
       <c r="I831" s="3"/>
       <c r="J831" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K831" s="3" t="inlineStr">
         <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L831" s="3" t="inlineStr">
+        <is>
+          <t>1,160,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
+      <c r="A832" s="3"/>
+      <c r="B832" s="4"/>
+      <c r="C832" s="4"/>
+      <c r="D832" s="4"/>
+      <c r="E832" s="3"/>
+      <c r="F832" s="3"/>
+      <c r="G832" s="3"/>
+      <c r="H832" s="3"/>
+      <c r="I832" s="3"/>
+      <c r="J832" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K832" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L832" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
+      <c r="A833" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B833" s="4" t="inlineStr">
+        <is>
+          <t>125호5146</t>
+        </is>
+      </c>
+      <c r="C833" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D833" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E833" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F833" s="3" t="inlineStr">
+        <is>
+          <t>검정색</t>
+        </is>
+      </c>
+      <c r="G833" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H833" s="3" t="inlineStr">
+        <is>
+          <t>23년01월</t>
+        </is>
+      </c>
+      <c r="I833" s="3" t="inlineStr">
+        <is>
+          <t>37,000KM</t>
+        </is>
+      </c>
+      <c r="J833" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K833" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L833" s="3" t="inlineStr">
+        <is>
+          <t>1,310,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
+      <c r="A834" s="3"/>
+      <c r="B834" s="4"/>
+      <c r="C834" s="4"/>
+      <c r="D834" s="4"/>
+      <c r="E834" s="3"/>
+      <c r="F834" s="3"/>
+      <c r="G834" s="3"/>
+      <c r="H834" s="3"/>
+      <c r="I834" s="3"/>
+      <c r="J834" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K834" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L834" s="3" t="inlineStr">
+        <is>
+          <t>1,240,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
+      <c r="A835" s="3"/>
+      <c r="B835" s="4"/>
+      <c r="C835" s="4"/>
+      <c r="D835" s="4"/>
+      <c r="E835" s="3"/>
+      <c r="F835" s="3"/>
+      <c r="G835" s="3"/>
+      <c r="H835" s="3"/>
+      <c r="I835" s="3"/>
+      <c r="J835" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K835" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L835" s="3" t="inlineStr">
+        <is>
+          <t>1,110,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
+      <c r="A836" s="3"/>
+      <c r="B836" s="4"/>
+      <c r="C836" s="4"/>
+      <c r="D836" s="4"/>
+      <c r="E836" s="3"/>
+      <c r="F836" s="3"/>
+      <c r="G836" s="3"/>
+      <c r="H836" s="3"/>
+      <c r="I836" s="3"/>
+      <c r="J836" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K836" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L836" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
+      <c r="A837" s="3"/>
+      <c r="B837" s="4"/>
+      <c r="C837" s="4"/>
+      <c r="D837" s="4"/>
+      <c r="E837" s="3"/>
+      <c r="F837" s="3"/>
+      <c r="G837" s="3"/>
+      <c r="H837" s="3"/>
+      <c r="I837" s="3"/>
+      <c r="J837" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K837" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L837" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
+      <c r="A838" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B838" s="4" t="inlineStr">
+        <is>
+          <t>125호9013</t>
+        </is>
+      </c>
+      <c r="C838" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 하이브리드 1.6 프레스티지 하이브리드 2WD</t>
+        </is>
+      </c>
+      <c r="D838" s="4" t="inlineStr">
+        <is>
+          <t>파킹 어시스트 플러스 I, 스마트 센스</t>
+        </is>
+      </c>
+      <c r="E838" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F838" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G838" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H838" s="3" t="inlineStr">
+        <is>
+          <t>23년01월</t>
+        </is>
+      </c>
+      <c r="I838" s="3" t="inlineStr">
+        <is>
+          <t>35,000KM</t>
+        </is>
+      </c>
+      <c r="J838" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K838" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L838" s="3" t="inlineStr">
+        <is>
+          <t>1,170,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
+      <c r="A839" s="3"/>
+      <c r="B839" s="4"/>
+      <c r="C839" s="4"/>
+      <c r="D839" s="4"/>
+      <c r="E839" s="3"/>
+      <c r="F839" s="3"/>
+      <c r="G839" s="3"/>
+      <c r="H839" s="3"/>
+      <c r="I839" s="3"/>
+      <c r="J839" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K839" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L839" s="3" t="inlineStr">
+        <is>
+          <t>1,110,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
+      <c r="A840" s="3"/>
+      <c r="B840" s="4"/>
+      <c r="C840" s="4"/>
+      <c r="D840" s="4"/>
+      <c r="E840" s="3"/>
+      <c r="F840" s="3"/>
+      <c r="G840" s="3"/>
+      <c r="H840" s="3"/>
+      <c r="I840" s="3"/>
+      <c r="J840" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K840" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L840" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="841">
+      <c r="A841" s="3"/>
+      <c r="B841" s="4"/>
+      <c r="C841" s="4"/>
+      <c r="D841" s="4"/>
+      <c r="E841" s="3"/>
+      <c r="F841" s="3"/>
+      <c r="G841" s="3"/>
+      <c r="H841" s="3"/>
+      <c r="I841" s="3"/>
+      <c r="J841" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K841" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L841" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="842">
+      <c r="A842" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B842" s="4" t="inlineStr">
+        <is>
+          <t>125호5086</t>
+        </is>
+      </c>
+      <c r="C842" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D842" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지 II</t>
+        </is>
+      </c>
+      <c r="E842" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F842" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G842" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H842" s="3" t="inlineStr">
+        <is>
+          <t>24년01월</t>
+        </is>
+      </c>
+      <c r="I842" s="3" t="inlineStr">
+        <is>
+          <t>37,000KM</t>
+        </is>
+      </c>
+      <c r="J842" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K842" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L842" s="3" t="inlineStr">
+        <is>
+          <t>1,520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="843">
+      <c r="A843" s="3"/>
+      <c r="B843" s="4"/>
+      <c r="C843" s="4"/>
+      <c r="D843" s="4"/>
+      <c r="E843" s="3"/>
+      <c r="F843" s="3"/>
+      <c r="G843" s="3"/>
+      <c r="H843" s="3"/>
+      <c r="I843" s="3"/>
+      <c r="J843" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K843" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L843" s="3" t="inlineStr">
+        <is>
+          <t>1,430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="844">
+      <c r="A844" s="3"/>
+      <c r="B844" s="4"/>
+      <c r="C844" s="4"/>
+      <c r="D844" s="4"/>
+      <c r="E844" s="3"/>
+      <c r="F844" s="3"/>
+      <c r="G844" s="3"/>
+      <c r="H844" s="3"/>
+      <c r="I844" s="3"/>
+      <c r="J844" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K844" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L844" s="3" t="inlineStr">
+        <is>
+          <t>1,290,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="845">
+      <c r="A845" s="3"/>
+      <c r="B845" s="4"/>
+      <c r="C845" s="4"/>
+      <c r="D845" s="4"/>
+      <c r="E845" s="3"/>
+      <c r="F845" s="3"/>
+      <c r="G845" s="3"/>
+      <c r="H845" s="3"/>
+      <c r="I845" s="3"/>
+      <c r="J845" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K845" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L845" s="3" t="inlineStr">
+        <is>
+          <t>1,160,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="846">
+      <c r="A846" s="3"/>
+      <c r="B846" s="4"/>
+      <c r="C846" s="4"/>
+      <c r="D846" s="4"/>
+      <c r="E846" s="3"/>
+      <c r="F846" s="3"/>
+      <c r="G846" s="3"/>
+      <c r="H846" s="3"/>
+      <c r="I846" s="3"/>
+      <c r="J846" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K846" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L846" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="847">
+      <c r="A847" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B847" s="4" t="inlineStr">
+        <is>
+          <t>125호5015</t>
+        </is>
+      </c>
+      <c r="C847" s="4" t="inlineStr">
+        <is>
+          <t>G90 3.5 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D847" s="4" t="inlineStr">
+        <is>
+          <t>20인치 휠, 컨비니언스 패키지, 뒷좌석 컴포
+트 패키지 I + II</t>
+        </is>
+      </c>
+      <c r="E847" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F847" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G847" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H847" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I847" s="3" t="inlineStr">
+        <is>
+          <t>44,000KM</t>
+        </is>
+      </c>
+      <c r="J847" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K847" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L847" s="3" t="inlineStr">
+        <is>
+          <t>2,880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="848">
+      <c r="A848" s="3"/>
+      <c r="B848" s="4"/>
+      <c r="C848" s="4"/>
+      <c r="D848" s="4"/>
+      <c r="E848" s="3"/>
+      <c r="F848" s="3"/>
+      <c r="G848" s="3"/>
+      <c r="H848" s="3"/>
+      <c r="I848" s="3"/>
+      <c r="J848" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K848" s="3" t="inlineStr">
+        <is>
+          <t>350</t>
+        </is>
+      </c>
+      <c r="L848" s="3" t="inlineStr">
+        <is>
+          <t>2,720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="849">
+      <c r="A849" s="3"/>
+      <c r="B849" s="4"/>
+      <c r="C849" s="4"/>
+      <c r="D849" s="4"/>
+      <c r="E849" s="3"/>
+      <c r="F849" s="3"/>
+      <c r="G849" s="3"/>
+      <c r="H849" s="3"/>
+      <c r="I849" s="3"/>
+      <c r="J849" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K849" s="3" t="inlineStr">
+        <is>
+          <t>350</t>
+        </is>
+      </c>
+      <c r="L849" s="3" t="inlineStr">
+        <is>
+          <t>2,450,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="850">
+      <c r="A850" s="3"/>
+      <c r="B850" s="4"/>
+      <c r="C850" s="4"/>
+      <c r="D850" s="4"/>
+      <c r="E850" s="3"/>
+      <c r="F850" s="3"/>
+      <c r="G850" s="3"/>
+      <c r="H850" s="3"/>
+      <c r="I850" s="3"/>
+      <c r="J850" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K850" s="3" t="inlineStr">
+        <is>
+          <t>350</t>
+        </is>
+      </c>
+      <c r="L850" s="3" t="inlineStr">
+        <is>
+          <t>2,210,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
+      <c r="A851" s="3"/>
+      <c r="B851" s="4"/>
+      <c r="C851" s="4"/>
+      <c r="D851" s="4"/>
+      <c r="E851" s="3"/>
+      <c r="F851" s="3"/>
+      <c r="G851" s="3"/>
+      <c r="H851" s="3"/>
+      <c r="I851" s="3"/>
+      <c r="J851" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K851" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L851" s="3" t="inlineStr">
+        <is>
+          <t>1,990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
+      <c r="A852" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B852" s="4" t="inlineStr">
+        <is>
+          <t>125호5127</t>
+        </is>
+      </c>
+      <c r="C852" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D852" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E852" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F852" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G852" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H852" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I852" s="3" t="inlineStr">
+        <is>
+          <t>41,000KM</t>
+        </is>
+      </c>
+      <c r="J852" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K852" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L852" s="3" t="inlineStr">
+        <is>
+          <t>1,260,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
+      <c r="A853" s="3"/>
+      <c r="B853" s="4"/>
+      <c r="C853" s="4"/>
+      <c r="D853" s="4"/>
+      <c r="E853" s="3"/>
+      <c r="F853" s="3"/>
+      <c r="G853" s="3"/>
+      <c r="H853" s="3"/>
+      <c r="I853" s="3"/>
+      <c r="J853" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K853" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L853" s="3" t="inlineStr">
+        <is>
+          <t>1,190,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
+      <c r="A854" s="3"/>
+      <c r="B854" s="4"/>
+      <c r="C854" s="4"/>
+      <c r="D854" s="4"/>
+      <c r="E854" s="3"/>
+      <c r="F854" s="3"/>
+      <c r="G854" s="3"/>
+      <c r="H854" s="3"/>
+      <c r="I854" s="3"/>
+      <c r="J854" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K854" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L854" s="3" t="inlineStr">
+        <is>
+          <t>1,080,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
+      <c r="A855" s="3"/>
+      <c r="B855" s="4"/>
+      <c r="C855" s="4"/>
+      <c r="D855" s="4"/>
+      <c r="E855" s="3"/>
+      <c r="F855" s="3"/>
+      <c r="G855" s="3"/>
+      <c r="H855" s="3"/>
+      <c r="I855" s="3"/>
+      <c r="J855" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K855" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L855" s="3" t="inlineStr">
+        <is>
+          <t>970,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="856">
+      <c r="A856" s="3"/>
+      <c r="B856" s="4"/>
+      <c r="C856" s="4"/>
+      <c r="D856" s="4"/>
+      <c r="E856" s="3"/>
+      <c r="F856" s="3"/>
+      <c r="G856" s="3"/>
+      <c r="H856" s="3"/>
+      <c r="I856" s="3"/>
+      <c r="J856" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K856" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L856" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="857">
+      <c r="A857" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B857" s="4" t="inlineStr">
+        <is>
+          <t>101하1346</t>
+        </is>
+      </c>
+      <c r="C857" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6 모던 가솔린</t>
+        </is>
+      </c>
+      <c r="D857" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비</t>
+        </is>
+      </c>
+      <c r="E857" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F857" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G857" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H857" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I857" s="3" t="inlineStr">
+        <is>
+          <t>115,000KM</t>
+        </is>
+      </c>
+      <c r="J857" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K857" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L857" s="3" t="inlineStr">
+        <is>
+          <t>570,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="858">
+      <c r="A858" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B858" s="4" t="inlineStr">
+        <is>
+          <t>101호7624</t>
+        </is>
+      </c>
+      <c r="C858" s="4" t="inlineStr">
+        <is>
+          <t>G80 3.5 가솔린 AWD</t>
+        </is>
+      </c>
+      <c r="D858" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지</t>
+        </is>
+      </c>
+      <c r="E858" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F858" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G858" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H858" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I858" s="3" t="inlineStr">
+        <is>
+          <t>61,000KM</t>
+        </is>
+      </c>
+      <c r="J858" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K858" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L858" s="3" t="inlineStr">
+        <is>
+          <t>1,580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="859">
+      <c r="A859" s="3"/>
+      <c r="B859" s="4"/>
+      <c r="C859" s="4"/>
+      <c r="D859" s="4"/>
+      <c r="E859" s="3"/>
+      <c r="F859" s="3"/>
+      <c r="G859" s="3"/>
+      <c r="H859" s="3"/>
+      <c r="I859" s="3"/>
+      <c r="J859" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K859" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L859" s="3" t="inlineStr">
+        <is>
+          <t>1,490,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="860">
+      <c r="A860" s="3"/>
+      <c r="B860" s="4"/>
+      <c r="C860" s="4"/>
+      <c r="D860" s="4"/>
+      <c r="E860" s="3"/>
+      <c r="F860" s="3"/>
+      <c r="G860" s="3"/>
+      <c r="H860" s="3"/>
+      <c r="I860" s="3"/>
+      <c r="J860" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K860" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L860" s="3" t="inlineStr">
+        <is>
+          <t>1,340,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="861">
+      <c r="A861" s="3"/>
+      <c r="B861" s="4"/>
+      <c r="C861" s="4"/>
+      <c r="D861" s="4"/>
+      <c r="E861" s="3"/>
+      <c r="F861" s="3"/>
+      <c r="G861" s="3"/>
+      <c r="H861" s="3"/>
+      <c r="I861" s="3"/>
+      <c r="J861" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K861" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L861" s="3" t="inlineStr">
+        <is>
+          <t>1,210,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="862">
+      <c r="A862" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B862" s="4" t="inlineStr">
+        <is>
+          <t>101호1304</t>
+        </is>
+      </c>
+      <c r="C862" s="4" t="inlineStr">
+        <is>
+          <t>모하비 3.0 플래티넘 디젤 4WD</t>
+        </is>
+      </c>
+      <c r="D862" s="4"/>
+      <c r="E862" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F862" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G862" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H862" s="3" t="inlineStr">
+        <is>
+          <t>19년01월</t>
+        </is>
+      </c>
+      <c r="I862" s="3" t="inlineStr">
+        <is>
+          <t>93,000KM</t>
+        </is>
+      </c>
+      <c r="J862" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K862" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L862" s="3" t="inlineStr">
+        <is>
+          <t>1,150,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="863">
+      <c r="A863" s="3"/>
+      <c r="B863" s="4"/>
+      <c r="C863" s="4"/>
+      <c r="D863" s="4"/>
+      <c r="E863" s="3"/>
+      <c r="F863" s="3"/>
+      <c r="G863" s="3"/>
+      <c r="H863" s="3"/>
+      <c r="I863" s="3"/>
+      <c r="J863" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K863" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L863" s="3" t="inlineStr">
+        <is>
+          <t>1,110,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="864">
+      <c r="A864" s="3"/>
+      <c r="B864" s="4"/>
+      <c r="C864" s="4"/>
+      <c r="D864" s="4"/>
+      <c r="E864" s="3"/>
+      <c r="F864" s="3"/>
+      <c r="G864" s="3"/>
+      <c r="H864" s="3"/>
+      <c r="I864" s="3"/>
+      <c r="J864" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K864" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L864" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="865">
+      <c r="A865" s="3"/>
+      <c r="B865" s="4"/>
+      <c r="C865" s="4"/>
+      <c r="D865" s="4"/>
+      <c r="E865" s="3"/>
+      <c r="F865" s="3"/>
+      <c r="G865" s="3"/>
+      <c r="H865" s="3"/>
+      <c r="I865" s="3"/>
+      <c r="J865" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K865" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L865" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="866">
+      <c r="A866" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B866" s="4" t="inlineStr">
+        <is>
+          <t>101호1396</t>
+        </is>
+      </c>
+      <c r="C866" s="4" t="inlineStr">
+        <is>
+          <t>GV80 3.0 디젤 AWD</t>
+        </is>
+      </c>
+      <c r="D866" s="4" t="inlineStr">
+        <is>
+          <t>헤드업 디스플레이(HUD), 드라이빙 어시스턴
+스 패키지 I, 파노라마 썬루프</t>
+        </is>
+      </c>
+      <c r="E866" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F866" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G866" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H866" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I866" s="3" t="inlineStr">
+        <is>
+          <t>115,000KM</t>
+        </is>
+      </c>
+      <c r="J866" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K866" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L866" s="3" t="inlineStr">
+        <is>
+          <t>1,610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="867">
+      <c r="A867" s="3"/>
+      <c r="B867" s="4"/>
+      <c r="C867" s="4"/>
+      <c r="D867" s="4"/>
+      <c r="E867" s="3"/>
+      <c r="F867" s="3"/>
+      <c r="G867" s="3"/>
+      <c r="H867" s="3"/>
+      <c r="I867" s="3"/>
+      <c r="J867" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K867" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L867" s="3" t="inlineStr">
+        <is>
+          <t>1,520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="868">
+      <c r="A868" s="3"/>
+      <c r="B868" s="4"/>
+      <c r="C868" s="4"/>
+      <c r="D868" s="4"/>
+      <c r="E868" s="3"/>
+      <c r="F868" s="3"/>
+      <c r="G868" s="3"/>
+      <c r="H868" s="3"/>
+      <c r="I868" s="3"/>
+      <c r="J868" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K868" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L868" s="3" t="inlineStr">
+        <is>
+          <t>1,370,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="869">
+      <c r="A869" s="3"/>
+      <c r="B869" s="4"/>
+      <c r="C869" s="4"/>
+      <c r="D869" s="4"/>
+      <c r="E869" s="3"/>
+      <c r="F869" s="3"/>
+      <c r="G869" s="3"/>
+      <c r="H869" s="3"/>
+      <c r="I869" s="3"/>
+      <c r="J869" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K869" s="3" t="inlineStr">
+        <is>
           <t>250</t>
         </is>
       </c>
-      <c r="L831" s="3" t="inlineStr">
+      <c r="L869" s="3" t="inlineStr">
+        <is>
+          <t>1,230,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="870">
+      <c r="A870" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B870" s="4" t="inlineStr">
+        <is>
+          <t>125호5126</t>
+        </is>
+      </c>
+      <c r="C870" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D870" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E870" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F870" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G870" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H870" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I870" s="3" t="inlineStr">
+        <is>
+          <t>33,000KM</t>
+        </is>
+      </c>
+      <c r="J870" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K870" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L870" s="3" t="inlineStr">
+        <is>
+          <t>1,260,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="871">
+      <c r="A871" s="3"/>
+      <c r="B871" s="4"/>
+      <c r="C871" s="4"/>
+      <c r="D871" s="4"/>
+      <c r="E871" s="3"/>
+      <c r="F871" s="3"/>
+      <c r="G871" s="3"/>
+      <c r="H871" s="3"/>
+      <c r="I871" s="3"/>
+      <c r="J871" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K871" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L871" s="3" t="inlineStr">
+        <is>
+          <t>1,190,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="872">
+      <c r="A872" s="3"/>
+      <c r="B872" s="4"/>
+      <c r="C872" s="4"/>
+      <c r="D872" s="4"/>
+      <c r="E872" s="3"/>
+      <c r="F872" s="3"/>
+      <c r="G872" s="3"/>
+      <c r="H872" s="3"/>
+      <c r="I872" s="3"/>
+      <c r="J872" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K872" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L872" s="3" t="inlineStr">
+        <is>
+          <t>1,080,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="873">
+      <c r="A873" s="3"/>
+      <c r="B873" s="4"/>
+      <c r="C873" s="4"/>
+      <c r="D873" s="4"/>
+      <c r="E873" s="3"/>
+      <c r="F873" s="3"/>
+      <c r="G873" s="3"/>
+      <c r="H873" s="3"/>
+      <c r="I873" s="3"/>
+      <c r="J873" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K873" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L873" s="3" t="inlineStr">
+        <is>
+          <t>970,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="874">
+      <c r="A874" s="3"/>
+      <c r="B874" s="4"/>
+      <c r="C874" s="4"/>
+      <c r="D874" s="4"/>
+      <c r="E874" s="3"/>
+      <c r="F874" s="3"/>
+      <c r="G874" s="3"/>
+      <c r="H874" s="3"/>
+      <c r="I874" s="3"/>
+      <c r="J874" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K874" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L874" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="875">
+      <c r="A875" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B875" s="4" t="inlineStr">
+        <is>
+          <t>101호7666</t>
+        </is>
+      </c>
+      <c r="C875" s="4" t="inlineStr">
+        <is>
+          <t>K5 렌터카 2.0 LPi 트렌디</t>
+        </is>
+      </c>
+      <c r="D875" s="4" t="inlineStr">
+        <is>
+          <t>SBW 팩, 10.25인치 UVO 내비게이션</t>
+        </is>
+      </c>
+      <c r="E875" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F875" s="3" t="inlineStr">
+        <is>
+          <t>인터스텔라 그레이</t>
+        </is>
+      </c>
+      <c r="G875" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H875" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I875" s="3" t="inlineStr">
+        <is>
+          <t>95,000KM</t>
+        </is>
+      </c>
+      <c r="J875" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K875" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L875" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="876">
+      <c r="A876" s="3"/>
+      <c r="B876" s="4"/>
+      <c r="C876" s="4"/>
+      <c r="D876" s="4"/>
+      <c r="E876" s="3"/>
+      <c r="F876" s="3"/>
+      <c r="G876" s="3"/>
+      <c r="H876" s="3"/>
+      <c r="I876" s="3"/>
+      <c r="J876" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K876" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L876" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="877">
+      <c r="A877" s="3"/>
+      <c r="B877" s="4"/>
+      <c r="C877" s="4"/>
+      <c r="D877" s="4"/>
+      <c r="E877" s="3"/>
+      <c r="F877" s="3"/>
+      <c r="G877" s="3"/>
+      <c r="H877" s="3"/>
+      <c r="I877" s="3"/>
+      <c r="J877" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K877" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L877" s="3" t="inlineStr">
+        <is>
+          <t>560,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="878">
+      <c r="A878" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B878" s="4" t="inlineStr">
+        <is>
+          <t>101호1368</t>
+        </is>
+      </c>
+      <c r="C878" s="4" t="inlineStr">
+        <is>
+          <t>K5 렌터카 2.0 LPi 트렌디</t>
+        </is>
+      </c>
+      <c r="D878" s="4" t="inlineStr">
+        <is>
+          <t> 10.25인치 UVO 내비게이션</t>
+        </is>
+      </c>
+      <c r="E878" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F878" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G878" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H878" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I878" s="3" t="inlineStr">
+        <is>
+          <t>138,000KM</t>
+        </is>
+      </c>
+      <c r="J878" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K878" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L878" s="3" t="inlineStr">
+        <is>
+          <t>540,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="879">
+      <c r="A879" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B879" s="4" t="inlineStr">
+        <is>
+          <t>101호7791</t>
+        </is>
+      </c>
+      <c r="C879" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 2.4 르블랑 가솔린</t>
+        </is>
+      </c>
+      <c r="D879" s="4"/>
+      <c r="E879" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F879" s="3" t="inlineStr">
+        <is>
+          <t>미드나잇 블랙 펄</t>
+        </is>
+      </c>
+      <c r="G879" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H879" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I879" s="3" t="inlineStr">
+        <is>
+          <t>111,000KM</t>
+        </is>
+      </c>
+      <c r="J879" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K879" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L879" s="3" t="inlineStr">
+        <is>
+          <t>850,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="880">
+      <c r="A880" s="3"/>
+      <c r="B880" s="4"/>
+      <c r="C880" s="4"/>
+      <c r="D880" s="4"/>
+      <c r="E880" s="3"/>
+      <c r="F880" s="3"/>
+      <c r="G880" s="3"/>
+      <c r="H880" s="3"/>
+      <c r="I880" s="3"/>
+      <c r="J880" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K880" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L880" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
+      <c r="A881" s="3"/>
+      <c r="B881" s="4"/>
+      <c r="C881" s="4"/>
+      <c r="D881" s="4"/>
+      <c r="E881" s="3"/>
+      <c r="F881" s="3"/>
+      <c r="G881" s="3"/>
+      <c r="H881" s="3"/>
+      <c r="I881" s="3"/>
+      <c r="J881" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K881" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L881" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
+      <c r="A882" s="3"/>
+      <c r="B882" s="4"/>
+      <c r="C882" s="4"/>
+      <c r="D882" s="4"/>
+      <c r="E882" s="3"/>
+      <c r="F882" s="3"/>
+      <c r="G882" s="3"/>
+      <c r="H882" s="3"/>
+      <c r="I882" s="3"/>
+      <c r="J882" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K882" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L882" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
+      <c r="A883" s="3"/>
+      <c r="B883" s="4"/>
+      <c r="C883" s="4"/>
+      <c r="D883" s="4"/>
+      <c r="E883" s="3"/>
+      <c r="F883" s="3"/>
+      <c r="G883" s="3"/>
+      <c r="H883" s="3"/>
+      <c r="I883" s="3"/>
+      <c r="J883" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K883" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L883" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
+      <c r="A884" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B884" s="4" t="inlineStr">
+        <is>
+          <t>101하5564</t>
+        </is>
+      </c>
+      <c r="C884" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 라운지 2.2 7인승 인스퍼레이션 디젤 2WD</t>
+        </is>
+      </c>
+      <c r="D884" s="4" t="inlineStr">
+        <is>
+          <t>듀얼 와이드 선루프, 컴포트</t>
+        </is>
+      </c>
+      <c r="E884" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F884" s="3" t="inlineStr">
+        <is>
+          <t>그라파이트 그레이 메탈릭</t>
+        </is>
+      </c>
+      <c r="G884" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H884" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I884" s="3" t="inlineStr">
+        <is>
+          <t>55,000KM</t>
+        </is>
+      </c>
+      <c r="J884" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K884" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L884" s="3" t="inlineStr">
+        <is>
+          <t>1,350,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
+      <c r="A885" s="3"/>
+      <c r="B885" s="4"/>
+      <c r="C885" s="4"/>
+      <c r="D885" s="4"/>
+      <c r="E885" s="3"/>
+      <c r="F885" s="3"/>
+      <c r="G885" s="3"/>
+      <c r="H885" s="3"/>
+      <c r="I885" s="3"/>
+      <c r="J885" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K885" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L885" s="3" t="inlineStr">
+        <is>
+          <t>1,280,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
+      <c r="A886" s="3"/>
+      <c r="B886" s="4"/>
+      <c r="C886" s="4"/>
+      <c r="D886" s="4"/>
+      <c r="E886" s="3"/>
+      <c r="F886" s="3"/>
+      <c r="G886" s="3"/>
+      <c r="H886" s="3"/>
+      <c r="I886" s="3"/>
+      <c r="J886" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K886" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L886" s="3" t="inlineStr">
+        <is>
+          <t>1,150,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="887">
+      <c r="A887" s="3"/>
+      <c r="B887" s="4"/>
+      <c r="C887" s="4"/>
+      <c r="D887" s="4"/>
+      <c r="E887" s="3"/>
+      <c r="F887" s="3"/>
+      <c r="G887" s="3"/>
+      <c r="H887" s="3"/>
+      <c r="I887" s="3"/>
+      <c r="J887" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K887" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L887" s="3" t="inlineStr">
+        <is>
+          <t>1,040,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="888">
+      <c r="A888" s="3"/>
+      <c r="B888" s="4"/>
+      <c r="C888" s="4"/>
+      <c r="D888" s="4"/>
+      <c r="E888" s="3"/>
+      <c r="F888" s="3"/>
+      <c r="G888" s="3"/>
+      <c r="H888" s="3"/>
+      <c r="I888" s="3"/>
+      <c r="J888" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K888" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L888" s="3" t="inlineStr">
+        <is>
+          <t>930,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
+      <c r="A889" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B889" s="4" t="inlineStr">
+        <is>
+          <t>142호3686</t>
+        </is>
+      </c>
+      <c r="C889" s="4" t="inlineStr">
+        <is>
+          <t>K5 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D889" s="4" t="inlineStr">
+        <is>
+          <t>12.3인치 클러스터 팩</t>
+        </is>
+      </c>
+      <c r="E889" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F889" s="3" t="inlineStr">
+        <is>
+          <t>오로라 블랙 펄</t>
+        </is>
+      </c>
+      <c r="G889" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H889" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I889" s="3" t="inlineStr">
+        <is>
+          <t>53,000KM</t>
+        </is>
+      </c>
+      <c r="J889" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K889" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L889" s="3" t="inlineStr">
+        <is>
+          <t>890,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
+      <c r="A890" s="3"/>
+      <c r="B890" s="4"/>
+      <c r="C890" s="4"/>
+      <c r="D890" s="4"/>
+      <c r="E890" s="3"/>
+      <c r="F890" s="3"/>
+      <c r="G890" s="3"/>
+      <c r="H890" s="3"/>
+      <c r="I890" s="3"/>
+      <c r="J890" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K890" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L890" s="3" t="inlineStr">
+        <is>
+          <t>840,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
+      <c r="A891" s="3"/>
+      <c r="B891" s="4"/>
+      <c r="C891" s="4"/>
+      <c r="D891" s="4"/>
+      <c r="E891" s="3"/>
+      <c r="F891" s="3"/>
+      <c r="G891" s="3"/>
+      <c r="H891" s="3"/>
+      <c r="I891" s="3"/>
+      <c r="J891" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K891" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L891" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
+      <c r="A892" s="3"/>
+      <c r="B892" s="4"/>
+      <c r="C892" s="4"/>
+      <c r="D892" s="4"/>
+      <c r="E892" s="3"/>
+      <c r="F892" s="3"/>
+      <c r="G892" s="3"/>
+      <c r="H892" s="3"/>
+      <c r="I892" s="3"/>
+      <c r="J892" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K892" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L892" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="893">
+      <c r="A893" s="3"/>
+      <c r="B893" s="4"/>
+      <c r="C893" s="4"/>
+      <c r="D893" s="4"/>
+      <c r="E893" s="3"/>
+      <c r="F893" s="3"/>
+      <c r="G893" s="3"/>
+      <c r="H893" s="3"/>
+      <c r="I893" s="3"/>
+      <c r="J893" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K893" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L893" s="3" t="inlineStr">
+        <is>
+          <t>610,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="894">
+      <c r="A894" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B894" s="4" t="inlineStr">
+        <is>
+          <t>101호7927</t>
+        </is>
+      </c>
+      <c r="C894" s="4" t="inlineStr">
+        <is>
+          <t>K5 가솔린 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D894" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 스타일, 10.25인치 UVO
+ 내비게이션</t>
+        </is>
+      </c>
+      <c r="E894" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F894" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트펄</t>
+        </is>
+      </c>
+      <c r="G894" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H894" s="3" t="inlineStr">
+        <is>
+          <t>22년03월</t>
+        </is>
+      </c>
+      <c r="I894" s="3" t="inlineStr">
+        <is>
+          <t>90,000KM</t>
+        </is>
+      </c>
+      <c r="J894" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K894" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L894" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="895">
+      <c r="A895" s="3"/>
+      <c r="B895" s="4"/>
+      <c r="C895" s="4"/>
+      <c r="D895" s="4"/>
+      <c r="E895" s="3"/>
+      <c r="F895" s="3"/>
+      <c r="G895" s="3"/>
+      <c r="H895" s="3"/>
+      <c r="I895" s="3"/>
+      <c r="J895" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K895" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L895" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="896">
+      <c r="A896" s="3"/>
+      <c r="B896" s="4"/>
+      <c r="C896" s="4"/>
+      <c r="D896" s="4"/>
+      <c r="E896" s="3"/>
+      <c r="F896" s="3"/>
+      <c r="G896" s="3"/>
+      <c r="H896" s="3"/>
+      <c r="I896" s="3"/>
+      <c r="J896" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K896" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L896" s="3" t="inlineStr">
+        <is>
+          <t>650,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="897">
+      <c r="A897" s="3"/>
+      <c r="B897" s="4"/>
+      <c r="C897" s="4"/>
+      <c r="D897" s="4"/>
+      <c r="E897" s="3"/>
+      <c r="F897" s="3"/>
+      <c r="G897" s="3"/>
+      <c r="H897" s="3"/>
+      <c r="I897" s="3"/>
+      <c r="J897" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K897" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L897" s="3" t="inlineStr">
+        <is>
+          <t>580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="898">
+      <c r="A898" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B898" s="4" t="inlineStr">
+        <is>
+          <t>125호9009</t>
+        </is>
+      </c>
+      <c r="C898" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 가솔린 2.0 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D898" s="4"/>
+      <c r="E898" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F898" s="3" t="inlineStr">
+        <is>
+          <t>세레니티 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G898" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H898" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I898" s="3" t="inlineStr">
+        <is>
+          <t>20,000KM</t>
+        </is>
+      </c>
+      <c r="J898" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K898" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L898" s="3" t="inlineStr">
+        <is>
+          <t>810,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="899">
+      <c r="A899" s="3"/>
+      <c r="B899" s="4"/>
+      <c r="C899" s="4"/>
+      <c r="D899" s="4"/>
+      <c r="E899" s="3"/>
+      <c r="F899" s="3"/>
+      <c r="G899" s="3"/>
+      <c r="H899" s="3"/>
+      <c r="I899" s="3"/>
+      <c r="J899" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K899" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L899" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="900">
+      <c r="A900" s="3"/>
+      <c r="B900" s="4"/>
+      <c r="C900" s="4"/>
+      <c r="D900" s="4"/>
+      <c r="E900" s="3"/>
+      <c r="F900" s="3"/>
+      <c r="G900" s="3"/>
+      <c r="H900" s="3"/>
+      <c r="I900" s="3"/>
+      <c r="J900" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K900" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L900" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="901">
+      <c r="A901" s="3"/>
+      <c r="B901" s="4"/>
+      <c r="C901" s="4"/>
+      <c r="D901" s="4"/>
+      <c r="E901" s="3"/>
+      <c r="F901" s="3"/>
+      <c r="G901" s="3"/>
+      <c r="H901" s="3"/>
+      <c r="I901" s="3"/>
+      <c r="J901" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K901" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L901" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="902">
+      <c r="A902" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B902" s="4" t="inlineStr">
+        <is>
+          <t>125호9084</t>
+        </is>
+      </c>
+      <c r="C902" s="4" t="inlineStr">
+        <is>
+          <t>투싼 1.6 인스퍼레이션 하이브리드 2WD</t>
+        </is>
+      </c>
+      <c r="D902" s="4" t="inlineStr">
+        <is>
+          <t>플래티넘 IV</t>
+        </is>
+      </c>
+      <c r="E902" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F902" s="3" t="inlineStr">
+        <is>
+          <t>아마존 그레이 메탈릭</t>
+        </is>
+      </c>
+      <c r="G902" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H902" s="3" t="inlineStr">
+        <is>
+          <t>24년03월</t>
+        </is>
+      </c>
+      <c r="I902" s="3" t="inlineStr">
+        <is>
+          <t>45,000KM</t>
+        </is>
+      </c>
+      <c r="J902" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K902" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L902" s="3" t="inlineStr">
+        <is>
+          <t>860,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="903">
+      <c r="A903" s="3"/>
+      <c r="B903" s="4"/>
+      <c r="C903" s="4"/>
+      <c r="D903" s="4"/>
+      <c r="E903" s="3"/>
+      <c r="F903" s="3"/>
+      <c r="G903" s="3"/>
+      <c r="H903" s="3"/>
+      <c r="I903" s="3"/>
+      <c r="J903" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K903" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L903" s="3" t="inlineStr">
+        <is>
+          <t>810,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="904">
+      <c r="A904" s="3"/>
+      <c r="B904" s="4"/>
+      <c r="C904" s="4"/>
+      <c r="D904" s="4"/>
+      <c r="E904" s="3"/>
+      <c r="F904" s="3"/>
+      <c r="G904" s="3"/>
+      <c r="H904" s="3"/>
+      <c r="I904" s="3"/>
+      <c r="J904" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K904" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L904" s="3" t="inlineStr">
+        <is>
+          <t>730,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="905">
+      <c r="A905" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B905" s="4" t="inlineStr">
+        <is>
+          <t>101호7498</t>
+        </is>
+      </c>
+      <c r="C905" s="4" t="inlineStr">
+        <is>
+          <t>GV80 3.0 디젤 AWD</t>
+        </is>
+      </c>
+      <c r="D905" s="4" t="inlineStr">
+        <is>
+          <t>헤드업 디스플레이(HUD), 드라이빙 어시스턴
+스 패키지 I, 파노라마 썬루프, 빌트인캠 패
+키지</t>
+        </is>
+      </c>
+      <c r="E905" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F905" s="3" t="inlineStr">
+        <is>
+          <t>우유니 화이트</t>
+        </is>
+      </c>
+      <c r="G905" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H905" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I905" s="3" t="inlineStr">
+        <is>
+          <t>106,000KM</t>
+        </is>
+      </c>
+      <c r="J905" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K905" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L905" s="3" t="inlineStr">
+        <is>
+          <t>1,620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="906">
+      <c r="A906" s="3"/>
+      <c r="B906" s="4"/>
+      <c r="C906" s="4"/>
+      <c r="D906" s="4"/>
+      <c r="E906" s="3"/>
+      <c r="F906" s="3"/>
+      <c r="G906" s="3"/>
+      <c r="H906" s="3"/>
+      <c r="I906" s="3"/>
+      <c r="J906" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K906" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L906" s="3" t="inlineStr">
+        <is>
+          <t>1,530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="907">
+      <c r="A907" s="3"/>
+      <c r="B907" s="4"/>
+      <c r="C907" s="4"/>
+      <c r="D907" s="4"/>
+      <c r="E907" s="3"/>
+      <c r="F907" s="3"/>
+      <c r="G907" s="3"/>
+      <c r="H907" s="3"/>
+      <c r="I907" s="3"/>
+      <c r="J907" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K907" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L907" s="3" t="inlineStr">
+        <is>
+          <t>1,380,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="908">
+      <c r="A908" s="3"/>
+      <c r="B908" s="4"/>
+      <c r="C908" s="4"/>
+      <c r="D908" s="4"/>
+      <c r="E908" s="3"/>
+      <c r="F908" s="3"/>
+      <c r="G908" s="3"/>
+      <c r="H908" s="3"/>
+      <c r="I908" s="3"/>
+      <c r="J908" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K908" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L908" s="3" t="inlineStr">
         <is>
           <t>1,240,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
     <mergeCell ref="E2:E4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="H2:H4"/>
     <mergeCell ref="I2:I4"/>
-    <mergeCell ref="A5:A6"/>
-[...34 lines deleted...]
-    <mergeCell ref="I12:I13"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:B7"/>
+    <mergeCell ref="C5:C7"/>
+    <mergeCell ref="D5:D7"/>
+    <mergeCell ref="E5:E7"/>
+    <mergeCell ref="F5:F7"/>
+    <mergeCell ref="G5:G7"/>
+    <mergeCell ref="H5:H7"/>
+    <mergeCell ref="I5:I7"/>
+    <mergeCell ref="A8:A10"/>
+    <mergeCell ref="B8:B10"/>
+    <mergeCell ref="C8:C10"/>
+    <mergeCell ref="D8:D10"/>
+    <mergeCell ref="E8:E10"/>
+    <mergeCell ref="F8:F10"/>
+    <mergeCell ref="G8:G10"/>
+    <mergeCell ref="H8:H10"/>
+    <mergeCell ref="I8:I10"/>
+    <mergeCell ref="A11:A13"/>
+    <mergeCell ref="B11:B13"/>
+    <mergeCell ref="C11:C13"/>
+    <mergeCell ref="D11:D13"/>
+    <mergeCell ref="E11:E13"/>
+    <mergeCell ref="F11:F13"/>
+    <mergeCell ref="G11:G13"/>
+    <mergeCell ref="H11:H13"/>
+    <mergeCell ref="I11:I13"/>
     <mergeCell ref="A14:A16"/>
     <mergeCell ref="B14:B16"/>
     <mergeCell ref="C14:C16"/>
     <mergeCell ref="D14:D16"/>
     <mergeCell ref="E14:E16"/>
     <mergeCell ref="F14:F16"/>
     <mergeCell ref="G14:G16"/>
     <mergeCell ref="H14:H16"/>
     <mergeCell ref="I14:I16"/>
     <mergeCell ref="A17:A19"/>
     <mergeCell ref="B17:B19"/>
     <mergeCell ref="C17:C19"/>
     <mergeCell ref="D17:D19"/>
     <mergeCell ref="E17:E19"/>
     <mergeCell ref="F17:F19"/>
     <mergeCell ref="G17:G19"/>
     <mergeCell ref="H17:H19"/>
     <mergeCell ref="I17:I19"/>
     <mergeCell ref="A20:A22"/>
     <mergeCell ref="B20:B22"/>
     <mergeCell ref="C20:C22"/>
     <mergeCell ref="D20:D22"/>
     <mergeCell ref="E20:E22"/>
     <mergeCell ref="F20:F22"/>
     <mergeCell ref="G20:G22"/>
@@ -30248,1985 +32189,1958 @@
     <mergeCell ref="C26:C28"/>
     <mergeCell ref="D26:D28"/>
     <mergeCell ref="E26:E28"/>
     <mergeCell ref="F26:F28"/>
     <mergeCell ref="G26:G28"/>
     <mergeCell ref="H26:H28"/>
     <mergeCell ref="I26:I28"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="C29:C31"/>
     <mergeCell ref="D29:D31"/>
     <mergeCell ref="E29:E31"/>
     <mergeCell ref="F29:F31"/>
     <mergeCell ref="G29:G31"/>
     <mergeCell ref="H29:H31"/>
     <mergeCell ref="I29:I31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="C32:C34"/>
     <mergeCell ref="D32:D34"/>
     <mergeCell ref="E32:E34"/>
     <mergeCell ref="F32:F34"/>
     <mergeCell ref="G32:G34"/>
     <mergeCell ref="H32:H34"/>
     <mergeCell ref="I32:I34"/>
-    <mergeCell ref="A35:A37"/>
-[...502 lines deleted...]
-    <mergeCell ref="I267:I269"/>
+    <mergeCell ref="A35:A39"/>
+    <mergeCell ref="B35:B39"/>
+    <mergeCell ref="C35:C39"/>
+    <mergeCell ref="D35:D39"/>
+    <mergeCell ref="E35:E39"/>
+    <mergeCell ref="F35:F39"/>
+    <mergeCell ref="G35:G39"/>
+    <mergeCell ref="H35:H39"/>
+    <mergeCell ref="I35:I39"/>
+    <mergeCell ref="A40:A44"/>
+    <mergeCell ref="B40:B44"/>
+    <mergeCell ref="C40:C44"/>
+    <mergeCell ref="D40:D44"/>
+    <mergeCell ref="E40:E44"/>
+    <mergeCell ref="F40:F44"/>
+    <mergeCell ref="G40:G44"/>
+    <mergeCell ref="H40:H44"/>
+    <mergeCell ref="I40:I44"/>
+    <mergeCell ref="A45:A49"/>
+    <mergeCell ref="B45:B49"/>
+    <mergeCell ref="C45:C49"/>
+    <mergeCell ref="D45:D49"/>
+    <mergeCell ref="E45:E49"/>
+    <mergeCell ref="F45:F49"/>
+    <mergeCell ref="G45:G49"/>
+    <mergeCell ref="H45:H49"/>
+    <mergeCell ref="I45:I49"/>
+    <mergeCell ref="A50:A54"/>
+    <mergeCell ref="B50:B54"/>
+    <mergeCell ref="C50:C54"/>
+    <mergeCell ref="D50:D54"/>
+    <mergeCell ref="E50:E54"/>
+    <mergeCell ref="F50:F54"/>
+    <mergeCell ref="G50:G54"/>
+    <mergeCell ref="H50:H54"/>
+    <mergeCell ref="I50:I54"/>
+    <mergeCell ref="A55:A59"/>
+    <mergeCell ref="B55:B59"/>
+    <mergeCell ref="C55:C59"/>
+    <mergeCell ref="D55:D59"/>
+    <mergeCell ref="E55:E59"/>
+    <mergeCell ref="F55:F59"/>
+    <mergeCell ref="G55:G59"/>
+    <mergeCell ref="H55:H59"/>
+    <mergeCell ref="I55:I59"/>
+    <mergeCell ref="A60:A64"/>
+    <mergeCell ref="B60:B64"/>
+    <mergeCell ref="C60:C64"/>
+    <mergeCell ref="D60:D64"/>
+    <mergeCell ref="E60:E64"/>
+    <mergeCell ref="F60:F64"/>
+    <mergeCell ref="G60:G64"/>
+    <mergeCell ref="H60:H64"/>
+    <mergeCell ref="I60:I64"/>
+    <mergeCell ref="A65:A69"/>
+    <mergeCell ref="B65:B69"/>
+    <mergeCell ref="C65:C69"/>
+    <mergeCell ref="D65:D69"/>
+    <mergeCell ref="E65:E69"/>
+    <mergeCell ref="F65:F69"/>
+    <mergeCell ref="G65:G69"/>
+    <mergeCell ref="H65:H69"/>
+    <mergeCell ref="I65:I69"/>
+    <mergeCell ref="A70:A74"/>
+    <mergeCell ref="B70:B74"/>
+    <mergeCell ref="C70:C74"/>
+    <mergeCell ref="D70:D74"/>
+    <mergeCell ref="E70:E74"/>
+    <mergeCell ref="F70:F74"/>
+    <mergeCell ref="G70:G74"/>
+    <mergeCell ref="H70:H74"/>
+    <mergeCell ref="I70:I74"/>
+    <mergeCell ref="A75:A79"/>
+    <mergeCell ref="B75:B79"/>
+    <mergeCell ref="C75:C79"/>
+    <mergeCell ref="D75:D79"/>
+    <mergeCell ref="E75:E79"/>
+    <mergeCell ref="F75:F79"/>
+    <mergeCell ref="G75:G79"/>
+    <mergeCell ref="H75:H79"/>
+    <mergeCell ref="I75:I79"/>
+    <mergeCell ref="A80:A84"/>
+    <mergeCell ref="B80:B84"/>
+    <mergeCell ref="C80:C84"/>
+    <mergeCell ref="D80:D84"/>
+    <mergeCell ref="E80:E84"/>
+    <mergeCell ref="F80:F84"/>
+    <mergeCell ref="G80:G84"/>
+    <mergeCell ref="H80:H84"/>
+    <mergeCell ref="I80:I84"/>
+    <mergeCell ref="A85:A89"/>
+    <mergeCell ref="B85:B89"/>
+    <mergeCell ref="C85:C89"/>
+    <mergeCell ref="D85:D89"/>
+    <mergeCell ref="E85:E89"/>
+    <mergeCell ref="F85:F89"/>
+    <mergeCell ref="G85:G89"/>
+    <mergeCell ref="H85:H89"/>
+    <mergeCell ref="I85:I89"/>
+    <mergeCell ref="A90:A94"/>
+    <mergeCell ref="B90:B94"/>
+    <mergeCell ref="C90:C94"/>
+    <mergeCell ref="D90:D94"/>
+    <mergeCell ref="E90:E94"/>
+    <mergeCell ref="F90:F94"/>
+    <mergeCell ref="G90:G94"/>
+    <mergeCell ref="H90:H94"/>
+    <mergeCell ref="I90:I94"/>
+    <mergeCell ref="A95:A99"/>
+    <mergeCell ref="B95:B99"/>
+    <mergeCell ref="C95:C99"/>
+    <mergeCell ref="D95:D99"/>
+    <mergeCell ref="E95:E99"/>
+    <mergeCell ref="F95:F99"/>
+    <mergeCell ref="G95:G99"/>
+    <mergeCell ref="H95:H99"/>
+    <mergeCell ref="I95:I99"/>
+    <mergeCell ref="A100:A104"/>
+    <mergeCell ref="B100:B104"/>
+    <mergeCell ref="C100:C104"/>
+    <mergeCell ref="D100:D104"/>
+    <mergeCell ref="E100:E104"/>
+    <mergeCell ref="F100:F104"/>
+    <mergeCell ref="G100:G104"/>
+    <mergeCell ref="H100:H104"/>
+    <mergeCell ref="I100:I104"/>
+    <mergeCell ref="A105:A109"/>
+    <mergeCell ref="B105:B109"/>
+    <mergeCell ref="C105:C109"/>
+    <mergeCell ref="D105:D109"/>
+    <mergeCell ref="E105:E109"/>
+    <mergeCell ref="F105:F109"/>
+    <mergeCell ref="G105:G109"/>
+    <mergeCell ref="H105:H109"/>
+    <mergeCell ref="I105:I109"/>
+    <mergeCell ref="A110:A114"/>
+    <mergeCell ref="B110:B114"/>
+    <mergeCell ref="C110:C114"/>
+    <mergeCell ref="D110:D114"/>
+    <mergeCell ref="E110:E114"/>
+    <mergeCell ref="F110:F114"/>
+    <mergeCell ref="G110:G114"/>
+    <mergeCell ref="H110:H114"/>
+    <mergeCell ref="I110:I114"/>
+    <mergeCell ref="A115:A119"/>
+    <mergeCell ref="B115:B119"/>
+    <mergeCell ref="C115:C119"/>
+    <mergeCell ref="D115:D119"/>
+    <mergeCell ref="E115:E119"/>
+    <mergeCell ref="F115:F119"/>
+    <mergeCell ref="G115:G119"/>
+    <mergeCell ref="H115:H119"/>
+    <mergeCell ref="I115:I119"/>
+    <mergeCell ref="A120:A124"/>
+    <mergeCell ref="B120:B124"/>
+    <mergeCell ref="C120:C124"/>
+    <mergeCell ref="D120:D124"/>
+    <mergeCell ref="E120:E124"/>
+    <mergeCell ref="F120:F124"/>
+    <mergeCell ref="G120:G124"/>
+    <mergeCell ref="H120:H124"/>
+    <mergeCell ref="I120:I124"/>
+    <mergeCell ref="A125:A129"/>
+    <mergeCell ref="B125:B129"/>
+    <mergeCell ref="C125:C129"/>
+    <mergeCell ref="D125:D129"/>
+    <mergeCell ref="E125:E129"/>
+    <mergeCell ref="F125:F129"/>
+    <mergeCell ref="G125:G129"/>
+    <mergeCell ref="H125:H129"/>
+    <mergeCell ref="I125:I129"/>
+    <mergeCell ref="A130:A134"/>
+    <mergeCell ref="B130:B134"/>
+    <mergeCell ref="C130:C134"/>
+    <mergeCell ref="D130:D134"/>
+    <mergeCell ref="E130:E134"/>
+    <mergeCell ref="F130:F134"/>
+    <mergeCell ref="G130:G134"/>
+    <mergeCell ref="H130:H134"/>
+    <mergeCell ref="I130:I134"/>
+    <mergeCell ref="A135:A139"/>
+    <mergeCell ref="B135:B139"/>
+    <mergeCell ref="C135:C139"/>
+    <mergeCell ref="D135:D139"/>
+    <mergeCell ref="E135:E139"/>
+    <mergeCell ref="F135:F139"/>
+    <mergeCell ref="G135:G139"/>
+    <mergeCell ref="H135:H139"/>
+    <mergeCell ref="I135:I139"/>
+    <mergeCell ref="A140:A144"/>
+    <mergeCell ref="B140:B144"/>
+    <mergeCell ref="C140:C144"/>
+    <mergeCell ref="D140:D144"/>
+    <mergeCell ref="E140:E144"/>
+    <mergeCell ref="F140:F144"/>
+    <mergeCell ref="G140:G144"/>
+    <mergeCell ref="H140:H144"/>
+    <mergeCell ref="I140:I144"/>
+    <mergeCell ref="A145:A149"/>
+    <mergeCell ref="B145:B149"/>
+    <mergeCell ref="C145:C149"/>
+    <mergeCell ref="D145:D149"/>
+    <mergeCell ref="E145:E149"/>
+    <mergeCell ref="F145:F149"/>
+    <mergeCell ref="G145:G149"/>
+    <mergeCell ref="H145:H149"/>
+    <mergeCell ref="I145:I149"/>
+    <mergeCell ref="A150:A154"/>
+    <mergeCell ref="B150:B154"/>
+    <mergeCell ref="C150:C154"/>
+    <mergeCell ref="D150:D154"/>
+    <mergeCell ref="E150:E154"/>
+    <mergeCell ref="F150:F154"/>
+    <mergeCell ref="G150:G154"/>
+    <mergeCell ref="H150:H154"/>
+    <mergeCell ref="I150:I154"/>
+    <mergeCell ref="A155:A159"/>
+    <mergeCell ref="B155:B159"/>
+    <mergeCell ref="C155:C159"/>
+    <mergeCell ref="D155:D159"/>
+    <mergeCell ref="E155:E159"/>
+    <mergeCell ref="F155:F159"/>
+    <mergeCell ref="G155:G159"/>
+    <mergeCell ref="H155:H159"/>
+    <mergeCell ref="I155:I159"/>
+    <mergeCell ref="A160:A164"/>
+    <mergeCell ref="B160:B164"/>
+    <mergeCell ref="C160:C164"/>
+    <mergeCell ref="D160:D164"/>
+    <mergeCell ref="E160:E164"/>
+    <mergeCell ref="F160:F164"/>
+    <mergeCell ref="G160:G164"/>
+    <mergeCell ref="H160:H164"/>
+    <mergeCell ref="I160:I164"/>
+    <mergeCell ref="A165:A169"/>
+    <mergeCell ref="B165:B169"/>
+    <mergeCell ref="C165:C169"/>
+    <mergeCell ref="D165:D169"/>
+    <mergeCell ref="E165:E169"/>
+    <mergeCell ref="F165:F169"/>
+    <mergeCell ref="G165:G169"/>
+    <mergeCell ref="H165:H169"/>
+    <mergeCell ref="I165:I169"/>
+    <mergeCell ref="A170:A174"/>
+    <mergeCell ref="B170:B174"/>
+    <mergeCell ref="C170:C174"/>
+    <mergeCell ref="D170:D174"/>
+    <mergeCell ref="E170:E174"/>
+    <mergeCell ref="F170:F174"/>
+    <mergeCell ref="G170:G174"/>
+    <mergeCell ref="H170:H174"/>
+    <mergeCell ref="I170:I174"/>
+    <mergeCell ref="A175:A179"/>
+    <mergeCell ref="B175:B179"/>
+    <mergeCell ref="C175:C179"/>
+    <mergeCell ref="D175:D179"/>
+    <mergeCell ref="E175:E179"/>
+    <mergeCell ref="F175:F179"/>
+    <mergeCell ref="G175:G179"/>
+    <mergeCell ref="H175:H179"/>
+    <mergeCell ref="I175:I179"/>
+    <mergeCell ref="A180:A184"/>
+    <mergeCell ref="B180:B184"/>
+    <mergeCell ref="C180:C184"/>
+    <mergeCell ref="D180:D184"/>
+    <mergeCell ref="E180:E184"/>
+    <mergeCell ref="F180:F184"/>
+    <mergeCell ref="G180:G184"/>
+    <mergeCell ref="H180:H184"/>
+    <mergeCell ref="I180:I184"/>
+    <mergeCell ref="A185:A189"/>
+    <mergeCell ref="B185:B189"/>
+    <mergeCell ref="C185:C189"/>
+    <mergeCell ref="D185:D189"/>
+    <mergeCell ref="E185:E189"/>
+    <mergeCell ref="F185:F189"/>
+    <mergeCell ref="G185:G189"/>
+    <mergeCell ref="H185:H189"/>
+    <mergeCell ref="I185:I189"/>
+    <mergeCell ref="A190:A194"/>
+    <mergeCell ref="B190:B194"/>
+    <mergeCell ref="C190:C194"/>
+    <mergeCell ref="D190:D194"/>
+    <mergeCell ref="E190:E194"/>
+    <mergeCell ref="F190:F194"/>
+    <mergeCell ref="G190:G194"/>
+    <mergeCell ref="H190:H194"/>
+    <mergeCell ref="I190:I194"/>
+    <mergeCell ref="A195:A199"/>
+    <mergeCell ref="B195:B199"/>
+    <mergeCell ref="C195:C199"/>
+    <mergeCell ref="D195:D199"/>
+    <mergeCell ref="E195:E199"/>
+    <mergeCell ref="F195:F199"/>
+    <mergeCell ref="G195:G199"/>
+    <mergeCell ref="H195:H199"/>
+    <mergeCell ref="I195:I199"/>
+    <mergeCell ref="A200:A204"/>
+    <mergeCell ref="B200:B204"/>
+    <mergeCell ref="C200:C204"/>
+    <mergeCell ref="D200:D204"/>
+    <mergeCell ref="E200:E204"/>
+    <mergeCell ref="F200:F204"/>
+    <mergeCell ref="G200:G204"/>
+    <mergeCell ref="H200:H204"/>
+    <mergeCell ref="I200:I204"/>
+    <mergeCell ref="A205:A209"/>
+    <mergeCell ref="B205:B209"/>
+    <mergeCell ref="C205:C209"/>
+    <mergeCell ref="D205:D209"/>
+    <mergeCell ref="E205:E209"/>
+    <mergeCell ref="F205:F209"/>
+    <mergeCell ref="G205:G209"/>
+    <mergeCell ref="H205:H209"/>
+    <mergeCell ref="I205:I209"/>
+    <mergeCell ref="A210:A214"/>
+    <mergeCell ref="B210:B214"/>
+    <mergeCell ref="C210:C214"/>
+    <mergeCell ref="D210:D214"/>
+    <mergeCell ref="E210:E214"/>
+    <mergeCell ref="F210:F214"/>
+    <mergeCell ref="G210:G214"/>
+    <mergeCell ref="H210:H214"/>
+    <mergeCell ref="I210:I214"/>
+    <mergeCell ref="A215:A219"/>
+    <mergeCell ref="B215:B219"/>
+    <mergeCell ref="C215:C219"/>
+    <mergeCell ref="D215:D219"/>
+    <mergeCell ref="E215:E219"/>
+    <mergeCell ref="F215:F219"/>
+    <mergeCell ref="G215:G219"/>
+    <mergeCell ref="H215:H219"/>
+    <mergeCell ref="I215:I219"/>
+    <mergeCell ref="A220:A224"/>
+    <mergeCell ref="B220:B224"/>
+    <mergeCell ref="C220:C224"/>
+    <mergeCell ref="D220:D224"/>
+    <mergeCell ref="E220:E224"/>
+    <mergeCell ref="F220:F224"/>
+    <mergeCell ref="G220:G224"/>
+    <mergeCell ref="H220:H224"/>
+    <mergeCell ref="I220:I224"/>
+    <mergeCell ref="A225:A229"/>
+    <mergeCell ref="B225:B229"/>
+    <mergeCell ref="C225:C229"/>
+    <mergeCell ref="D225:D229"/>
+    <mergeCell ref="E225:E229"/>
+    <mergeCell ref="F225:F229"/>
+    <mergeCell ref="G225:G229"/>
+    <mergeCell ref="H225:H229"/>
+    <mergeCell ref="I225:I229"/>
+    <mergeCell ref="A230:A234"/>
+    <mergeCell ref="B230:B234"/>
+    <mergeCell ref="C230:C234"/>
+    <mergeCell ref="D230:D234"/>
+    <mergeCell ref="E230:E234"/>
+    <mergeCell ref="F230:F234"/>
+    <mergeCell ref="G230:G234"/>
+    <mergeCell ref="H230:H234"/>
+    <mergeCell ref="I230:I234"/>
+    <mergeCell ref="A235:A239"/>
+    <mergeCell ref="B235:B239"/>
+    <mergeCell ref="C235:C239"/>
+    <mergeCell ref="D235:D239"/>
+    <mergeCell ref="E235:E239"/>
+    <mergeCell ref="F235:F239"/>
+    <mergeCell ref="G235:G239"/>
+    <mergeCell ref="H235:H239"/>
+    <mergeCell ref="I235:I239"/>
+    <mergeCell ref="A240:A244"/>
+    <mergeCell ref="B240:B244"/>
+    <mergeCell ref="C240:C244"/>
+    <mergeCell ref="D240:D244"/>
+    <mergeCell ref="E240:E244"/>
+    <mergeCell ref="F240:F244"/>
+    <mergeCell ref="G240:G244"/>
+    <mergeCell ref="H240:H244"/>
+    <mergeCell ref="I240:I244"/>
+    <mergeCell ref="A245:A249"/>
+    <mergeCell ref="B245:B249"/>
+    <mergeCell ref="C245:C249"/>
+    <mergeCell ref="D245:D249"/>
+    <mergeCell ref="E245:E249"/>
+    <mergeCell ref="F245:F249"/>
+    <mergeCell ref="G245:G249"/>
+    <mergeCell ref="H245:H249"/>
+    <mergeCell ref="I245:I249"/>
+    <mergeCell ref="A250:A254"/>
+    <mergeCell ref="B250:B254"/>
+    <mergeCell ref="C250:C254"/>
+    <mergeCell ref="D250:D254"/>
+    <mergeCell ref="E250:E254"/>
+    <mergeCell ref="F250:F254"/>
+    <mergeCell ref="G250:G254"/>
+    <mergeCell ref="H250:H254"/>
+    <mergeCell ref="I250:I254"/>
+    <mergeCell ref="A255:A259"/>
+    <mergeCell ref="B255:B259"/>
+    <mergeCell ref="C255:C259"/>
+    <mergeCell ref="D255:D259"/>
+    <mergeCell ref="E255:E259"/>
+    <mergeCell ref="F255:F259"/>
+    <mergeCell ref="G255:G259"/>
+    <mergeCell ref="H255:H259"/>
+    <mergeCell ref="I255:I259"/>
+    <mergeCell ref="A260:A264"/>
+    <mergeCell ref="B260:B264"/>
+    <mergeCell ref="C260:C264"/>
+    <mergeCell ref="D260:D264"/>
+    <mergeCell ref="E260:E264"/>
+    <mergeCell ref="F260:F264"/>
+    <mergeCell ref="G260:G264"/>
+    <mergeCell ref="H260:H264"/>
+    <mergeCell ref="I260:I264"/>
+    <mergeCell ref="A265:A269"/>
+    <mergeCell ref="B265:B269"/>
+    <mergeCell ref="C265:C269"/>
+    <mergeCell ref="D265:D269"/>
+    <mergeCell ref="E265:E269"/>
+    <mergeCell ref="F265:F269"/>
+    <mergeCell ref="G265:G269"/>
+    <mergeCell ref="H265:H269"/>
+    <mergeCell ref="I265:I269"/>
     <mergeCell ref="A270:A274"/>
     <mergeCell ref="B270:B274"/>
     <mergeCell ref="C270:C274"/>
     <mergeCell ref="D270:D274"/>
     <mergeCell ref="E270:E274"/>
     <mergeCell ref="F270:F274"/>
     <mergeCell ref="G270:G274"/>
     <mergeCell ref="H270:H274"/>
     <mergeCell ref="I270:I274"/>
-    <mergeCell ref="A275:A279"/>
-[...43 lines deleted...]
-    <mergeCell ref="I295:I298"/>
+    <mergeCell ref="A275:A277"/>
+    <mergeCell ref="B275:B277"/>
+    <mergeCell ref="C275:C277"/>
+    <mergeCell ref="D275:D277"/>
+    <mergeCell ref="E275:E277"/>
+    <mergeCell ref="F275:F277"/>
+    <mergeCell ref="G275:G277"/>
+    <mergeCell ref="H275:H277"/>
+    <mergeCell ref="I275:I277"/>
+    <mergeCell ref="A278:A281"/>
+    <mergeCell ref="B278:B281"/>
+    <mergeCell ref="C278:C281"/>
+    <mergeCell ref="D278:D281"/>
+    <mergeCell ref="E278:E281"/>
+    <mergeCell ref="F278:F281"/>
+    <mergeCell ref="G278:G281"/>
+    <mergeCell ref="H278:H281"/>
+    <mergeCell ref="I278:I281"/>
+    <mergeCell ref="A282:A285"/>
+    <mergeCell ref="B282:B285"/>
+    <mergeCell ref="C282:C285"/>
+    <mergeCell ref="D282:D285"/>
+    <mergeCell ref="E282:E285"/>
+    <mergeCell ref="F282:F285"/>
+    <mergeCell ref="G282:G285"/>
+    <mergeCell ref="H282:H285"/>
+    <mergeCell ref="I282:I285"/>
+    <mergeCell ref="A287:A288"/>
+    <mergeCell ref="B287:B288"/>
+    <mergeCell ref="C287:C288"/>
+    <mergeCell ref="D287:D288"/>
+    <mergeCell ref="E287:E288"/>
+    <mergeCell ref="F287:F288"/>
+    <mergeCell ref="G287:G288"/>
+    <mergeCell ref="H287:H288"/>
+    <mergeCell ref="I287:I288"/>
+    <mergeCell ref="A289:A290"/>
+    <mergeCell ref="B289:B290"/>
+    <mergeCell ref="C289:C290"/>
+    <mergeCell ref="D289:D290"/>
+    <mergeCell ref="E289:E290"/>
+    <mergeCell ref="F289:F290"/>
+    <mergeCell ref="G289:G290"/>
+    <mergeCell ref="H289:H290"/>
+    <mergeCell ref="I289:I290"/>
+    <mergeCell ref="A291:A292"/>
+    <mergeCell ref="B291:B292"/>
+    <mergeCell ref="C291:C292"/>
+    <mergeCell ref="D291:D292"/>
+    <mergeCell ref="E291:E292"/>
+    <mergeCell ref="F291:F292"/>
+    <mergeCell ref="G291:G292"/>
+    <mergeCell ref="H291:H292"/>
+    <mergeCell ref="I291:I292"/>
+    <mergeCell ref="A294:A295"/>
+    <mergeCell ref="B294:B295"/>
+    <mergeCell ref="C294:C295"/>
+    <mergeCell ref="D294:D295"/>
+    <mergeCell ref="E294:E295"/>
+    <mergeCell ref="F294:F295"/>
+    <mergeCell ref="G294:G295"/>
+    <mergeCell ref="H294:H295"/>
+    <mergeCell ref="I294:I295"/>
+    <mergeCell ref="A296:A298"/>
+    <mergeCell ref="B296:B298"/>
+    <mergeCell ref="C296:C298"/>
+    <mergeCell ref="D296:D298"/>
+    <mergeCell ref="E296:E298"/>
+    <mergeCell ref="F296:F298"/>
+    <mergeCell ref="G296:G298"/>
+    <mergeCell ref="H296:H298"/>
+    <mergeCell ref="I296:I298"/>
     <mergeCell ref="A299:A303"/>
     <mergeCell ref="B299:B303"/>
     <mergeCell ref="C299:C303"/>
     <mergeCell ref="D299:D303"/>
     <mergeCell ref="E299:E303"/>
     <mergeCell ref="F299:F303"/>
     <mergeCell ref="G299:G303"/>
     <mergeCell ref="H299:H303"/>
     <mergeCell ref="I299:I303"/>
     <mergeCell ref="A304:A308"/>
     <mergeCell ref="B304:B308"/>
     <mergeCell ref="C304:C308"/>
     <mergeCell ref="D304:D308"/>
     <mergeCell ref="E304:E308"/>
     <mergeCell ref="F304:F308"/>
     <mergeCell ref="G304:G308"/>
     <mergeCell ref="H304:H308"/>
     <mergeCell ref="I304:I308"/>
     <mergeCell ref="A309:A313"/>
     <mergeCell ref="B309:B313"/>
     <mergeCell ref="C309:C313"/>
     <mergeCell ref="D309:D313"/>
     <mergeCell ref="E309:E313"/>
     <mergeCell ref="F309:F313"/>
     <mergeCell ref="G309:G313"/>
     <mergeCell ref="H309:H313"/>
     <mergeCell ref="I309:I313"/>
-    <mergeCell ref="A314:A316"/>
-[...178 lines deleted...]
-    <mergeCell ref="I367:I368"/>
+    <mergeCell ref="A314:A318"/>
+    <mergeCell ref="B314:B318"/>
+    <mergeCell ref="C314:C318"/>
+    <mergeCell ref="D314:D318"/>
+    <mergeCell ref="E314:E318"/>
+    <mergeCell ref="F314:F318"/>
+    <mergeCell ref="G314:G318"/>
+    <mergeCell ref="H314:H318"/>
+    <mergeCell ref="I314:I318"/>
+    <mergeCell ref="A319:A323"/>
+    <mergeCell ref="B319:B323"/>
+    <mergeCell ref="C319:C323"/>
+    <mergeCell ref="D319:D323"/>
+    <mergeCell ref="E319:E323"/>
+    <mergeCell ref="F319:F323"/>
+    <mergeCell ref="G319:G323"/>
+    <mergeCell ref="H319:H323"/>
+    <mergeCell ref="I319:I323"/>
+    <mergeCell ref="A324:A327"/>
+    <mergeCell ref="B324:B327"/>
+    <mergeCell ref="C324:C327"/>
+    <mergeCell ref="D324:D327"/>
+    <mergeCell ref="E324:E327"/>
+    <mergeCell ref="F324:F327"/>
+    <mergeCell ref="G324:G327"/>
+    <mergeCell ref="H324:H327"/>
+    <mergeCell ref="I324:I327"/>
+    <mergeCell ref="A328:A332"/>
+    <mergeCell ref="B328:B332"/>
+    <mergeCell ref="C328:C332"/>
+    <mergeCell ref="D328:D332"/>
+    <mergeCell ref="E328:E332"/>
+    <mergeCell ref="F328:F332"/>
+    <mergeCell ref="G328:G332"/>
+    <mergeCell ref="H328:H332"/>
+    <mergeCell ref="I328:I332"/>
+    <mergeCell ref="A333:A337"/>
+    <mergeCell ref="B333:B337"/>
+    <mergeCell ref="C333:C337"/>
+    <mergeCell ref="D333:D337"/>
+    <mergeCell ref="E333:E337"/>
+    <mergeCell ref="F333:F337"/>
+    <mergeCell ref="G333:G337"/>
+    <mergeCell ref="H333:H337"/>
+    <mergeCell ref="I333:I337"/>
+    <mergeCell ref="A338:A342"/>
+    <mergeCell ref="B338:B342"/>
+    <mergeCell ref="C338:C342"/>
+    <mergeCell ref="D338:D342"/>
+    <mergeCell ref="E338:E342"/>
+    <mergeCell ref="F338:F342"/>
+    <mergeCell ref="G338:G342"/>
+    <mergeCell ref="H338:H342"/>
+    <mergeCell ref="I338:I342"/>
+    <mergeCell ref="A343:A345"/>
+    <mergeCell ref="B343:B345"/>
+    <mergeCell ref="C343:C345"/>
+    <mergeCell ref="D343:D345"/>
+    <mergeCell ref="E343:E345"/>
+    <mergeCell ref="F343:F345"/>
+    <mergeCell ref="G343:G345"/>
+    <mergeCell ref="H343:H345"/>
+    <mergeCell ref="I343:I345"/>
+    <mergeCell ref="A346:A347"/>
+    <mergeCell ref="B346:B347"/>
+    <mergeCell ref="C346:C347"/>
+    <mergeCell ref="D346:D347"/>
+    <mergeCell ref="E346:E347"/>
+    <mergeCell ref="F346:F347"/>
+    <mergeCell ref="G346:G347"/>
+    <mergeCell ref="H346:H347"/>
+    <mergeCell ref="I346:I347"/>
+    <mergeCell ref="A348:A350"/>
+    <mergeCell ref="B348:B350"/>
+    <mergeCell ref="C348:C350"/>
+    <mergeCell ref="D348:D350"/>
+    <mergeCell ref="E348:E350"/>
+    <mergeCell ref="F348:F350"/>
+    <mergeCell ref="G348:G350"/>
+    <mergeCell ref="H348:H350"/>
+    <mergeCell ref="I348:I350"/>
+    <mergeCell ref="A351:A352"/>
+    <mergeCell ref="B351:B352"/>
+    <mergeCell ref="C351:C352"/>
+    <mergeCell ref="D351:D352"/>
+    <mergeCell ref="E351:E352"/>
+    <mergeCell ref="F351:F352"/>
+    <mergeCell ref="G351:G352"/>
+    <mergeCell ref="H351:H352"/>
+    <mergeCell ref="I351:I352"/>
+    <mergeCell ref="A353:A355"/>
+    <mergeCell ref="B353:B355"/>
+    <mergeCell ref="C353:C355"/>
+    <mergeCell ref="D353:D355"/>
+    <mergeCell ref="E353:E355"/>
+    <mergeCell ref="F353:F355"/>
+    <mergeCell ref="G353:G355"/>
+    <mergeCell ref="H353:H355"/>
+    <mergeCell ref="I353:I355"/>
+    <mergeCell ref="A356:A357"/>
+    <mergeCell ref="B356:B357"/>
+    <mergeCell ref="C356:C357"/>
+    <mergeCell ref="D356:D357"/>
+    <mergeCell ref="E356:E357"/>
+    <mergeCell ref="F356:F357"/>
+    <mergeCell ref="G356:G357"/>
+    <mergeCell ref="H356:H357"/>
+    <mergeCell ref="I356:I357"/>
+    <mergeCell ref="A358:A359"/>
+    <mergeCell ref="B358:B359"/>
+    <mergeCell ref="C358:C359"/>
+    <mergeCell ref="D358:D359"/>
+    <mergeCell ref="E358:E359"/>
+    <mergeCell ref="F358:F359"/>
+    <mergeCell ref="G358:G359"/>
+    <mergeCell ref="H358:H359"/>
+    <mergeCell ref="I358:I359"/>
+    <mergeCell ref="A360:A362"/>
+    <mergeCell ref="B360:B362"/>
+    <mergeCell ref="C360:C362"/>
+    <mergeCell ref="D360:D362"/>
+    <mergeCell ref="E360:E362"/>
+    <mergeCell ref="F360:F362"/>
+    <mergeCell ref="G360:G362"/>
+    <mergeCell ref="H360:H362"/>
+    <mergeCell ref="I360:I362"/>
+    <mergeCell ref="A363:A365"/>
+    <mergeCell ref="B363:B365"/>
+    <mergeCell ref="C363:C365"/>
+    <mergeCell ref="D363:D365"/>
+    <mergeCell ref="E363:E365"/>
+    <mergeCell ref="F363:F365"/>
+    <mergeCell ref="G363:G365"/>
+    <mergeCell ref="H363:H365"/>
+    <mergeCell ref="I363:I365"/>
+    <mergeCell ref="A366:A368"/>
+    <mergeCell ref="B366:B368"/>
+    <mergeCell ref="C366:C368"/>
+    <mergeCell ref="D366:D368"/>
+    <mergeCell ref="E366:E368"/>
+    <mergeCell ref="F366:F368"/>
+    <mergeCell ref="G366:G368"/>
+    <mergeCell ref="H366:H368"/>
+    <mergeCell ref="I366:I368"/>
     <mergeCell ref="A369:A371"/>
     <mergeCell ref="B369:B371"/>
     <mergeCell ref="C369:C371"/>
     <mergeCell ref="D369:D371"/>
     <mergeCell ref="E369:E371"/>
     <mergeCell ref="F369:F371"/>
     <mergeCell ref="G369:G371"/>
     <mergeCell ref="H369:H371"/>
     <mergeCell ref="I369:I371"/>
-    <mergeCell ref="A372:A373"/>
-[...70 lines deleted...]
-    <mergeCell ref="I386:I388"/>
+    <mergeCell ref="A372:A374"/>
+    <mergeCell ref="B372:B374"/>
+    <mergeCell ref="C372:C374"/>
+    <mergeCell ref="D372:D374"/>
+    <mergeCell ref="E372:E374"/>
+    <mergeCell ref="F372:F374"/>
+    <mergeCell ref="G372:G374"/>
+    <mergeCell ref="H372:H374"/>
+    <mergeCell ref="I372:I374"/>
+    <mergeCell ref="A375:A377"/>
+    <mergeCell ref="B375:B377"/>
+    <mergeCell ref="C375:C377"/>
+    <mergeCell ref="D375:D377"/>
+    <mergeCell ref="E375:E377"/>
+    <mergeCell ref="F375:F377"/>
+    <mergeCell ref="G375:G377"/>
+    <mergeCell ref="H375:H377"/>
+    <mergeCell ref="I375:I377"/>
+    <mergeCell ref="A378:A380"/>
+    <mergeCell ref="B378:B380"/>
+    <mergeCell ref="C378:C380"/>
+    <mergeCell ref="D378:D380"/>
+    <mergeCell ref="E378:E380"/>
+    <mergeCell ref="F378:F380"/>
+    <mergeCell ref="G378:G380"/>
+    <mergeCell ref="H378:H380"/>
+    <mergeCell ref="I378:I380"/>
+    <mergeCell ref="A381:A383"/>
+    <mergeCell ref="B381:B383"/>
+    <mergeCell ref="C381:C383"/>
+    <mergeCell ref="D381:D383"/>
+    <mergeCell ref="E381:E383"/>
+    <mergeCell ref="F381:F383"/>
+    <mergeCell ref="G381:G383"/>
+    <mergeCell ref="H381:H383"/>
+    <mergeCell ref="I381:I383"/>
+    <mergeCell ref="A384:A386"/>
+    <mergeCell ref="B384:B386"/>
+    <mergeCell ref="C384:C386"/>
+    <mergeCell ref="D384:D386"/>
+    <mergeCell ref="E384:E386"/>
+    <mergeCell ref="F384:F386"/>
+    <mergeCell ref="G384:G386"/>
+    <mergeCell ref="H384:H386"/>
+    <mergeCell ref="I384:I386"/>
+    <mergeCell ref="A387:A388"/>
+    <mergeCell ref="B387:B388"/>
+    <mergeCell ref="C387:C388"/>
+    <mergeCell ref="D387:D388"/>
+    <mergeCell ref="E387:E388"/>
+    <mergeCell ref="F387:F388"/>
+    <mergeCell ref="G387:G388"/>
+    <mergeCell ref="H387:H388"/>
+    <mergeCell ref="I387:I388"/>
     <mergeCell ref="A389:A391"/>
     <mergeCell ref="B389:B391"/>
     <mergeCell ref="C389:C391"/>
     <mergeCell ref="D389:D391"/>
     <mergeCell ref="E389:E391"/>
     <mergeCell ref="F389:F391"/>
     <mergeCell ref="G389:G391"/>
     <mergeCell ref="H389:H391"/>
     <mergeCell ref="I389:I391"/>
-    <mergeCell ref="A392:A394"/>
-[...106 lines deleted...]
-    <mergeCell ref="I426:I428"/>
+    <mergeCell ref="A392:A393"/>
+    <mergeCell ref="B392:B393"/>
+    <mergeCell ref="C392:C393"/>
+    <mergeCell ref="D392:D393"/>
+    <mergeCell ref="E392:E393"/>
+    <mergeCell ref="F392:F393"/>
+    <mergeCell ref="G392:G393"/>
+    <mergeCell ref="H392:H393"/>
+    <mergeCell ref="I392:I393"/>
+    <mergeCell ref="A394:A395"/>
+    <mergeCell ref="B394:B395"/>
+    <mergeCell ref="C394:C395"/>
+    <mergeCell ref="D394:D395"/>
+    <mergeCell ref="E394:E395"/>
+    <mergeCell ref="F394:F395"/>
+    <mergeCell ref="G394:G395"/>
+    <mergeCell ref="H394:H395"/>
+    <mergeCell ref="I394:I395"/>
+    <mergeCell ref="A396:A397"/>
+    <mergeCell ref="B396:B397"/>
+    <mergeCell ref="C396:C397"/>
+    <mergeCell ref="D396:D397"/>
+    <mergeCell ref="E396:E397"/>
+    <mergeCell ref="F396:F397"/>
+    <mergeCell ref="G396:G397"/>
+    <mergeCell ref="H396:H397"/>
+    <mergeCell ref="I396:I397"/>
+    <mergeCell ref="A398:A400"/>
+    <mergeCell ref="B398:B400"/>
+    <mergeCell ref="C398:C400"/>
+    <mergeCell ref="D398:D400"/>
+    <mergeCell ref="E398:E400"/>
+    <mergeCell ref="F398:F400"/>
+    <mergeCell ref="G398:G400"/>
+    <mergeCell ref="H398:H400"/>
+    <mergeCell ref="I398:I400"/>
+    <mergeCell ref="A401:A403"/>
+    <mergeCell ref="B401:B403"/>
+    <mergeCell ref="C401:C403"/>
+    <mergeCell ref="D401:D403"/>
+    <mergeCell ref="E401:E403"/>
+    <mergeCell ref="F401:F403"/>
+    <mergeCell ref="G401:G403"/>
+    <mergeCell ref="H401:H403"/>
+    <mergeCell ref="I401:I403"/>
+    <mergeCell ref="A404:A406"/>
+    <mergeCell ref="B404:B406"/>
+    <mergeCell ref="C404:C406"/>
+    <mergeCell ref="D404:D406"/>
+    <mergeCell ref="E404:E406"/>
+    <mergeCell ref="F404:F406"/>
+    <mergeCell ref="G404:G406"/>
+    <mergeCell ref="H404:H406"/>
+    <mergeCell ref="I404:I406"/>
+    <mergeCell ref="A407:A409"/>
+    <mergeCell ref="B407:B409"/>
+    <mergeCell ref="C407:C409"/>
+    <mergeCell ref="D407:D409"/>
+    <mergeCell ref="E407:E409"/>
+    <mergeCell ref="F407:F409"/>
+    <mergeCell ref="G407:G409"/>
+    <mergeCell ref="H407:H409"/>
+    <mergeCell ref="I407:I409"/>
+    <mergeCell ref="A410:A414"/>
+    <mergeCell ref="B410:B414"/>
+    <mergeCell ref="C410:C414"/>
+    <mergeCell ref="D410:D414"/>
+    <mergeCell ref="E410:E414"/>
+    <mergeCell ref="F410:F414"/>
+    <mergeCell ref="G410:G414"/>
+    <mergeCell ref="H410:H414"/>
+    <mergeCell ref="I410:I414"/>
+    <mergeCell ref="A415:A419"/>
+    <mergeCell ref="B415:B419"/>
+    <mergeCell ref="C415:C419"/>
+    <mergeCell ref="D415:D419"/>
+    <mergeCell ref="E415:E419"/>
+    <mergeCell ref="F415:F419"/>
+    <mergeCell ref="G415:G419"/>
+    <mergeCell ref="H415:H419"/>
+    <mergeCell ref="I415:I419"/>
+    <mergeCell ref="A420:A424"/>
+    <mergeCell ref="B420:B424"/>
+    <mergeCell ref="C420:C424"/>
+    <mergeCell ref="D420:D424"/>
+    <mergeCell ref="E420:E424"/>
+    <mergeCell ref="F420:F424"/>
+    <mergeCell ref="G420:G424"/>
+    <mergeCell ref="H420:H424"/>
+    <mergeCell ref="I420:I424"/>
+    <mergeCell ref="A425:A428"/>
+    <mergeCell ref="B425:B428"/>
+    <mergeCell ref="C425:C428"/>
+    <mergeCell ref="D425:D428"/>
+    <mergeCell ref="E425:E428"/>
+    <mergeCell ref="F425:F428"/>
+    <mergeCell ref="G425:G428"/>
+    <mergeCell ref="H425:H428"/>
+    <mergeCell ref="I425:I428"/>
     <mergeCell ref="A429:A431"/>
     <mergeCell ref="B429:B431"/>
     <mergeCell ref="C429:C431"/>
     <mergeCell ref="D429:D431"/>
     <mergeCell ref="E429:E431"/>
     <mergeCell ref="F429:F431"/>
     <mergeCell ref="G429:G431"/>
     <mergeCell ref="H429:H431"/>
     <mergeCell ref="I429:I431"/>
     <mergeCell ref="A432:A434"/>
     <mergeCell ref="B432:B434"/>
     <mergeCell ref="C432:C434"/>
     <mergeCell ref="D432:D434"/>
     <mergeCell ref="E432:E434"/>
     <mergeCell ref="F432:F434"/>
     <mergeCell ref="G432:G434"/>
     <mergeCell ref="H432:H434"/>
     <mergeCell ref="I432:I434"/>
-    <mergeCell ref="A435:A439"/>
-[...52 lines deleted...]
-    <mergeCell ref="I455:I459"/>
+    <mergeCell ref="A435:A437"/>
+    <mergeCell ref="B435:B437"/>
+    <mergeCell ref="C435:C437"/>
+    <mergeCell ref="D435:D437"/>
+    <mergeCell ref="E435:E437"/>
+    <mergeCell ref="F435:F437"/>
+    <mergeCell ref="G435:G437"/>
+    <mergeCell ref="H435:H437"/>
+    <mergeCell ref="I435:I437"/>
+    <mergeCell ref="A438:A440"/>
+    <mergeCell ref="B438:B440"/>
+    <mergeCell ref="C438:C440"/>
+    <mergeCell ref="D438:D440"/>
+    <mergeCell ref="E438:E440"/>
+    <mergeCell ref="F438:F440"/>
+    <mergeCell ref="G438:G440"/>
+    <mergeCell ref="H438:H440"/>
+    <mergeCell ref="I438:I440"/>
+    <mergeCell ref="A441:A445"/>
+    <mergeCell ref="B441:B445"/>
+    <mergeCell ref="C441:C445"/>
+    <mergeCell ref="D441:D445"/>
+    <mergeCell ref="E441:E445"/>
+    <mergeCell ref="F441:F445"/>
+    <mergeCell ref="G441:G445"/>
+    <mergeCell ref="H441:H445"/>
+    <mergeCell ref="I441:I445"/>
+    <mergeCell ref="A446:A447"/>
+    <mergeCell ref="B446:B447"/>
+    <mergeCell ref="C446:C447"/>
+    <mergeCell ref="D446:D447"/>
+    <mergeCell ref="E446:E447"/>
+    <mergeCell ref="F446:F447"/>
+    <mergeCell ref="G446:G447"/>
+    <mergeCell ref="H446:H447"/>
+    <mergeCell ref="I446:I447"/>
+    <mergeCell ref="A448:A452"/>
+    <mergeCell ref="B448:B452"/>
+    <mergeCell ref="C448:C452"/>
+    <mergeCell ref="D448:D452"/>
+    <mergeCell ref="E448:E452"/>
+    <mergeCell ref="F448:F452"/>
+    <mergeCell ref="G448:G452"/>
+    <mergeCell ref="H448:H452"/>
+    <mergeCell ref="I448:I452"/>
+    <mergeCell ref="A453:A455"/>
+    <mergeCell ref="B453:B455"/>
+    <mergeCell ref="C453:C455"/>
+    <mergeCell ref="D453:D455"/>
+    <mergeCell ref="E453:E455"/>
+    <mergeCell ref="F453:F455"/>
+    <mergeCell ref="G453:G455"/>
+    <mergeCell ref="H453:H455"/>
+    <mergeCell ref="I453:I455"/>
+    <mergeCell ref="A456:A459"/>
+    <mergeCell ref="B456:B459"/>
+    <mergeCell ref="C456:C459"/>
+    <mergeCell ref="D456:D459"/>
+    <mergeCell ref="E456:E459"/>
+    <mergeCell ref="F456:F459"/>
+    <mergeCell ref="G456:G459"/>
+    <mergeCell ref="H456:H459"/>
+    <mergeCell ref="I456:I459"/>
     <mergeCell ref="A460:A464"/>
     <mergeCell ref="B460:B464"/>
     <mergeCell ref="C460:C464"/>
     <mergeCell ref="D460:D464"/>
     <mergeCell ref="E460:E464"/>
     <mergeCell ref="F460:F464"/>
     <mergeCell ref="G460:G464"/>
     <mergeCell ref="H460:H464"/>
     <mergeCell ref="I460:I464"/>
     <mergeCell ref="A465:A469"/>
     <mergeCell ref="B465:B469"/>
     <mergeCell ref="C465:C469"/>
     <mergeCell ref="D465:D469"/>
     <mergeCell ref="E465:E469"/>
     <mergeCell ref="F465:F469"/>
     <mergeCell ref="G465:G469"/>
     <mergeCell ref="H465:H469"/>
     <mergeCell ref="I465:I469"/>
-    <mergeCell ref="A470:A472"/>
-[...160 lines deleted...]
-    <mergeCell ref="I540:I542"/>
+    <mergeCell ref="A470:A474"/>
+    <mergeCell ref="B470:B474"/>
+    <mergeCell ref="C470:C474"/>
+    <mergeCell ref="D470:D474"/>
+    <mergeCell ref="E470:E474"/>
+    <mergeCell ref="F470:F474"/>
+    <mergeCell ref="G470:G474"/>
+    <mergeCell ref="H470:H474"/>
+    <mergeCell ref="I470:I474"/>
+    <mergeCell ref="A475:A479"/>
+    <mergeCell ref="B475:B479"/>
+    <mergeCell ref="C475:C479"/>
+    <mergeCell ref="D475:D479"/>
+    <mergeCell ref="E475:E479"/>
+    <mergeCell ref="F475:F479"/>
+    <mergeCell ref="G475:G479"/>
+    <mergeCell ref="H475:H479"/>
+    <mergeCell ref="I475:I479"/>
+    <mergeCell ref="A480:A484"/>
+    <mergeCell ref="B480:B484"/>
+    <mergeCell ref="C480:C484"/>
+    <mergeCell ref="D480:D484"/>
+    <mergeCell ref="E480:E484"/>
+    <mergeCell ref="F480:F484"/>
+    <mergeCell ref="G480:G484"/>
+    <mergeCell ref="H480:H484"/>
+    <mergeCell ref="I480:I484"/>
+    <mergeCell ref="A485:A489"/>
+    <mergeCell ref="B485:B489"/>
+    <mergeCell ref="C485:C489"/>
+    <mergeCell ref="D485:D489"/>
+    <mergeCell ref="E485:E489"/>
+    <mergeCell ref="F485:F489"/>
+    <mergeCell ref="G485:G489"/>
+    <mergeCell ref="H485:H489"/>
+    <mergeCell ref="I485:I489"/>
+    <mergeCell ref="A490:A494"/>
+    <mergeCell ref="B490:B494"/>
+    <mergeCell ref="C490:C494"/>
+    <mergeCell ref="D490:D494"/>
+    <mergeCell ref="E490:E494"/>
+    <mergeCell ref="F490:F494"/>
+    <mergeCell ref="G490:G494"/>
+    <mergeCell ref="H490:H494"/>
+    <mergeCell ref="I490:I494"/>
+    <mergeCell ref="A495:A499"/>
+    <mergeCell ref="B495:B499"/>
+    <mergeCell ref="C495:C499"/>
+    <mergeCell ref="D495:D499"/>
+    <mergeCell ref="E495:E499"/>
+    <mergeCell ref="F495:F499"/>
+    <mergeCell ref="G495:G499"/>
+    <mergeCell ref="H495:H499"/>
+    <mergeCell ref="I495:I499"/>
+    <mergeCell ref="A500:A503"/>
+    <mergeCell ref="B500:B503"/>
+    <mergeCell ref="C500:C503"/>
+    <mergeCell ref="D500:D503"/>
+    <mergeCell ref="E500:E503"/>
+    <mergeCell ref="F500:F503"/>
+    <mergeCell ref="G500:G503"/>
+    <mergeCell ref="H500:H503"/>
+    <mergeCell ref="I500:I503"/>
+    <mergeCell ref="A504:A506"/>
+    <mergeCell ref="B504:B506"/>
+    <mergeCell ref="C504:C506"/>
+    <mergeCell ref="D504:D506"/>
+    <mergeCell ref="E504:E506"/>
+    <mergeCell ref="F504:F506"/>
+    <mergeCell ref="G504:G506"/>
+    <mergeCell ref="H504:H506"/>
+    <mergeCell ref="I504:I506"/>
+    <mergeCell ref="A507:A511"/>
+    <mergeCell ref="B507:B511"/>
+    <mergeCell ref="C507:C511"/>
+    <mergeCell ref="D507:D511"/>
+    <mergeCell ref="E507:E511"/>
+    <mergeCell ref="F507:F511"/>
+    <mergeCell ref="G507:G511"/>
+    <mergeCell ref="H507:H511"/>
+    <mergeCell ref="I507:I511"/>
+    <mergeCell ref="A512:A514"/>
+    <mergeCell ref="B512:B514"/>
+    <mergeCell ref="C512:C514"/>
+    <mergeCell ref="D512:D514"/>
+    <mergeCell ref="E512:E514"/>
+    <mergeCell ref="F512:F514"/>
+    <mergeCell ref="G512:G514"/>
+    <mergeCell ref="H512:H514"/>
+    <mergeCell ref="I512:I514"/>
+    <mergeCell ref="A515:A519"/>
+    <mergeCell ref="B515:B519"/>
+    <mergeCell ref="C515:C519"/>
+    <mergeCell ref="D515:D519"/>
+    <mergeCell ref="E515:E519"/>
+    <mergeCell ref="F515:F519"/>
+    <mergeCell ref="G515:G519"/>
+    <mergeCell ref="H515:H519"/>
+    <mergeCell ref="I515:I519"/>
+    <mergeCell ref="A520:A524"/>
+    <mergeCell ref="B520:B524"/>
+    <mergeCell ref="C520:C524"/>
+    <mergeCell ref="D520:D524"/>
+    <mergeCell ref="E520:E524"/>
+    <mergeCell ref="F520:F524"/>
+    <mergeCell ref="G520:G524"/>
+    <mergeCell ref="H520:H524"/>
+    <mergeCell ref="I520:I524"/>
+    <mergeCell ref="A525:A527"/>
+    <mergeCell ref="B525:B527"/>
+    <mergeCell ref="C525:C527"/>
+    <mergeCell ref="D525:D527"/>
+    <mergeCell ref="E525:E527"/>
+    <mergeCell ref="F525:F527"/>
+    <mergeCell ref="G525:G527"/>
+    <mergeCell ref="H525:H527"/>
+    <mergeCell ref="I525:I527"/>
+    <mergeCell ref="A528:A532"/>
+    <mergeCell ref="B528:B532"/>
+    <mergeCell ref="C528:C532"/>
+    <mergeCell ref="D528:D532"/>
+    <mergeCell ref="E528:E532"/>
+    <mergeCell ref="F528:F532"/>
+    <mergeCell ref="G528:G532"/>
+    <mergeCell ref="H528:H532"/>
+    <mergeCell ref="I528:I532"/>
+    <mergeCell ref="A533:A537"/>
+    <mergeCell ref="B533:B537"/>
+    <mergeCell ref="C533:C537"/>
+    <mergeCell ref="D533:D537"/>
+    <mergeCell ref="E533:E537"/>
+    <mergeCell ref="F533:F537"/>
+    <mergeCell ref="G533:G537"/>
+    <mergeCell ref="H533:H537"/>
+    <mergeCell ref="I533:I537"/>
+    <mergeCell ref="A538:A542"/>
+    <mergeCell ref="B538:B542"/>
+    <mergeCell ref="C538:C542"/>
+    <mergeCell ref="D538:D542"/>
+    <mergeCell ref="E538:E542"/>
+    <mergeCell ref="F538:F542"/>
+    <mergeCell ref="G538:G542"/>
+    <mergeCell ref="H538:H542"/>
+    <mergeCell ref="I538:I542"/>
     <mergeCell ref="A543:A547"/>
     <mergeCell ref="B543:B547"/>
     <mergeCell ref="C543:C547"/>
     <mergeCell ref="D543:D547"/>
     <mergeCell ref="E543:E547"/>
     <mergeCell ref="F543:F547"/>
     <mergeCell ref="G543:G547"/>
     <mergeCell ref="H543:H547"/>
     <mergeCell ref="I543:I547"/>
     <mergeCell ref="A548:A552"/>
     <mergeCell ref="B548:B552"/>
     <mergeCell ref="C548:C552"/>
     <mergeCell ref="D548:D552"/>
     <mergeCell ref="E548:E552"/>
     <mergeCell ref="F548:F552"/>
     <mergeCell ref="G548:G552"/>
     <mergeCell ref="H548:H552"/>
     <mergeCell ref="I548:I552"/>
     <mergeCell ref="A553:A557"/>
     <mergeCell ref="B553:B557"/>
     <mergeCell ref="C553:C557"/>
     <mergeCell ref="D553:D557"/>
     <mergeCell ref="E553:E557"/>
     <mergeCell ref="F553:F557"/>
     <mergeCell ref="G553:G557"/>
     <mergeCell ref="H553:H557"/>
     <mergeCell ref="I553:I557"/>
     <mergeCell ref="A558:A562"/>
     <mergeCell ref="B558:B562"/>
     <mergeCell ref="C558:C562"/>
     <mergeCell ref="D558:D562"/>
     <mergeCell ref="E558:E562"/>
     <mergeCell ref="F558:F562"/>
     <mergeCell ref="G558:G562"/>
     <mergeCell ref="H558:H562"/>
     <mergeCell ref="I558:I562"/>
-    <mergeCell ref="A563:A565"/>
-[...16 lines deleted...]
-    <mergeCell ref="I566:I567"/>
+    <mergeCell ref="A563:A567"/>
+    <mergeCell ref="B563:B567"/>
+    <mergeCell ref="C563:C567"/>
+    <mergeCell ref="D563:D567"/>
+    <mergeCell ref="E563:E567"/>
+    <mergeCell ref="F563:F567"/>
+    <mergeCell ref="G563:G567"/>
+    <mergeCell ref="H563:H567"/>
+    <mergeCell ref="I563:I567"/>
     <mergeCell ref="A568:A572"/>
     <mergeCell ref="B568:B572"/>
     <mergeCell ref="C568:C572"/>
     <mergeCell ref="D568:D572"/>
     <mergeCell ref="E568:E572"/>
     <mergeCell ref="F568:F572"/>
     <mergeCell ref="G568:G572"/>
     <mergeCell ref="H568:H572"/>
     <mergeCell ref="I568:I572"/>
-    <mergeCell ref="A573:A574"/>
-[...502 lines deleted...]
-    <mergeCell ref="I756:I759"/>
+    <mergeCell ref="A573:A577"/>
+    <mergeCell ref="B573:B577"/>
+    <mergeCell ref="C573:C577"/>
+    <mergeCell ref="D573:D577"/>
+    <mergeCell ref="E573:E577"/>
+    <mergeCell ref="F573:F577"/>
+    <mergeCell ref="G573:G577"/>
+    <mergeCell ref="H573:H577"/>
+    <mergeCell ref="I573:I577"/>
+    <mergeCell ref="A578:A582"/>
+    <mergeCell ref="B578:B582"/>
+    <mergeCell ref="C578:C582"/>
+    <mergeCell ref="D578:D582"/>
+    <mergeCell ref="E578:E582"/>
+    <mergeCell ref="F578:F582"/>
+    <mergeCell ref="G578:G582"/>
+    <mergeCell ref="H578:H582"/>
+    <mergeCell ref="I578:I582"/>
+    <mergeCell ref="A583:A587"/>
+    <mergeCell ref="B583:B587"/>
+    <mergeCell ref="C583:C587"/>
+    <mergeCell ref="D583:D587"/>
+    <mergeCell ref="E583:E587"/>
+    <mergeCell ref="F583:F587"/>
+    <mergeCell ref="G583:G587"/>
+    <mergeCell ref="H583:H587"/>
+    <mergeCell ref="I583:I587"/>
+    <mergeCell ref="A588:A590"/>
+    <mergeCell ref="B588:B590"/>
+    <mergeCell ref="C588:C590"/>
+    <mergeCell ref="D588:D590"/>
+    <mergeCell ref="E588:E590"/>
+    <mergeCell ref="F588:F590"/>
+    <mergeCell ref="G588:G590"/>
+    <mergeCell ref="H588:H590"/>
+    <mergeCell ref="I588:I590"/>
+    <mergeCell ref="A591:A595"/>
+    <mergeCell ref="B591:B595"/>
+    <mergeCell ref="C591:C595"/>
+    <mergeCell ref="D591:D595"/>
+    <mergeCell ref="E591:E595"/>
+    <mergeCell ref="F591:F595"/>
+    <mergeCell ref="G591:G595"/>
+    <mergeCell ref="H591:H595"/>
+    <mergeCell ref="I591:I595"/>
+    <mergeCell ref="A596:A600"/>
+    <mergeCell ref="B596:B600"/>
+    <mergeCell ref="C596:C600"/>
+    <mergeCell ref="D596:D600"/>
+    <mergeCell ref="E596:E600"/>
+    <mergeCell ref="F596:F600"/>
+    <mergeCell ref="G596:G600"/>
+    <mergeCell ref="H596:H600"/>
+    <mergeCell ref="I596:I600"/>
+    <mergeCell ref="A601:A605"/>
+    <mergeCell ref="B601:B605"/>
+    <mergeCell ref="C601:C605"/>
+    <mergeCell ref="D601:D605"/>
+    <mergeCell ref="E601:E605"/>
+    <mergeCell ref="F601:F605"/>
+    <mergeCell ref="G601:G605"/>
+    <mergeCell ref="H601:H605"/>
+    <mergeCell ref="I601:I605"/>
+    <mergeCell ref="A606:A608"/>
+    <mergeCell ref="B606:B608"/>
+    <mergeCell ref="C606:C608"/>
+    <mergeCell ref="D606:D608"/>
+    <mergeCell ref="E606:E608"/>
+    <mergeCell ref="F606:F608"/>
+    <mergeCell ref="G606:G608"/>
+    <mergeCell ref="H606:H608"/>
+    <mergeCell ref="I606:I608"/>
+    <mergeCell ref="A609:A611"/>
+    <mergeCell ref="B609:B611"/>
+    <mergeCell ref="C609:C611"/>
+    <mergeCell ref="D609:D611"/>
+    <mergeCell ref="E609:E611"/>
+    <mergeCell ref="F609:F611"/>
+    <mergeCell ref="G609:G611"/>
+    <mergeCell ref="H609:H611"/>
+    <mergeCell ref="I609:I611"/>
+    <mergeCell ref="A612:A615"/>
+    <mergeCell ref="B612:B615"/>
+    <mergeCell ref="C612:C615"/>
+    <mergeCell ref="D612:D615"/>
+    <mergeCell ref="E612:E615"/>
+    <mergeCell ref="F612:F615"/>
+    <mergeCell ref="G612:G615"/>
+    <mergeCell ref="H612:H615"/>
+    <mergeCell ref="I612:I615"/>
+    <mergeCell ref="A616:A620"/>
+    <mergeCell ref="B616:B620"/>
+    <mergeCell ref="C616:C620"/>
+    <mergeCell ref="D616:D620"/>
+    <mergeCell ref="E616:E620"/>
+    <mergeCell ref="F616:F620"/>
+    <mergeCell ref="G616:G620"/>
+    <mergeCell ref="H616:H620"/>
+    <mergeCell ref="I616:I620"/>
+    <mergeCell ref="A621:A625"/>
+    <mergeCell ref="B621:B625"/>
+    <mergeCell ref="C621:C625"/>
+    <mergeCell ref="D621:D625"/>
+    <mergeCell ref="E621:E625"/>
+    <mergeCell ref="F621:F625"/>
+    <mergeCell ref="G621:G625"/>
+    <mergeCell ref="H621:H625"/>
+    <mergeCell ref="I621:I625"/>
+    <mergeCell ref="A626:A629"/>
+    <mergeCell ref="B626:B629"/>
+    <mergeCell ref="C626:C629"/>
+    <mergeCell ref="D626:D629"/>
+    <mergeCell ref="E626:E629"/>
+    <mergeCell ref="F626:F629"/>
+    <mergeCell ref="G626:G629"/>
+    <mergeCell ref="H626:H629"/>
+    <mergeCell ref="I626:I629"/>
+    <mergeCell ref="A630:A633"/>
+    <mergeCell ref="B630:B633"/>
+    <mergeCell ref="C630:C633"/>
+    <mergeCell ref="D630:D633"/>
+    <mergeCell ref="E630:E633"/>
+    <mergeCell ref="F630:F633"/>
+    <mergeCell ref="G630:G633"/>
+    <mergeCell ref="H630:H633"/>
+    <mergeCell ref="I630:I633"/>
+    <mergeCell ref="A634:A636"/>
+    <mergeCell ref="B634:B636"/>
+    <mergeCell ref="C634:C636"/>
+    <mergeCell ref="D634:D636"/>
+    <mergeCell ref="E634:E636"/>
+    <mergeCell ref="F634:F636"/>
+    <mergeCell ref="G634:G636"/>
+    <mergeCell ref="H634:H636"/>
+    <mergeCell ref="I634:I636"/>
+    <mergeCell ref="A637:A640"/>
+    <mergeCell ref="B637:B640"/>
+    <mergeCell ref="C637:C640"/>
+    <mergeCell ref="D637:D640"/>
+    <mergeCell ref="E637:E640"/>
+    <mergeCell ref="F637:F640"/>
+    <mergeCell ref="G637:G640"/>
+    <mergeCell ref="H637:H640"/>
+    <mergeCell ref="I637:I640"/>
+    <mergeCell ref="A641:A642"/>
+    <mergeCell ref="B641:B642"/>
+    <mergeCell ref="C641:C642"/>
+    <mergeCell ref="D641:D642"/>
+    <mergeCell ref="E641:E642"/>
+    <mergeCell ref="F641:F642"/>
+    <mergeCell ref="G641:G642"/>
+    <mergeCell ref="H641:H642"/>
+    <mergeCell ref="I641:I642"/>
+    <mergeCell ref="A643:A647"/>
+    <mergeCell ref="B643:B647"/>
+    <mergeCell ref="C643:C647"/>
+    <mergeCell ref="D643:D647"/>
+    <mergeCell ref="E643:E647"/>
+    <mergeCell ref="F643:F647"/>
+    <mergeCell ref="G643:G647"/>
+    <mergeCell ref="H643:H647"/>
+    <mergeCell ref="I643:I647"/>
+    <mergeCell ref="A648:A649"/>
+    <mergeCell ref="B648:B649"/>
+    <mergeCell ref="C648:C649"/>
+    <mergeCell ref="D648:D649"/>
+    <mergeCell ref="E648:E649"/>
+    <mergeCell ref="F648:F649"/>
+    <mergeCell ref="G648:G649"/>
+    <mergeCell ref="H648:H649"/>
+    <mergeCell ref="I648:I649"/>
+    <mergeCell ref="A650:A653"/>
+    <mergeCell ref="B650:B653"/>
+    <mergeCell ref="C650:C653"/>
+    <mergeCell ref="D650:D653"/>
+    <mergeCell ref="E650:E653"/>
+    <mergeCell ref="F650:F653"/>
+    <mergeCell ref="G650:G653"/>
+    <mergeCell ref="H650:H653"/>
+    <mergeCell ref="I650:I653"/>
+    <mergeCell ref="A654:A655"/>
+    <mergeCell ref="B654:B655"/>
+    <mergeCell ref="C654:C655"/>
+    <mergeCell ref="D654:D655"/>
+    <mergeCell ref="E654:E655"/>
+    <mergeCell ref="F654:F655"/>
+    <mergeCell ref="G654:G655"/>
+    <mergeCell ref="H654:H655"/>
+    <mergeCell ref="I654:I655"/>
+    <mergeCell ref="A657:A660"/>
+    <mergeCell ref="B657:B660"/>
+    <mergeCell ref="C657:C660"/>
+    <mergeCell ref="D657:D660"/>
+    <mergeCell ref="E657:E660"/>
+    <mergeCell ref="F657:F660"/>
+    <mergeCell ref="G657:G660"/>
+    <mergeCell ref="H657:H660"/>
+    <mergeCell ref="I657:I660"/>
+    <mergeCell ref="A661:A664"/>
+    <mergeCell ref="B661:B664"/>
+    <mergeCell ref="C661:C664"/>
+    <mergeCell ref="D661:D664"/>
+    <mergeCell ref="E661:E664"/>
+    <mergeCell ref="F661:F664"/>
+    <mergeCell ref="G661:G664"/>
+    <mergeCell ref="H661:H664"/>
+    <mergeCell ref="I661:I664"/>
+    <mergeCell ref="A665:A668"/>
+    <mergeCell ref="B665:B668"/>
+    <mergeCell ref="C665:C668"/>
+    <mergeCell ref="D665:D668"/>
+    <mergeCell ref="E665:E668"/>
+    <mergeCell ref="F665:F668"/>
+    <mergeCell ref="G665:G668"/>
+    <mergeCell ref="H665:H668"/>
+    <mergeCell ref="I665:I668"/>
+    <mergeCell ref="A669:A672"/>
+    <mergeCell ref="B669:B672"/>
+    <mergeCell ref="C669:C672"/>
+    <mergeCell ref="D669:D672"/>
+    <mergeCell ref="E669:E672"/>
+    <mergeCell ref="F669:F672"/>
+    <mergeCell ref="G669:G672"/>
+    <mergeCell ref="H669:H672"/>
+    <mergeCell ref="I669:I672"/>
+    <mergeCell ref="A673:A677"/>
+    <mergeCell ref="B673:B677"/>
+    <mergeCell ref="C673:C677"/>
+    <mergeCell ref="D673:D677"/>
+    <mergeCell ref="E673:E677"/>
+    <mergeCell ref="F673:F677"/>
+    <mergeCell ref="G673:G677"/>
+    <mergeCell ref="H673:H677"/>
+    <mergeCell ref="I673:I677"/>
+    <mergeCell ref="A678:A679"/>
+    <mergeCell ref="B678:B679"/>
+    <mergeCell ref="C678:C679"/>
+    <mergeCell ref="D678:D679"/>
+    <mergeCell ref="E678:E679"/>
+    <mergeCell ref="F678:F679"/>
+    <mergeCell ref="G678:G679"/>
+    <mergeCell ref="H678:H679"/>
+    <mergeCell ref="I678:I679"/>
+    <mergeCell ref="A680:A681"/>
+    <mergeCell ref="B680:B681"/>
+    <mergeCell ref="C680:C681"/>
+    <mergeCell ref="D680:D681"/>
+    <mergeCell ref="E680:E681"/>
+    <mergeCell ref="F680:F681"/>
+    <mergeCell ref="G680:G681"/>
+    <mergeCell ref="H680:H681"/>
+    <mergeCell ref="I680:I681"/>
+    <mergeCell ref="A682:A685"/>
+    <mergeCell ref="B682:B685"/>
+    <mergeCell ref="C682:C685"/>
+    <mergeCell ref="D682:D685"/>
+    <mergeCell ref="E682:E685"/>
+    <mergeCell ref="F682:F685"/>
+    <mergeCell ref="G682:G685"/>
+    <mergeCell ref="H682:H685"/>
+    <mergeCell ref="I682:I685"/>
+    <mergeCell ref="A686:A689"/>
+    <mergeCell ref="B686:B689"/>
+    <mergeCell ref="C686:C689"/>
+    <mergeCell ref="D686:D689"/>
+    <mergeCell ref="E686:E689"/>
+    <mergeCell ref="F686:F689"/>
+    <mergeCell ref="G686:G689"/>
+    <mergeCell ref="H686:H689"/>
+    <mergeCell ref="I686:I689"/>
+    <mergeCell ref="A690:A694"/>
+    <mergeCell ref="B690:B694"/>
+    <mergeCell ref="C690:C694"/>
+    <mergeCell ref="D690:D694"/>
+    <mergeCell ref="E690:E694"/>
+    <mergeCell ref="F690:F694"/>
+    <mergeCell ref="G690:G694"/>
+    <mergeCell ref="H690:H694"/>
+    <mergeCell ref="I690:I694"/>
+    <mergeCell ref="A695:A696"/>
+    <mergeCell ref="B695:B696"/>
+    <mergeCell ref="C695:C696"/>
+    <mergeCell ref="D695:D696"/>
+    <mergeCell ref="E695:E696"/>
+    <mergeCell ref="F695:F696"/>
+    <mergeCell ref="G695:G696"/>
+    <mergeCell ref="H695:H696"/>
+    <mergeCell ref="I695:I696"/>
+    <mergeCell ref="A697:A700"/>
+    <mergeCell ref="B697:B700"/>
+    <mergeCell ref="C697:C700"/>
+    <mergeCell ref="D697:D700"/>
+    <mergeCell ref="E697:E700"/>
+    <mergeCell ref="F697:F700"/>
+    <mergeCell ref="G697:G700"/>
+    <mergeCell ref="H697:H700"/>
+    <mergeCell ref="I697:I700"/>
+    <mergeCell ref="A701:A703"/>
+    <mergeCell ref="B701:B703"/>
+    <mergeCell ref="C701:C703"/>
+    <mergeCell ref="D701:D703"/>
+    <mergeCell ref="E701:E703"/>
+    <mergeCell ref="F701:F703"/>
+    <mergeCell ref="G701:G703"/>
+    <mergeCell ref="H701:H703"/>
+    <mergeCell ref="I701:I703"/>
+    <mergeCell ref="A704:A706"/>
+    <mergeCell ref="B704:B706"/>
+    <mergeCell ref="C704:C706"/>
+    <mergeCell ref="D704:D706"/>
+    <mergeCell ref="E704:E706"/>
+    <mergeCell ref="F704:F706"/>
+    <mergeCell ref="G704:G706"/>
+    <mergeCell ref="H704:H706"/>
+    <mergeCell ref="I704:I706"/>
+    <mergeCell ref="A707:A711"/>
+    <mergeCell ref="B707:B711"/>
+    <mergeCell ref="C707:C711"/>
+    <mergeCell ref="D707:D711"/>
+    <mergeCell ref="E707:E711"/>
+    <mergeCell ref="F707:F711"/>
+    <mergeCell ref="G707:G711"/>
+    <mergeCell ref="H707:H711"/>
+    <mergeCell ref="I707:I711"/>
+    <mergeCell ref="A712:A716"/>
+    <mergeCell ref="B712:B716"/>
+    <mergeCell ref="C712:C716"/>
+    <mergeCell ref="D712:D716"/>
+    <mergeCell ref="E712:E716"/>
+    <mergeCell ref="F712:F716"/>
+    <mergeCell ref="G712:G716"/>
+    <mergeCell ref="H712:H716"/>
+    <mergeCell ref="I712:I716"/>
+    <mergeCell ref="A717:A721"/>
+    <mergeCell ref="B717:B721"/>
+    <mergeCell ref="C717:C721"/>
+    <mergeCell ref="D717:D721"/>
+    <mergeCell ref="E717:E721"/>
+    <mergeCell ref="F717:F721"/>
+    <mergeCell ref="G717:G721"/>
+    <mergeCell ref="H717:H721"/>
+    <mergeCell ref="I717:I721"/>
+    <mergeCell ref="A722:A726"/>
+    <mergeCell ref="B722:B726"/>
+    <mergeCell ref="C722:C726"/>
+    <mergeCell ref="D722:D726"/>
+    <mergeCell ref="E722:E726"/>
+    <mergeCell ref="F722:F726"/>
+    <mergeCell ref="G722:G726"/>
+    <mergeCell ref="H722:H726"/>
+    <mergeCell ref="I722:I726"/>
+    <mergeCell ref="A727:A731"/>
+    <mergeCell ref="B727:B731"/>
+    <mergeCell ref="C727:C731"/>
+    <mergeCell ref="D727:D731"/>
+    <mergeCell ref="E727:E731"/>
+    <mergeCell ref="F727:F731"/>
+    <mergeCell ref="G727:G731"/>
+    <mergeCell ref="H727:H731"/>
+    <mergeCell ref="I727:I731"/>
+    <mergeCell ref="A732:A734"/>
+    <mergeCell ref="B732:B734"/>
+    <mergeCell ref="C732:C734"/>
+    <mergeCell ref="D732:D734"/>
+    <mergeCell ref="E732:E734"/>
+    <mergeCell ref="F732:F734"/>
+    <mergeCell ref="G732:G734"/>
+    <mergeCell ref="H732:H734"/>
+    <mergeCell ref="I732:I734"/>
+    <mergeCell ref="A735:A739"/>
+    <mergeCell ref="B735:B739"/>
+    <mergeCell ref="C735:C739"/>
+    <mergeCell ref="D735:D739"/>
+    <mergeCell ref="E735:E739"/>
+    <mergeCell ref="F735:F739"/>
+    <mergeCell ref="G735:G739"/>
+    <mergeCell ref="H735:H739"/>
+    <mergeCell ref="I735:I739"/>
+    <mergeCell ref="A740:A744"/>
+    <mergeCell ref="B740:B744"/>
+    <mergeCell ref="C740:C744"/>
+    <mergeCell ref="D740:D744"/>
+    <mergeCell ref="E740:E744"/>
+    <mergeCell ref="F740:F744"/>
+    <mergeCell ref="G740:G744"/>
+    <mergeCell ref="H740:H744"/>
+    <mergeCell ref="I740:I744"/>
+    <mergeCell ref="A745:A749"/>
+    <mergeCell ref="B745:B749"/>
+    <mergeCell ref="C745:C749"/>
+    <mergeCell ref="D745:D749"/>
+    <mergeCell ref="E745:E749"/>
+    <mergeCell ref="F745:F749"/>
+    <mergeCell ref="G745:G749"/>
+    <mergeCell ref="H745:H749"/>
+    <mergeCell ref="I745:I749"/>
+    <mergeCell ref="A750:A754"/>
+    <mergeCell ref="B750:B754"/>
+    <mergeCell ref="C750:C754"/>
+    <mergeCell ref="D750:D754"/>
+    <mergeCell ref="E750:E754"/>
+    <mergeCell ref="F750:F754"/>
+    <mergeCell ref="G750:G754"/>
+    <mergeCell ref="H750:H754"/>
+    <mergeCell ref="I750:I754"/>
+    <mergeCell ref="A755:A759"/>
+    <mergeCell ref="B755:B759"/>
+    <mergeCell ref="C755:C759"/>
+    <mergeCell ref="D755:D759"/>
+    <mergeCell ref="E755:E759"/>
+    <mergeCell ref="F755:F759"/>
+    <mergeCell ref="G755:G759"/>
+    <mergeCell ref="H755:H759"/>
+    <mergeCell ref="I755:I759"/>
     <mergeCell ref="A760:A764"/>
     <mergeCell ref="B760:B764"/>
     <mergeCell ref="C760:C764"/>
     <mergeCell ref="D760:D764"/>
     <mergeCell ref="E760:E764"/>
     <mergeCell ref="F760:F764"/>
     <mergeCell ref="G760:G764"/>
     <mergeCell ref="H760:H764"/>
     <mergeCell ref="I760:I764"/>
     <mergeCell ref="A765:A769"/>
     <mergeCell ref="B765:B769"/>
     <mergeCell ref="C765:C769"/>
     <mergeCell ref="D765:D769"/>
     <mergeCell ref="E765:E769"/>
     <mergeCell ref="F765:F769"/>
     <mergeCell ref="G765:G769"/>
     <mergeCell ref="H765:H769"/>
     <mergeCell ref="I765:I769"/>
     <mergeCell ref="A770:A774"/>
     <mergeCell ref="B770:B774"/>
     <mergeCell ref="C770:C774"/>
     <mergeCell ref="D770:D774"/>
     <mergeCell ref="E770:E774"/>
     <mergeCell ref="F770:F774"/>
     <mergeCell ref="G770:G774"/>
     <mergeCell ref="H770:H774"/>
     <mergeCell ref="I770:I774"/>
-    <mergeCell ref="A775:A777"/>
-[...106 lines deleted...]
-    <mergeCell ref="I822:I824"/>
+    <mergeCell ref="A775:A779"/>
+    <mergeCell ref="B775:B779"/>
+    <mergeCell ref="C775:C779"/>
+    <mergeCell ref="D775:D779"/>
+    <mergeCell ref="E775:E779"/>
+    <mergeCell ref="F775:F779"/>
+    <mergeCell ref="G775:G779"/>
+    <mergeCell ref="H775:H779"/>
+    <mergeCell ref="I775:I779"/>
+    <mergeCell ref="A780:A784"/>
+    <mergeCell ref="B780:B784"/>
+    <mergeCell ref="C780:C784"/>
+    <mergeCell ref="D780:D784"/>
+    <mergeCell ref="E780:E784"/>
+    <mergeCell ref="F780:F784"/>
+    <mergeCell ref="G780:G784"/>
+    <mergeCell ref="H780:H784"/>
+    <mergeCell ref="I780:I784"/>
+    <mergeCell ref="A785:A788"/>
+    <mergeCell ref="B785:B788"/>
+    <mergeCell ref="C785:C788"/>
+    <mergeCell ref="D785:D788"/>
+    <mergeCell ref="E785:E788"/>
+    <mergeCell ref="F785:F788"/>
+    <mergeCell ref="G785:G788"/>
+    <mergeCell ref="H785:H788"/>
+    <mergeCell ref="I785:I788"/>
+    <mergeCell ref="A789:A791"/>
+    <mergeCell ref="B789:B791"/>
+    <mergeCell ref="C789:C791"/>
+    <mergeCell ref="D789:D791"/>
+    <mergeCell ref="E789:E791"/>
+    <mergeCell ref="F789:F791"/>
+    <mergeCell ref="G789:G791"/>
+    <mergeCell ref="H789:H791"/>
+    <mergeCell ref="I789:I791"/>
+    <mergeCell ref="A792:A793"/>
+    <mergeCell ref="B792:B793"/>
+    <mergeCell ref="C792:C793"/>
+    <mergeCell ref="D792:D793"/>
+    <mergeCell ref="E792:E793"/>
+    <mergeCell ref="F792:F793"/>
+    <mergeCell ref="G792:G793"/>
+    <mergeCell ref="H792:H793"/>
+    <mergeCell ref="I792:I793"/>
+    <mergeCell ref="A794:A795"/>
+    <mergeCell ref="B794:B795"/>
+    <mergeCell ref="C794:C795"/>
+    <mergeCell ref="D794:D795"/>
+    <mergeCell ref="E794:E795"/>
+    <mergeCell ref="F794:F795"/>
+    <mergeCell ref="G794:G795"/>
+    <mergeCell ref="H794:H795"/>
+    <mergeCell ref="I794:I795"/>
+    <mergeCell ref="A796:A797"/>
+    <mergeCell ref="B796:B797"/>
+    <mergeCell ref="C796:C797"/>
+    <mergeCell ref="D796:D797"/>
+    <mergeCell ref="E796:E797"/>
+    <mergeCell ref="F796:F797"/>
+    <mergeCell ref="G796:G797"/>
+    <mergeCell ref="H796:H797"/>
+    <mergeCell ref="I796:I797"/>
+    <mergeCell ref="A798:A799"/>
+    <mergeCell ref="B798:B799"/>
+    <mergeCell ref="C798:C799"/>
+    <mergeCell ref="D798:D799"/>
+    <mergeCell ref="E798:E799"/>
+    <mergeCell ref="F798:F799"/>
+    <mergeCell ref="G798:G799"/>
+    <mergeCell ref="H798:H799"/>
+    <mergeCell ref="I798:I799"/>
+    <mergeCell ref="A800:A801"/>
+    <mergeCell ref="B800:B801"/>
+    <mergeCell ref="C800:C801"/>
+    <mergeCell ref="D800:D801"/>
+    <mergeCell ref="E800:E801"/>
+    <mergeCell ref="F800:F801"/>
+    <mergeCell ref="G800:G801"/>
+    <mergeCell ref="H800:H801"/>
+    <mergeCell ref="I800:I801"/>
+    <mergeCell ref="A802:A805"/>
+    <mergeCell ref="B802:B805"/>
+    <mergeCell ref="C802:C805"/>
+    <mergeCell ref="D802:D805"/>
+    <mergeCell ref="E802:E805"/>
+    <mergeCell ref="F802:F805"/>
+    <mergeCell ref="G802:G805"/>
+    <mergeCell ref="H802:H805"/>
+    <mergeCell ref="I802:I805"/>
+    <mergeCell ref="A806:A807"/>
+    <mergeCell ref="B806:B807"/>
+    <mergeCell ref="C806:C807"/>
+    <mergeCell ref="D806:D807"/>
+    <mergeCell ref="E806:E807"/>
+    <mergeCell ref="F806:F807"/>
+    <mergeCell ref="G806:G807"/>
+    <mergeCell ref="H806:H807"/>
+    <mergeCell ref="I806:I807"/>
+    <mergeCell ref="A808:A809"/>
+    <mergeCell ref="B808:B809"/>
+    <mergeCell ref="C808:C809"/>
+    <mergeCell ref="D808:D809"/>
+    <mergeCell ref="E808:E809"/>
+    <mergeCell ref="F808:F809"/>
+    <mergeCell ref="G808:G809"/>
+    <mergeCell ref="H808:H809"/>
+    <mergeCell ref="I808:I809"/>
+    <mergeCell ref="A811:A812"/>
+    <mergeCell ref="B811:B812"/>
+    <mergeCell ref="C811:C812"/>
+    <mergeCell ref="D811:D812"/>
+    <mergeCell ref="E811:E812"/>
+    <mergeCell ref="F811:F812"/>
+    <mergeCell ref="G811:G812"/>
+    <mergeCell ref="H811:H812"/>
+    <mergeCell ref="I811:I812"/>
+    <mergeCell ref="A813:A814"/>
+    <mergeCell ref="B813:B814"/>
+    <mergeCell ref="C813:C814"/>
+    <mergeCell ref="D813:D814"/>
+    <mergeCell ref="E813:E814"/>
+    <mergeCell ref="F813:F814"/>
+    <mergeCell ref="G813:G814"/>
+    <mergeCell ref="H813:H814"/>
+    <mergeCell ref="I813:I814"/>
+    <mergeCell ref="A815:A816"/>
+    <mergeCell ref="B815:B816"/>
+    <mergeCell ref="C815:C816"/>
+    <mergeCell ref="D815:D816"/>
+    <mergeCell ref="E815:E816"/>
+    <mergeCell ref="F815:F816"/>
+    <mergeCell ref="G815:G816"/>
+    <mergeCell ref="H815:H816"/>
+    <mergeCell ref="I815:I816"/>
+    <mergeCell ref="A818:A820"/>
+    <mergeCell ref="B818:B820"/>
+    <mergeCell ref="C818:C820"/>
+    <mergeCell ref="D818:D820"/>
+    <mergeCell ref="E818:E820"/>
+    <mergeCell ref="F818:F820"/>
+    <mergeCell ref="G818:G820"/>
+    <mergeCell ref="H818:H820"/>
+    <mergeCell ref="I818:I820"/>
+    <mergeCell ref="A821:A823"/>
+    <mergeCell ref="B821:B823"/>
+    <mergeCell ref="C821:C823"/>
+    <mergeCell ref="D821:D823"/>
+    <mergeCell ref="E821:E823"/>
+    <mergeCell ref="F821:F823"/>
+    <mergeCell ref="G821:G823"/>
+    <mergeCell ref="H821:H823"/>
+    <mergeCell ref="I821:I823"/>
     <mergeCell ref="A825:A827"/>
     <mergeCell ref="B825:B827"/>
     <mergeCell ref="C825:C827"/>
     <mergeCell ref="D825:D827"/>
     <mergeCell ref="E825:E827"/>
     <mergeCell ref="F825:F827"/>
     <mergeCell ref="G825:G827"/>
     <mergeCell ref="H825:H827"/>
     <mergeCell ref="I825:I827"/>
-    <mergeCell ref="A828:A831"/>
-[...7 lines deleted...]
-    <mergeCell ref="I828:I831"/>
+    <mergeCell ref="A828:A832"/>
+    <mergeCell ref="B828:B832"/>
+    <mergeCell ref="C828:C832"/>
+    <mergeCell ref="D828:D832"/>
+    <mergeCell ref="E828:E832"/>
+    <mergeCell ref="F828:F832"/>
+    <mergeCell ref="G828:G832"/>
+    <mergeCell ref="H828:H832"/>
+    <mergeCell ref="I828:I832"/>
+    <mergeCell ref="A833:A837"/>
+    <mergeCell ref="B833:B837"/>
+    <mergeCell ref="C833:C837"/>
+    <mergeCell ref="D833:D837"/>
+    <mergeCell ref="E833:E837"/>
+    <mergeCell ref="F833:F837"/>
+    <mergeCell ref="G833:G837"/>
+    <mergeCell ref="H833:H837"/>
+    <mergeCell ref="I833:I837"/>
+    <mergeCell ref="A838:A841"/>
+    <mergeCell ref="B838:B841"/>
+    <mergeCell ref="C838:C841"/>
+    <mergeCell ref="D838:D841"/>
+    <mergeCell ref="E838:E841"/>
+    <mergeCell ref="F838:F841"/>
+    <mergeCell ref="G838:G841"/>
+    <mergeCell ref="H838:H841"/>
+    <mergeCell ref="I838:I841"/>
+    <mergeCell ref="A842:A846"/>
+    <mergeCell ref="B842:B846"/>
+    <mergeCell ref="C842:C846"/>
+    <mergeCell ref="D842:D846"/>
+    <mergeCell ref="E842:E846"/>
+    <mergeCell ref="F842:F846"/>
+    <mergeCell ref="G842:G846"/>
+    <mergeCell ref="H842:H846"/>
+    <mergeCell ref="I842:I846"/>
+    <mergeCell ref="A847:A851"/>
+    <mergeCell ref="B847:B851"/>
+    <mergeCell ref="C847:C851"/>
+    <mergeCell ref="D847:D851"/>
+    <mergeCell ref="E847:E851"/>
+    <mergeCell ref="F847:F851"/>
+    <mergeCell ref="G847:G851"/>
+    <mergeCell ref="H847:H851"/>
+    <mergeCell ref="I847:I851"/>
+    <mergeCell ref="A852:A856"/>
+    <mergeCell ref="B852:B856"/>
+    <mergeCell ref="C852:C856"/>
+    <mergeCell ref="D852:D856"/>
+    <mergeCell ref="E852:E856"/>
+    <mergeCell ref="F852:F856"/>
+    <mergeCell ref="G852:G856"/>
+    <mergeCell ref="H852:H856"/>
+    <mergeCell ref="I852:I856"/>
+    <mergeCell ref="A858:A861"/>
+    <mergeCell ref="B858:B861"/>
+    <mergeCell ref="C858:C861"/>
+    <mergeCell ref="D858:D861"/>
+    <mergeCell ref="E858:E861"/>
+    <mergeCell ref="F858:F861"/>
+    <mergeCell ref="G858:G861"/>
+    <mergeCell ref="H858:H861"/>
+    <mergeCell ref="I858:I861"/>
+    <mergeCell ref="A862:A865"/>
+    <mergeCell ref="B862:B865"/>
+    <mergeCell ref="C862:C865"/>
+    <mergeCell ref="D862:D865"/>
+    <mergeCell ref="E862:E865"/>
+    <mergeCell ref="F862:F865"/>
+    <mergeCell ref="G862:G865"/>
+    <mergeCell ref="H862:H865"/>
+    <mergeCell ref="I862:I865"/>
+    <mergeCell ref="A866:A869"/>
+    <mergeCell ref="B866:B869"/>
+    <mergeCell ref="C866:C869"/>
+    <mergeCell ref="D866:D869"/>
+    <mergeCell ref="E866:E869"/>
+    <mergeCell ref="F866:F869"/>
+    <mergeCell ref="G866:G869"/>
+    <mergeCell ref="H866:H869"/>
+    <mergeCell ref="I866:I869"/>
+    <mergeCell ref="A870:A874"/>
+    <mergeCell ref="B870:B874"/>
+    <mergeCell ref="C870:C874"/>
+    <mergeCell ref="D870:D874"/>
+    <mergeCell ref="E870:E874"/>
+    <mergeCell ref="F870:F874"/>
+    <mergeCell ref="G870:G874"/>
+    <mergeCell ref="H870:H874"/>
+    <mergeCell ref="I870:I874"/>
+    <mergeCell ref="A875:A877"/>
+    <mergeCell ref="B875:B877"/>
+    <mergeCell ref="C875:C877"/>
+    <mergeCell ref="D875:D877"/>
+    <mergeCell ref="E875:E877"/>
+    <mergeCell ref="F875:F877"/>
+    <mergeCell ref="G875:G877"/>
+    <mergeCell ref="H875:H877"/>
+    <mergeCell ref="I875:I877"/>
+    <mergeCell ref="A879:A883"/>
+    <mergeCell ref="B879:B883"/>
+    <mergeCell ref="C879:C883"/>
+    <mergeCell ref="D879:D883"/>
+    <mergeCell ref="E879:E883"/>
+    <mergeCell ref="F879:F883"/>
+    <mergeCell ref="G879:G883"/>
+    <mergeCell ref="H879:H883"/>
+    <mergeCell ref="I879:I883"/>
+    <mergeCell ref="A884:A888"/>
+    <mergeCell ref="B884:B888"/>
+    <mergeCell ref="C884:C888"/>
+    <mergeCell ref="D884:D888"/>
+    <mergeCell ref="E884:E888"/>
+    <mergeCell ref="F884:F888"/>
+    <mergeCell ref="G884:G888"/>
+    <mergeCell ref="H884:H888"/>
+    <mergeCell ref="I884:I888"/>
+    <mergeCell ref="A889:A893"/>
+    <mergeCell ref="B889:B893"/>
+    <mergeCell ref="C889:C893"/>
+    <mergeCell ref="D889:D893"/>
+    <mergeCell ref="E889:E893"/>
+    <mergeCell ref="F889:F893"/>
+    <mergeCell ref="G889:G893"/>
+    <mergeCell ref="H889:H893"/>
+    <mergeCell ref="I889:I893"/>
+    <mergeCell ref="A894:A897"/>
+    <mergeCell ref="B894:B897"/>
+    <mergeCell ref="C894:C897"/>
+    <mergeCell ref="D894:D897"/>
+    <mergeCell ref="E894:E897"/>
+    <mergeCell ref="F894:F897"/>
+    <mergeCell ref="G894:G897"/>
+    <mergeCell ref="H894:H897"/>
+    <mergeCell ref="I894:I897"/>
+    <mergeCell ref="A898:A901"/>
+    <mergeCell ref="B898:B901"/>
+    <mergeCell ref="C898:C901"/>
+    <mergeCell ref="D898:D901"/>
+    <mergeCell ref="E898:E901"/>
+    <mergeCell ref="F898:F901"/>
+    <mergeCell ref="G898:G901"/>
+    <mergeCell ref="H898:H901"/>
+    <mergeCell ref="I898:I901"/>
+    <mergeCell ref="A902:A904"/>
+    <mergeCell ref="B902:B904"/>
+    <mergeCell ref="C902:C904"/>
+    <mergeCell ref="D902:D904"/>
+    <mergeCell ref="E902:E904"/>
+    <mergeCell ref="F902:F904"/>
+    <mergeCell ref="G902:G904"/>
+    <mergeCell ref="H902:H904"/>
+    <mergeCell ref="I902:I904"/>
+    <mergeCell ref="A905:A908"/>
+    <mergeCell ref="B905:B908"/>
+    <mergeCell ref="C905:C908"/>
+    <mergeCell ref="D905:D908"/>
+    <mergeCell ref="E905:E908"/>
+    <mergeCell ref="F905:F908"/>
+    <mergeCell ref="G905:G908"/>
+    <mergeCell ref="H905:H908"/>
+    <mergeCell ref="I905:I908"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>