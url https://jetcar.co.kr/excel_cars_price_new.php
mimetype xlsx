--- v1 (2026-02-04)
+++ v2 (2026-03-23)
@@ -152,51 +152,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L908"/>
+  <dimension ref="A1:L780"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="44"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="18"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="14"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>코드</t>
@@ -294,14347 +294,14394 @@
           <t>휘발유</t>
         </is>
       </c>
       <c r="H2" s="3" t="inlineStr">
         <is>
           <t>26년01월</t>
         </is>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>10KM</t>
         </is>
       </c>
       <c r="J2" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K2" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L2" s="3" t="inlineStr">
         <is>
-          <t>627,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3"/>
       <c r="B3" s="4"/>
       <c r="C3" s="4"/>
       <c r="D3" s="4"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K3" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L3" s="3" t="inlineStr">
         <is>
-          <t>583,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3"/>
       <c r="B4" s="4"/>
       <c r="C4" s="4"/>
       <c r="D4" s="4"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K4" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L4" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B5" s="4" t="inlineStr">
         <is>
-          <t>109하7912</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C5" s="4" t="inlineStr">
         <is>
-          <t>더 뉴쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스
-티지</t>
+          <t>QM6 GDe 2WD RE(브라운시트)</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>기본형-12.3 클러스터, 드라이브와이즈</t>
+          <t>가죽시트+프레임리스 룸미러(하이패스 심카드 전
+용)+메모리 시트+사이드 미러 메모리+앞좌석 
+틸트 헤드레스트,매직 테일게이트+사각지대경보시
+스템(BSW),주행 보조 시스템 팩</t>
         </is>
       </c>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>어반그레이</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H5" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
-          <t>11KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J5" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K5" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L5" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>561,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3"/>
       <c r="B6" s="4"/>
       <c r="C6" s="4"/>
       <c r="D6" s="4"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3"/>
       <c r="H6" s="3"/>
       <c r="I6" s="3"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K6" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L6" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3"/>
       <c r="B7" s="4"/>
       <c r="C7" s="4"/>
       <c r="D7" s="4"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K7" s="3" t="inlineStr">
         <is>
-          <t>140</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L7" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>539,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B8" s="4" t="inlineStr">
         <is>
-          <t>109하7931</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C8" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴 팰리세이드 가솔린 2.5 터보 2WD 9인승 
-익스클루시브</t>
+          <t>QM6 GDe 2WD RE(블랙시트)</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>빌트인캠2+, 컴포트, 듀얼 와이드 선루프, 
-현대스마트센스</t>
+          <t>매직 테일게이트+사각지대경보시스템(BSW),주
+행 보조 시스템 팩,(+BOSE,이오나이저) 
+EASY LIFE 인포테인먼트 팩Ⅱ + BOS
+E® 서라운드 시스템(12 스피커)</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>어반그레이</t>
         </is>
       </c>
       <c r="G8" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H8" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J8" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K8" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L8" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>572,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3"/>
       <c r="B9" s="4"/>
       <c r="C9" s="4"/>
       <c r="D9" s="4"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="3"/>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K9" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>561,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3"/>
       <c r="B10" s="4"/>
       <c r="C10" s="4"/>
       <c r="D10" s="4"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K10" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L10" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B11" s="4" t="inlineStr">
         <is>
-          <t>109하8002</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
-          <t>신형 GV70 가솔린 2.5 터보 2WD 기본형</t>
+          <t>QM6 GDe 2WD RE(클라우드펄)</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>드라이빙어시스턴스패키지1, 빌트인캠패키지</t>
+          <t>매직 테일게이트+사각지대경보시스템(BSW),주
+행 보조 시스템 팩,(+BOSE,이오나이저) 
+EASY LIFE 인포테인먼트 팩Ⅱ + BOS
+E® 서라운드 시스템(12 스피커)</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
-          <t>회색</t>
+          <t>클라우드펄</t>
         </is>
       </c>
       <c r="G11" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H11" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년01월</t>
         </is>
       </c>
       <c r="I11" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>30KM</t>
         </is>
       </c>
       <c r="J11" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K11" s="3" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L11" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>572,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3"/>
       <c r="B12" s="4"/>
       <c r="C12" s="4"/>
       <c r="D12" s="4"/>
       <c r="E12" s="3"/>
       <c r="F12" s="3"/>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K12" s="3" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L12" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>561,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3"/>
       <c r="B13" s="4"/>
       <c r="C13" s="4"/>
       <c r="D13" s="4"/>
       <c r="E13" s="3"/>
       <c r="F13" s="3"/>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K13" s="3" t="inlineStr">
         <is>
-          <t>180</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L13" s="3" t="inlineStr">
         <is>
-          <t>1,240,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>109하8023</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>아르카나 1.6 GTe 아이코닉</t>
         </is>
       </c>
-      <c r="D14" s="4"/>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>카멜브라운 인조가죽시트패키지, 360도 어라운
+드 뷰 모니터</t>
+        </is>
+      </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>클라우드펄</t>
+          <t>어반그레이</t>
         </is>
       </c>
       <c r="G14" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H14" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I14" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>10KM</t>
         </is>
       </c>
       <c r="J14" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K14" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L14" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
       <c r="D15" s="4"/>
       <c r="E15" s="3"/>
       <c r="F15" s="3"/>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K15" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L15" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="4"/>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3"/>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K16" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L16" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
-          <t>DY</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>109하8056</t>
+          <t>임시번호 </t>
         </is>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
-          <t>E클래스(6세대) E200 아방가르드</t>
+          <t>더 뉴 아반떼(CN7) 1.6 가솔린 모던</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>브라운시트, 루프라이너블랙, DA2패키지(HU
-D)</t>
+          <t>컴프트1, 현대스마트센스</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G17" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H17" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I17" s="3" t="inlineStr">
         <is>
-          <t>15KM</t>
+          <t>12KM</t>
         </is>
       </c>
       <c r="J17" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K17" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L17" s="3" t="inlineStr">
         <is>
-          <t>1,390,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
       <c r="D18" s="4"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K18" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L18" s="3" t="inlineStr">
         <is>
-          <t>1,390,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
       <c r="D19" s="4"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K19" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L19" s="3" t="inlineStr">
         <is>
-          <t>1,390,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>109허7712</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
-          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
+          <t>더 뉴 스포티지 1.6 가솔린 터보 프레스티지 2WD </t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>후석 전동식 사이드 스텝(우측), 듀얼와이드선
-[...1 lines deleted...]
-인캠, 트레일러패키지</t>
+          <t>스노우화이트펄, 12.3인치 내비게이션, 빌트
+인캠</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>스노우화이트펄</t>
         </is>
       </c>
       <c r="G20" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H20" s="3" t="inlineStr">
         <is>
-          <t>25년07월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I20" s="3" t="inlineStr">
         <is>
-          <t>176KM</t>
+          <t>5KM</t>
         </is>
       </c>
       <c r="J20" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K20" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L20" s="3" t="inlineStr">
         <is>
-          <t>1,090,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
       <c r="D21" s="4"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K21" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L21" s="3" t="inlineStr">
         <is>
-          <t>1,030,000</t>
+          <t>616,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
       <c r="D22" s="4"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K22" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L22" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>594,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>142호9516</t>
+          <t>임시번호</t>
         </is>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
-          <t>더 뉴스포티지 하이브리드 2WD 프레스티지</t>
+          <t>더 뉴 투싼(NX4) 1.6 가솔린 터보 H-Pick 
+2WD</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>기본형-내비게이션, 스타일</t>
+          <t>빌트인캠2, 증강현실네비게이션   </t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G23" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H23" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년03월</t>
         </is>
       </c>
       <c r="I23" s="3" t="inlineStr">
         <is>
-          <t>30KM</t>
+          <t>7KM</t>
         </is>
       </c>
       <c r="J23" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K23" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L23" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
       <c r="D24" s="4"/>
       <c r="E24" s="3"/>
       <c r="F24" s="3"/>
       <c r="G24" s="3"/>
       <c r="H24" s="3"/>
       <c r="I24" s="3"/>
       <c r="J24" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K24" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L24" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>616,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="4"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K25" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L25" s="3" t="inlineStr">
         <is>
-          <t>799,000</t>
+          <t>594,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>DY</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>142호9543</t>
+          <t>109하7912</t>
         </is>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
+          <t>더 뉴쏘렌토(MQ4) 2.2 디젤 2WD 5인승 프레스
+티지</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>파킹어시스트, 현대스마트센스1, 플래티넘</t>
+          <t>기본형-12.3 클러스터, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G26" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H26" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>25년10월</t>
         </is>
       </c>
       <c r="I26" s="3" t="inlineStr">
         <is>
-          <t>30KM</t>
+          <t>11KM</t>
         </is>
       </c>
       <c r="J26" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K26" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>140</t>
         </is>
       </c>
       <c r="L26" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K27" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>140</t>
         </is>
       </c>
       <c r="L27" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K28" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>140</t>
         </is>
       </c>
       <c r="L28" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>109하8043/8
-[...1 lines deleted...]
-048</t>
+          <t>109허7712</t>
         </is>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
-          <t>더 뉴기아 레이 프레스티지</t>
+          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈, 내비게이션</t>
+          <t>후석 전동식 사이드 스텝(우측), 듀얼와이드선
+루프, 컴포트2, BOSE프리미엄사운드, 빌트
+인캠, 트레일러패키지</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G29" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H29" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>25년07월</t>
         </is>
       </c>
       <c r="I29" s="3" t="inlineStr">
         <is>
-          <t>20KM</t>
+          <t>176KM</t>
         </is>
       </c>
       <c r="J29" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K29" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L29" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
       <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3"/>
       <c r="I30" s="3"/>
       <c r="J30" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K30" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L30" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
       <c r="D31" s="4"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3"/>
       <c r="I31" s="3"/>
       <c r="J31" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K31" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L31" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>151호1318</t>
+          <t>151호1363</t>
         </is>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
-          <t>더 뉴카니발 하이브리드(KA4) 1.6 HEV 9인승 
-시그니처</t>
+          <t>더 뉴쏘렌토 하이브리드(MQ4) HEV 1.6 2WD 
+5인승 프레스티지</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈, 기본형-듀얼선루프, 모니터링팩
-, 스타일, HUD+빌트인캠2</t>
+          <t>기본형-12.3 클러스터, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>화이트펄</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
       <c r="H32" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I32" s="3" t="inlineStr">
         <is>
           <t>30KM</t>
         </is>
       </c>
       <c r="J32" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K32" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L32" s="3" t="inlineStr">
         <is>
-          <t>1,330,000</t>
+          <t>1,090,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
       <c r="D33" s="4"/>
       <c r="E33" s="3"/>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3"/>
       <c r="I33" s="3"/>
       <c r="J33" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K33" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L33" s="3" t="inlineStr">
         <is>
-          <t>1,210,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
       <c r="D34" s="4"/>
       <c r="E34" s="3"/>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3"/>
       <c r="I34" s="3"/>
       <c r="J34" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K34" s="3" t="inlineStr">
         <is>
           <t>300</t>
         </is>
       </c>
       <c r="L34" s="3" t="inlineStr">
         <is>
-          <t>1,140,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
-          <t>INMO</t>
+          <t>EV</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>109호 7686 
-[...1 lines deleted...]
-688</t>
+          <t>151호1367</t>
         </is>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
-          <t>레이 가솔린 1.0 트랜디</t>
+          <t>더 뉴아반떼(CN7) 스마트스트림 가솔린 1.6 인스퍼
+레이션</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
-동팩</t>
+          <t>선루프</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>회색</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H35" s="3" t="inlineStr">
         <is>
-          <t>25년12월</t>
+          <t>26년02월</t>
         </is>
       </c>
       <c r="I35" s="3" t="inlineStr">
         <is>
-          <t>10KM</t>
+          <t>20KM</t>
         </is>
       </c>
       <c r="J35" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K35" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L35" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
       <c r="D36" s="4"/>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3"/>
       <c r="I36" s="3"/>
       <c r="J36" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K36" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L36" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
       <c r="D37" s="4"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="3"/>
       <c r="J37" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K37" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L37" s="3" t="inlineStr">
+        <is>
+          <t>630,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B38" s="4" t="inlineStr">
+        <is>
+          <t>151호1378</t>
+        </is>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발 하이브리드(KA4) 1.6 HEV 9인승 
+노블레스</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈, HUD+빌트인캠2, 모
+니터링팩, 스타일</t>
+        </is>
+      </c>
+      <c r="E38" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F38" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G38" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H38" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I38" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
+      <c r="J38" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K37" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K38" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L38" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>1,240,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
       <c r="D39" s="4"/>
       <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3"/>
       <c r="I39" s="3"/>
       <c r="J39" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K39" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L39" s="3" t="inlineStr">
+        <is>
+          <t>1,130,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="3"/>
+      <c r="B40" s="4"/>
+      <c r="C40" s="4"/>
+      <c r="D40" s="4"/>
+      <c r="E40" s="3"/>
+      <c r="F40" s="3"/>
+      <c r="G40" s="3"/>
+      <c r="H40" s="3"/>
+      <c r="I40" s="3"/>
+      <c r="J40" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K39" s="3" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E40" s="3" t="inlineStr">
+      <c r="K40" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L40" s="3" t="inlineStr">
+        <is>
+          <t>1,060,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B41" s="4" t="inlineStr">
+        <is>
+          <t>151호1378</t>
+        </is>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발 하이브리드(KA4) 1.6 HEV 9인승 
+노블레스</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈, HUD+빌트인캠2, 모
+니터링팩, 스타일</t>
+        </is>
+      </c>
+      <c r="E41" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F40" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I41" s="3"/>
+      <c r="F41" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G41" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H41" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I41" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
       <c r="J41" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K41" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L41" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>1,240,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
       <c r="D42" s="4"/>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3"/>
       <c r="I42" s="3"/>
       <c r="J42" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K42" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L42" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>1,130,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3"/>
       <c r="I43" s="3"/>
       <c r="J43" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K43" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L43" s="3" t="inlineStr">
+        <is>
+          <t>1,060,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B44" s="4" t="inlineStr">
+        <is>
+          <t>109하8110</t>
+        </is>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴기아 레이 프레스티지</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E44" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F44" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G44" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H44" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I44" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
+      <c r="J44" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K44" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L44" s="3" t="inlineStr">
+        <is>
+          <t>480,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="3"/>
+      <c r="B45" s="4"/>
+      <c r="C45" s="4"/>
+      <c r="D45" s="4"/>
+      <c r="E45" s="3"/>
+      <c r="F45" s="3"/>
+      <c r="G45" s="3"/>
+      <c r="H45" s="3"/>
+      <c r="I45" s="3"/>
+      <c r="J45" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K43" s="3" t="inlineStr">
+      <c r="K45" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L43" s="3" t="inlineStr">
-[...25 lines deleted...]
-      <c r="L44" s="3" t="inlineStr">
+      <c r="L45" s="3" t="inlineStr">
         <is>
           <t>450,000</t>
-        </is>
-[...61 lines deleted...]
-          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
       <c r="D46" s="4"/>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3"/>
       <c r="I46" s="3"/>
       <c r="J46" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K46" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L46" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="3"/>
-[...7 lines deleted...]
-      <c r="I47" s="3"/>
+      <c r="A47" s="3" t="inlineStr">
+        <is>
+          <t>GD</t>
+        </is>
+      </c>
+      <c r="B47" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>The alll-new 셀토스 1.6 가솔린 프레스티지
+ 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>12.3인치 클러스터,드라이브와이즈,스타일,컴
+포트,파노라마썬루프</t>
+        </is>
+      </c>
+      <c r="E47" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F47" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G47" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H47" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I47" s="3" t="inlineStr">
+        <is>
+          <t>15KM</t>
+        </is>
+      </c>
       <c r="J47" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K47" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L47" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>846,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
       <c r="D48" s="4"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K48" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L48" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>816,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
       <c r="D49" s="4"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K49" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L49" s="3" t="inlineStr">
         <is>
-          <t>410,000</t>
+          <t>786,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A50" s="3"/>
+      <c r="B50" s="4"/>
+      <c r="C50" s="4"/>
+      <c r="D50" s="4"/>
+      <c r="E50" s="3"/>
+      <c r="F50" s="3"/>
+      <c r="G50" s="3"/>
+      <c r="H50" s="3"/>
+      <c r="I50" s="3"/>
       <c r="J50" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K50" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L50" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>756,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
       <c r="D51" s="4"/>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3"/>
       <c r="I51" s="3"/>
       <c r="J51" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K51" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L51" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>726,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="3"/>
-[...7 lines deleted...]
-      <c r="I52" s="3"/>
+      <c r="A52" s="3" t="inlineStr">
+        <is>
+          <t>GD</t>
+        </is>
+      </c>
+      <c r="B52" s="4" t="inlineStr">
+        <is>
+          <t>109하7007</t>
+        </is>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>파노라마썬루프, 드라이빙어시스턴스패키지1, 2
+열컴포트패키지, 빌트인캠패키지</t>
+        </is>
+      </c>
+      <c r="E52" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F52" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G52" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H52" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I52" s="3" t="inlineStr">
+        <is>
+          <t>30KM</t>
+        </is>
+      </c>
       <c r="J52" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K52" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L52" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>2,030,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3"/>
       <c r="I53" s="3"/>
       <c r="J53" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K53" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L53" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>2,080,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3"/>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
       <c r="D54" s="4"/>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3"/>
       <c r="I54" s="3"/>
       <c r="J54" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K54" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L54" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>2,130,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="3" t="inlineStr">
-[...47 lines deleted...]
-      </c>
+      <c r="A55" s="3"/>
+      <c r="B55" s="4"/>
+      <c r="C55" s="4"/>
+      <c r="D55" s="4"/>
+      <c r="E55" s="3"/>
+      <c r="F55" s="3"/>
+      <c r="G55" s="3"/>
+      <c r="H55" s="3"/>
+      <c r="I55" s="3"/>
       <c r="J55" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K55" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L55" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>2,180,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
       <c r="D56" s="4"/>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3"/>
       <c r="I56" s="3"/>
       <c r="J56" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K56" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L56" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>2,230,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="3"/>
-[...7 lines deleted...]
-      <c r="I57" s="3"/>
+      <c r="A57" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B57" s="4" t="inlineStr">
+        <is>
+          <t>116호7451 /
+ 7454 / 74
+55 / 7456 
+/ 7457 / 7
+458</t>
+        </is>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 티볼리 1.6 V1</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>9인치내비패키지, 밸류업패키지, 컨비니언스패키
+지</t>
+        </is>
+      </c>
+      <c r="E57" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F57" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G57" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H57" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I57" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J57" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K57" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L57" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3"/>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
       <c r="D58" s="4"/>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3"/>
       <c r="I58" s="3"/>
       <c r="J58" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K58" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L58" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
       <c r="D59" s="4"/>
       <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3"/>
       <c r="I59" s="3"/>
       <c r="J59" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K59" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L59" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A60" s="3"/>
+      <c r="B60" s="4"/>
+      <c r="C60" s="4"/>
       <c r="D60" s="4"/>
-      <c r="E60" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E60" s="3"/>
+      <c r="F60" s="3"/>
+      <c r="G60" s="3"/>
+      <c r="H60" s="3"/>
+      <c r="I60" s="3"/>
       <c r="J60" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K60" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L60" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3"/>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
       <c r="D61" s="4"/>
       <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3"/>
       <c r="I61" s="3"/>
       <c r="J61" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K61" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L61" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="3"/>
-[...7 lines deleted...]
-      <c r="I62" s="3"/>
+      <c r="A62" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B62" s="4" t="inlineStr">
+        <is>
+          <t>116호6973/6
+974/6975/6
+976/6977/6
+978/6979/6
+980/6981/6
+982/6984</t>
+        </is>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 매직테일게이트+사각지대경보, EA
+SYLIFE인포테인먼트, 주행보조시스템팩</t>
+        </is>
+      </c>
+      <c r="E62" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F62" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G62" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H62" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I62" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J62" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K62" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L62" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3"/>
       <c r="B63" s="4"/>
       <c r="C63" s="4"/>
       <c r="D63" s="4"/>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3"/>
       <c r="I63" s="3"/>
       <c r="J63" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K63" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L63" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3"/>
       <c r="I64" s="3"/>
       <c r="J64" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K64" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K64" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L64" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A65" s="3"/>
+      <c r="B65" s="4"/>
+      <c r="C65" s="4"/>
+      <c r="D65" s="4"/>
+      <c r="E65" s="3"/>
+      <c r="F65" s="3"/>
+      <c r="G65" s="3"/>
+      <c r="H65" s="3"/>
+      <c r="I65" s="3"/>
       <c r="J65" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K65" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L65" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
       <c r="D66" s="4"/>
       <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3"/>
       <c r="I66" s="3"/>
       <c r="J66" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K66" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L66" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="3"/>
-[...1 lines deleted...]
-      <c r="C67" s="4"/>
+      <c r="A67" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B67" s="4" t="inlineStr">
+        <is>
+          <t>116호7435</t>
+        </is>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D67" s="4"/>
-      <c r="E67" s="3"/>
-[...3 lines deleted...]
-      <c r="I67" s="3"/>
+      <c r="E67" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F67" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G67" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H67" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I67" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
       <c r="J67" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K67" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L67" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3"/>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="3"/>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3"/>
       <c r="I68" s="3"/>
       <c r="J68" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K68" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L68" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
       <c r="D69" s="4"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K69" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L69" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A70" s="3"/>
+      <c r="B70" s="4"/>
+      <c r="C70" s="4"/>
+      <c r="D70" s="4"/>
+      <c r="E70" s="3"/>
+      <c r="F70" s="3"/>
+      <c r="G70" s="3"/>
+      <c r="H70" s="3"/>
+      <c r="I70" s="3"/>
       <c r="J70" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K70" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L70" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
       <c r="D71" s="4"/>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3"/>
       <c r="I71" s="3"/>
       <c r="J71" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K71" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L71" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="3"/>
-[...7 lines deleted...]
-      <c r="I72" s="3"/>
+      <c r="A72" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B72" s="4" t="inlineStr">
+        <is>
+          <t>116호7334</t>
+        </is>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어, 딥컨트롤 패키지</t>
+        </is>
+      </c>
+      <c r="E72" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F72" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G72" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H72" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I72" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J72" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K72" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L72" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
       <c r="D73" s="4"/>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3"/>
       <c r="I73" s="3"/>
       <c r="J73" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K73" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L73" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3"/>
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
       <c r="D74" s="4"/>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3"/>
       <c r="I74" s="3"/>
       <c r="J74" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K74" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L74" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A75" s="3"/>
+      <c r="B75" s="4"/>
+      <c r="C75" s="4"/>
       <c r="D75" s="4"/>
-      <c r="E75" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E75" s="3"/>
+      <c r="F75" s="3"/>
+      <c r="G75" s="3"/>
+      <c r="H75" s="3"/>
+      <c r="I75" s="3"/>
       <c r="J75" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K75" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L75" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3"/>
       <c r="B76" s="4"/>
       <c r="C76" s="4"/>
       <c r="D76" s="4"/>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3"/>
       <c r="I76" s="3"/>
       <c r="J76" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K76" s="3" t="inlineStr">
         <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L76" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B77" s="4" t="inlineStr">
+        <is>
+          <t>116호7404/7
+405/7406/7
+407/7408/7
+409/7410</t>
+        </is>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 레드라인</t>
+        </is>
+      </c>
+      <c r="D77" s="4"/>
+      <c r="E77" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F77" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G77" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H77" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I77" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
+      <c r="J77" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K77" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L76" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L77" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3"/>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
       <c r="D78" s="4"/>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3"/>
       <c r="I78" s="3"/>
       <c r="J78" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K78" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L78" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
       <c r="D79" s="4"/>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3"/>
       <c r="I79" s="3"/>
       <c r="J79" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K79" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L79" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A80" s="3"/>
+      <c r="B80" s="4"/>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="3"/>
+      <c r="G80" s="3"/>
+      <c r="H80" s="3"/>
+      <c r="I80" s="3"/>
       <c r="J80" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K80" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L80" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3"/>
       <c r="I81" s="3"/>
       <c r="J81" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K81" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L81" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="3"/>
-[...7 lines deleted...]
-      <c r="I82" s="3"/>
+      <c r="A82" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B82" s="4" t="inlineStr">
+        <is>
+          <t>116호7122/7
+123/7125/7
+126/7127/7
+128</t>
+        </is>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 , 12.3인치내비  +어탭티브크
+루즈컨트롤</t>
+        </is>
+      </c>
+      <c r="E82" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F82" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G82" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H82" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I82" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J82" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K82" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L82" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
       <c r="D83" s="4"/>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3"/>
       <c r="I83" s="3"/>
       <c r="J83" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K83" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L83" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
       <c r="D84" s="4"/>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3"/>
       <c r="I84" s="3"/>
       <c r="J84" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K84" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K84" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L84" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A85" s="3"/>
+      <c r="B85" s="4"/>
+      <c r="C85" s="4"/>
+      <c r="D85" s="4"/>
+      <c r="E85" s="3"/>
+      <c r="F85" s="3"/>
+      <c r="G85" s="3"/>
+      <c r="H85" s="3"/>
+      <c r="I85" s="3"/>
       <c r="J85" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K85" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L85" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3"/>
       <c r="B86" s="4"/>
       <c r="C86" s="4"/>
       <c r="D86" s="4"/>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3"/>
       <c r="I86" s="3"/>
       <c r="J86" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K86" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L86" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="3"/>
-[...7 lines deleted...]
-      <c r="I87" s="3"/>
+      <c r="A87" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B87" s="4" t="inlineStr">
+        <is>
+          <t>116호6998</t>
+        </is>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>QM6 LPG RE 클라우드펄 (브라운시트)</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>브라운시트, 매직테일게이트, EASY LIFE
+  인포테인먼트팩</t>
+        </is>
+      </c>
+      <c r="E87" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F87" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G87" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H87" s="3" t="inlineStr">
+        <is>
+          <t>25년12월</t>
+        </is>
+      </c>
+      <c r="I87" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J87" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K87" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L87" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
       <c r="D88" s="4"/>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3"/>
       <c r="I88" s="3"/>
       <c r="J88" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K88" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L88" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
       <c r="D89" s="4"/>
       <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3"/>
       <c r="I89" s="3"/>
       <c r="J89" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K89" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K89" s="3" t="inlineStr">
+      <c r="L89" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="3"/>
+      <c r="B90" s="4"/>
+      <c r="C90" s="4"/>
+      <c r="D90" s="4"/>
+      <c r="E90" s="3"/>
+      <c r="F90" s="3"/>
+      <c r="G90" s="3"/>
+      <c r="H90" s="3"/>
+      <c r="I90" s="3"/>
+      <c r="J90" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K90" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L89" s="3" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="L90" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
       <c r="D91" s="4"/>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3"/>
       <c r="I91" s="3"/>
       <c r="J91" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K91" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L91" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="3"/>
-[...7 lines deleted...]
-      <c r="I92" s="3"/>
+      <c r="A92" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B92" s="4" t="inlineStr">
+        <is>
+          <t>116호7316/7
+318</t>
+        </is>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 티볼리 1.6 V1</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>9인치내비패키지, 밸류업패키지, 컨비니언스패키
+지</t>
+        </is>
+      </c>
+      <c r="E92" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F92" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G92" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H92" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I92" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J92" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K92" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L92" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3"/>
       <c r="B93" s="4"/>
       <c r="C93" s="4"/>
       <c r="D93" s="4"/>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3"/>
       <c r="I93" s="3"/>
       <c r="J93" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K93" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L93" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3"/>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
       <c r="D94" s="4"/>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3"/>
       <c r="I94" s="3"/>
       <c r="J94" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K94" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L94" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A95" s="3"/>
+      <c r="B95" s="4"/>
+      <c r="C95" s="4"/>
+      <c r="D95" s="4"/>
+      <c r="E95" s="3"/>
+      <c r="F95" s="3"/>
+      <c r="G95" s="3"/>
+      <c r="H95" s="3"/>
+      <c r="I95" s="3"/>
       <c r="J95" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K95" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L95" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3"/>
       <c r="B96" s="4"/>
       <c r="C96" s="4"/>
       <c r="D96" s="4"/>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3"/>
       <c r="I96" s="3"/>
       <c r="J96" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K96" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L96" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="3"/>
-[...1 lines deleted...]
-      <c r="C97" s="4"/>
+      <c r="A97" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B97" s="4" t="inlineStr">
+        <is>
+          <t>116호7418 /
+ 7419 / 74
+20 / 7421</t>
+        </is>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D97" s="4"/>
-      <c r="E97" s="3"/>
-[...3 lines deleted...]
-      <c r="I97" s="3"/>
+      <c r="E97" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F97" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G97" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H97" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I97" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J97" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K97" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L97" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3"/>
       <c r="B98" s="4"/>
       <c r="C98" s="4"/>
       <c r="D98" s="4"/>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3"/>
       <c r="I98" s="3"/>
       <c r="J98" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K98" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L98" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
       <c r="D99" s="4"/>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3"/>
       <c r="I99" s="3"/>
       <c r="J99" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K99" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L99" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A100" s="3"/>
+      <c r="B100" s="4"/>
+      <c r="C100" s="4"/>
+      <c r="D100" s="4"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="3"/>
+      <c r="G100" s="3"/>
+      <c r="H100" s="3"/>
+      <c r="I100" s="3"/>
       <c r="J100" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K100" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L100" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
       <c r="D101" s="4"/>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3"/>
       <c r="I101" s="3"/>
       <c r="J101" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K101" s="3" t="inlineStr">
         <is>
+          <t>130</t>
+        </is>
+      </c>
+      <c r="L101" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B102" s="4" t="inlineStr">
+        <is>
+          <t>116호7214</t>
+        </is>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>트레일블레이저 1.35 프리미어 </t>
+        </is>
+      </c>
+      <c r="D102" s="4"/>
+      <c r="E102" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F102" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G102" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H102" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I102" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
+      <c r="J102" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K102" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L101" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L102" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
       <c r="D103" s="4"/>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3"/>
       <c r="I103" s="3"/>
       <c r="J103" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K103" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L103" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
       <c r="D104" s="4"/>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3"/>
       <c r="I104" s="3"/>
       <c r="J104" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K104" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K104" s="3" t="inlineStr">
+      <c r="L104" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="3"/>
+      <c r="B105" s="4"/>
+      <c r="C105" s="4"/>
+      <c r="D105" s="4"/>
+      <c r="E105" s="3"/>
+      <c r="F105" s="3"/>
+      <c r="G105" s="3"/>
+      <c r="H105" s="3"/>
+      <c r="I105" s="3"/>
+      <c r="J105" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K105" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="L104" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="L105" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
       <c r="D106" s="4"/>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3"/>
       <c r="I106" s="3"/>
       <c r="J106" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K106" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="L106" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="3"/>
-[...1 lines deleted...]
-      <c r="C107" s="4"/>
+      <c r="A107" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B107" s="4" t="inlineStr">
+        <is>
+          <t>116호7423</t>
+        </is>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D107" s="4"/>
-      <c r="E107" s="3"/>
-[...3 lines deleted...]
-      <c r="I107" s="3"/>
+      <c r="E107" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F107" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G107" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H107" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I107" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J107" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K107" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L107" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3"/>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
       <c r="D108" s="4"/>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3"/>
       <c r="I108" s="3"/>
       <c r="J108" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K108" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L108" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
       <c r="D109" s="4"/>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3"/>
       <c r="I109" s="3"/>
       <c r="J109" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K109" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L109" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A110" s="3"/>
+      <c r="B110" s="4"/>
+      <c r="C110" s="4"/>
+      <c r="D110" s="4"/>
+      <c r="E110" s="3"/>
+      <c r="F110" s="3"/>
+      <c r="G110" s="3"/>
+      <c r="H110" s="3"/>
+      <c r="I110" s="3"/>
       <c r="J110" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K110" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L110" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
       <c r="D111" s="4"/>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3"/>
       <c r="I111" s="3"/>
       <c r="J111" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K111" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L111" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="3"/>
-[...7 lines deleted...]
-      <c r="I112" s="3"/>
+      <c r="A112" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B112" s="4" t="inlineStr">
+        <is>
+          <t>116호7345/7
+346</t>
+        </is>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>카니발 9인승 1.6 하이브리드 프레스티지 </t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E112" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F112" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G112" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H112" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I112" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J112" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K112" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L112" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
       <c r="D113" s="4"/>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3"/>
       <c r="I113" s="3"/>
       <c r="J113" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K113" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L113" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
       <c r="D114" s="4"/>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3"/>
       <c r="I114" s="3"/>
       <c r="J114" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K114" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L114" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A115" s="3"/>
+      <c r="B115" s="4"/>
+      <c r="C115" s="4"/>
       <c r="D115" s="4"/>
-      <c r="E115" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E115" s="3"/>
+      <c r="F115" s="3"/>
+      <c r="G115" s="3"/>
+      <c r="H115" s="3"/>
+      <c r="I115" s="3"/>
       <c r="J115" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K115" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L115" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
       <c r="D116" s="4"/>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3"/>
       <c r="I116" s="3"/>
       <c r="J116" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K116" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L116" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="3"/>
-[...1 lines deleted...]
-      <c r="C117" s="4"/>
+      <c r="A117" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B117" s="4" t="inlineStr">
+        <is>
+          <t>116호7415 /
+ 7416</t>
+        </is>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>K8 2.5 베스트 셀렉션 인터스텔라그레이 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D117" s="4"/>
-      <c r="E117" s="3"/>
-[...3 lines deleted...]
-      <c r="I117" s="3"/>
+      <c r="E117" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F117" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G117" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H117" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I117" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J117" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K117" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L117" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
       <c r="D118" s="4"/>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3"/>
       <c r="I118" s="3"/>
       <c r="J118" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K118" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L118" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
       <c r="D119" s="4"/>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3"/>
       <c r="I119" s="3"/>
       <c r="J119" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K119" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L119" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A120" s="3"/>
+      <c r="B120" s="4"/>
+      <c r="C120" s="4"/>
       <c r="D120" s="4"/>
-      <c r="E120" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E120" s="3"/>
+      <c r="F120" s="3"/>
+      <c r="G120" s="3"/>
+      <c r="H120" s="3"/>
+      <c r="I120" s="3"/>
       <c r="J120" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K120" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L120" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
       <c r="D121" s="4"/>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3"/>
       <c r="I121" s="3"/>
       <c r="J121" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K121" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>130</t>
         </is>
       </c>
       <c r="L121" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="3"/>
-[...1 lines deleted...]
-      <c r="C122" s="4"/>
+      <c r="A122" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B122" s="4" t="inlineStr">
+        <is>
+          <t>116호7465 /
+ 7467 / 74
+68 / 7469 
+/ 7470</t>
+        </is>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 레드라인</t>
+        </is>
+      </c>
       <c r="D122" s="4"/>
-      <c r="E122" s="3"/>
-[...3 lines deleted...]
-      <c r="I122" s="3"/>
+      <c r="E122" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F122" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G122" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H122" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I122" s="3" t="inlineStr">
+        <is>
+          <t>5KM</t>
+        </is>
+      </c>
       <c r="J122" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K122" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L122" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
       <c r="D123" s="4"/>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3"/>
       <c r="I123" s="3"/>
       <c r="J123" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K123" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L123" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3"/>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
       <c r="D124" s="4"/>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3"/>
       <c r="I124" s="3"/>
       <c r="J124" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K124" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L124" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A125" s="3"/>
+      <c r="B125" s="4"/>
+      <c r="C125" s="4"/>
+      <c r="D125" s="4"/>
+      <c r="E125" s="3"/>
+      <c r="F125" s="3"/>
+      <c r="G125" s="3"/>
+      <c r="H125" s="3"/>
+      <c r="I125" s="3"/>
       <c r="J125" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K125" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L125" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3"/>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
       <c r="D126" s="4"/>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3"/>
       <c r="I126" s="3"/>
       <c r="J126" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K126" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L126" s="3" t="inlineStr">
         <is>
-          <t>575,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="3"/>
-[...7 lines deleted...]
-      <c r="I127" s="3"/>
+      <c r="A127" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B127" s="4" t="inlineStr">
+        <is>
+          <t>116호7245</t>
+        </is>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5T (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>19인치휠, 드라이빙어시스턴스 패키지, 차량보
+호필름</t>
+        </is>
+      </c>
+      <c r="E127" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F127" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G127" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H127" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I127" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
       <c r="J127" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K127" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L127" s="3" t="inlineStr">
         <is>
-          <t>555,000</t>
+          <t>1,310,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3"/>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
       <c r="D128" s="4"/>
       <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3"/>
       <c r="I128" s="3"/>
       <c r="J128" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K128" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L128" s="3" t="inlineStr">
         <is>
-          <t>535,000</t>
+          <t>1,260,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
       <c r="D129" s="4"/>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3"/>
       <c r="I129" s="3"/>
       <c r="J129" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K129" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L129" s="3" t="inlineStr">
         <is>
-          <t>515,000</t>
+          <t>1,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A130" s="3"/>
+      <c r="B130" s="4"/>
+      <c r="C130" s="4"/>
+      <c r="D130" s="4"/>
+      <c r="E130" s="3"/>
+      <c r="F130" s="3"/>
+      <c r="G130" s="3"/>
+      <c r="H130" s="3"/>
+      <c r="I130" s="3"/>
       <c r="J130" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K130" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L130" s="3" t="inlineStr">
         <is>
-          <t>595,000</t>
+          <t>1,160,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
       <c r="D131" s="4"/>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3"/>
       <c r="I131" s="3"/>
       <c r="J131" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K131" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L131" s="3" t="inlineStr">
         <is>
-          <t>575,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="3"/>
-[...7 lines deleted...]
-      <c r="I132" s="3"/>
+      <c r="A132" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B132" s="4" t="inlineStr">
+        <is>
+          <t>116호7243</t>
+        </is>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 프리미엄 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 현대스마트센스1</t>
+        </is>
+      </c>
+      <c r="E132" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F132" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G132" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H132" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I132" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J132" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K132" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L132" s="3" t="inlineStr">
         <is>
-          <t>555,000</t>
+          <t>935,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
       <c r="D133" s="4"/>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3"/>
       <c r="I133" s="3"/>
       <c r="J133" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K133" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L133" s="3" t="inlineStr">
         <is>
-          <t>535,000</t>
+          <t>905,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
       <c r="D134" s="4"/>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3"/>
       <c r="I134" s="3"/>
       <c r="J134" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K134" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L134" s="3" t="inlineStr">
         <is>
-          <t>515,000</t>
+          <t>875,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A135" s="3"/>
+      <c r="B135" s="4"/>
+      <c r="C135" s="4"/>
       <c r="D135" s="4"/>
-      <c r="E135" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E135" s="3"/>
+      <c r="F135" s="3"/>
+      <c r="G135" s="3"/>
+      <c r="H135" s="3"/>
+      <c r="I135" s="3"/>
       <c r="J135" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K135" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L135" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>845,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
       <c r="D136" s="4"/>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3"/>
       <c r="I136" s="3"/>
       <c r="J136" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K136" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L136" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>815,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="3"/>
-[...1 lines deleted...]
-      <c r="C137" s="4"/>
+      <c r="A137" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B137" s="4" t="inlineStr">
+        <is>
+          <t>116호7394 /
+ 7446</t>
+        </is>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>디올뉴 그랜저 2.5 아너스 (블랙시트)</t>
+        </is>
+      </c>
       <c r="D137" s="4"/>
-      <c r="E137" s="3"/>
-[...3 lines deleted...]
-      <c r="I137" s="3"/>
+      <c r="E137" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F137" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G137" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H137" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I137" s="3" t="inlineStr">
+        <is>
+          <t>14KM</t>
+        </is>
+      </c>
       <c r="J137" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K137" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L137" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>1,030,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
       <c r="D138" s="4"/>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3"/>
       <c r="I138" s="3"/>
       <c r="J138" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K138" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L138" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
       <c r="D139" s="4"/>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3"/>
       <c r="I139" s="3"/>
       <c r="J139" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K139" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L139" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A140" s="3"/>
+      <c r="B140" s="4"/>
+      <c r="C140" s="4"/>
+      <c r="D140" s="4"/>
+      <c r="E140" s="3"/>
+      <c r="F140" s="3"/>
+      <c r="G140" s="3"/>
+      <c r="H140" s="3"/>
+      <c r="I140" s="3"/>
       <c r="J140" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K140" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L140" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>940,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3"/>
       <c r="B141" s="4"/>
       <c r="C141" s="4"/>
       <c r="D141" s="4"/>
       <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3"/>
       <c r="I141" s="3"/>
       <c r="J141" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K141" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L141" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="3"/>
-[...7 lines deleted...]
-      <c r="I142" s="3"/>
+      <c r="A142" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B142" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어,  딥컨트롤 패키지 
+2</t>
+        </is>
+      </c>
+      <c r="E142" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F142" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G142" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H142" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I142" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J142" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K142" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L142" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>825,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
       <c r="D143" s="4"/>
       <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3"/>
       <c r="I143" s="3"/>
       <c r="J143" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K143" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L143" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>805,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
       <c r="D144" s="4"/>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3"/>
       <c r="I144" s="3"/>
       <c r="J144" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K144" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L144" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>785,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A145" s="3"/>
+      <c r="B145" s="4"/>
+      <c r="C145" s="4"/>
       <c r="D145" s="4"/>
-      <c r="E145" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E145" s="3"/>
+      <c r="F145" s="3"/>
+      <c r="G145" s="3"/>
+      <c r="H145" s="3"/>
+      <c r="I145" s="3"/>
       <c r="J145" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K145" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L145" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>765,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
       <c r="D146" s="4"/>
       <c r="E146" s="3"/>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3"/>
       <c r="I146" s="3"/>
       <c r="J146" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K146" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L146" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="3"/>
-[...7 lines deleted...]
-      <c r="I147" s="3"/>
+      <c r="A147" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B147" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>코나 1.6 모던 </t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>내비 하이패스</t>
+        </is>
+      </c>
+      <c r="E147" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F147" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G147" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H147" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I147" s="3" t="inlineStr">
+        <is>
+          <t>4KM</t>
+        </is>
+      </c>
       <c r="J147" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K147" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L147" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>655,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
       <c r="D148" s="4"/>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3"/>
       <c r="I148" s="3"/>
       <c r="J148" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K148" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L148" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>635,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
       <c r="D149" s="4"/>
       <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3"/>
       <c r="I149" s="3"/>
       <c r="J149" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K149" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L149" s="3" t="inlineStr">
         <is>
-          <t>625,000</t>
+          <t>615,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="3" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="A150" s="3"/>
+      <c r="B150" s="4"/>
+      <c r="C150" s="4"/>
       <c r="D150" s="4"/>
-      <c r="E150" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E150" s="3"/>
+      <c r="F150" s="3"/>
+      <c r="G150" s="3"/>
+      <c r="H150" s="3"/>
+      <c r="I150" s="3"/>
       <c r="J150" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K150" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L150" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>595,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
       <c r="D151" s="4"/>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3"/>
       <c r="I151" s="3"/>
       <c r="J151" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K151" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L151" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>575,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="3"/>
-[...7 lines deleted...]
-      <c r="I152" s="3"/>
+      <c r="A152" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B152" s="4" t="inlineStr">
+        <is>
+          <t>116호7300</t>
+        </is>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
+        </is>
+      </c>
+      <c r="E152" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F152" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G152" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H152" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I152" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J152" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K152" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L152" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4"/>
       <c r="D153" s="4"/>
       <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3"/>
       <c r="I153" s="3"/>
       <c r="J153" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K153" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L153" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
       <c r="D154" s="4"/>
       <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3"/>
       <c r="I154" s="3"/>
       <c r="J154" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K154" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L154" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A155" s="3"/>
+      <c r="B155" s="4"/>
+      <c r="C155" s="4"/>
+      <c r="D155" s="4"/>
+      <c r="E155" s="3"/>
+      <c r="F155" s="3"/>
+      <c r="G155" s="3"/>
+      <c r="H155" s="3"/>
+      <c r="I155" s="3"/>
       <c r="J155" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K155" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L155" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3"/>
       <c r="B156" s="4"/>
       <c r="C156" s="4"/>
       <c r="D156" s="4"/>
       <c r="E156" s="3"/>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3"/>
       <c r="I156" s="3"/>
       <c r="J156" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K156" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L156" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="3"/>
-[...7 lines deleted...]
-      <c r="I157" s="3"/>
+      <c r="A157" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B157" s="4" t="inlineStr">
+        <is>
+          <t>116호7301/7
+302</t>
+        </is>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>더뉴 토레스 하이브리드 1.5 T5 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>밸류업패키지 12.3인치내비 어탭티브크루즈컨트
+롤</t>
+        </is>
+      </c>
+      <c r="E157" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F157" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G157" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H157" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I157" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J157" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K157" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L157" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4"/>
       <c r="D158" s="4"/>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3"/>
       <c r="I158" s="3"/>
       <c r="J158" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K158" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L158" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
       <c r="D159" s="4"/>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3"/>
       <c r="I159" s="3"/>
       <c r="J159" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K159" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L159" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A160" s="3"/>
+      <c r="B160" s="4"/>
+      <c r="C160" s="4"/>
+      <c r="D160" s="4"/>
+      <c r="E160" s="3"/>
+      <c r="F160" s="3"/>
+      <c r="G160" s="3"/>
+      <c r="H160" s="3"/>
+      <c r="I160" s="3"/>
       <c r="J160" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K160" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L160" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3"/>
       <c r="B161" s="4"/>
       <c r="C161" s="4"/>
       <c r="D161" s="4"/>
       <c r="E161" s="3"/>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3"/>
       <c r="I161" s="3"/>
       <c r="J161" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K161" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L161" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="3"/>
-[...7 lines deleted...]
-      <c r="I162" s="3"/>
+      <c r="A162" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B162" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 1.5T S8 (카멜베이지투톤시트)</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>카멜베이지투톤퀄팅인테리어, 딥컨트롤 패키지 2</t>
+        </is>
+      </c>
+      <c r="E162" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F162" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G162" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H162" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I162" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J162" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K162" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L162" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>825,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4"/>
       <c r="D163" s="4"/>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3"/>
       <c r="I163" s="3"/>
       <c r="J163" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K163" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L163" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>805,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
       <c r="D164" s="4"/>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3"/>
       <c r="I164" s="3"/>
       <c r="J164" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K164" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L164" s="3" t="inlineStr">
         <is>
-          <t>410,000</t>
+          <t>785,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A165" s="3"/>
+      <c r="B165" s="4"/>
+      <c r="C165" s="4"/>
+      <c r="D165" s="4"/>
+      <c r="E165" s="3"/>
+      <c r="F165" s="3"/>
+      <c r="G165" s="3"/>
+      <c r="H165" s="3"/>
+      <c r="I165" s="3"/>
       <c r="J165" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K165" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L165" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>765,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4"/>
       <c r="D166" s="4"/>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3"/>
       <c r="I166" s="3"/>
       <c r="J166" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K166" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L166" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="3"/>
-[...1 lines deleted...]
-      <c r="C167" s="4"/>
+      <c r="A167" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B167" s="4" t="inlineStr">
+        <is>
+          <t>116호7337</t>
+        </is>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>액티언 1.5T S8 </t>
+        </is>
+      </c>
       <c r="D167" s="4"/>
-      <c r="E167" s="3"/>
-[...3 lines deleted...]
-      <c r="I167" s="3"/>
+      <c r="E167" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F167" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G167" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H167" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I167" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J167" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K167" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L167" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
       <c r="D168" s="4"/>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3"/>
       <c r="I168" s="3"/>
       <c r="J168" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K168" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L168" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
       <c r="D169" s="4"/>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3"/>
       <c r="I169" s="3"/>
       <c r="J169" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K169" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L169" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A170" s="3"/>
+      <c r="B170" s="4"/>
+      <c r="C170" s="4"/>
+      <c r="D170" s="4"/>
+      <c r="E170" s="3"/>
+      <c r="F170" s="3"/>
+      <c r="G170" s="3"/>
+      <c r="H170" s="3"/>
+      <c r="I170" s="3"/>
       <c r="J170" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K170" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L170" s="3" t="inlineStr">
         <is>
-          <t>1,030,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3"/>
       <c r="B171" s="4"/>
       <c r="C171" s="4"/>
       <c r="D171" s="4"/>
       <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3"/>
       <c r="I171" s="3"/>
       <c r="J171" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K171" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L171" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="3"/>
-[...7 lines deleted...]
-      <c r="I172" s="3"/>
+      <c r="A172" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B172" s="4" t="inlineStr">
+        <is>
+          <t>116호7348</t>
+        </is>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>배뉴 1.6 스마트 </t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>15인치휠, 하이패스 </t>
+        </is>
+      </c>
+      <c r="E172" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F172" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G172" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H172" s="3" t="inlineStr">
+        <is>
+          <t>26년02월</t>
+        </is>
+      </c>
+      <c r="I172" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J172" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K172" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L172" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>545,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3"/>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
       <c r="D173" s="4"/>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3"/>
       <c r="I173" s="3"/>
       <c r="J173" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K173" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L173" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
       <c r="D174" s="4"/>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3"/>
       <c r="I174" s="3"/>
       <c r="J174" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K174" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K174" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L174" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>505,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A175" s="3"/>
+      <c r="B175" s="4"/>
+      <c r="C175" s="4"/>
+      <c r="D175" s="4"/>
+      <c r="E175" s="3"/>
+      <c r="F175" s="3"/>
+      <c r="G175" s="3"/>
+      <c r="H175" s="3"/>
+      <c r="I175" s="3"/>
       <c r="J175" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K175" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L175" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>485,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3"/>
       <c r="B176" s="4"/>
       <c r="C176" s="4"/>
       <c r="D176" s="4"/>
       <c r="E176" s="3"/>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3"/>
       <c r="I176" s="3"/>
       <c r="J176" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K176" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L176" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>465,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="3"/>
-[...7 lines deleted...]
-      <c r="I177" s="3"/>
+      <c r="A177" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B177" s="4" t="inlineStr">
+        <is>
+          <t>116호7440 /
+ 7441 / 74
+42</t>
+        </is>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.5T 프레스티지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>12.3인치클러스터, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E177" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F177" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G177" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H177" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I177" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J177" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K177" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L177" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
       <c r="D178" s="4"/>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3"/>
       <c r="I178" s="3"/>
       <c r="J178" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K178" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L178" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3"/>
       <c r="B179" s="4"/>
       <c r="C179" s="4"/>
       <c r="D179" s="4"/>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3"/>
       <c r="I179" s="3"/>
       <c r="J179" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K179" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L179" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A180" s="3"/>
+      <c r="B180" s="4"/>
+      <c r="C180" s="4"/>
+      <c r="D180" s="4"/>
+      <c r="E180" s="3"/>
+      <c r="F180" s="3"/>
+      <c r="G180" s="3"/>
+      <c r="H180" s="3"/>
+      <c r="I180" s="3"/>
       <c r="J180" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K180" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L180" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3"/>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
       <c r="D181" s="4"/>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3"/>
       <c r="I181" s="3"/>
       <c r="J181" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K181" s="3" t="inlineStr">
         <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L181" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B182" s="4" t="inlineStr">
+        <is>
+          <t>116호7386</t>
+        </is>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTE 테크노 </t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>17인치 휠</t>
+        </is>
+      </c>
+      <c r="E182" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F182" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G182" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H182" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I182" s="3" t="inlineStr">
+        <is>
+          <t>13KM</t>
+        </is>
+      </c>
+      <c r="J182" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K182" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L181" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L182" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
       <c r="D183" s="4"/>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3"/>
       <c r="I183" s="3"/>
       <c r="J183" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K183" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L183" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
       <c r="D184" s="4"/>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3"/>
       <c r="I184" s="3"/>
       <c r="J184" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K184" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L184" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="3" t="inlineStr">
-[...15 lines deleted...]
-      </c>
+      <c r="A185" s="3"/>
+      <c r="B185" s="4"/>
+      <c r="C185" s="4"/>
       <c r="D185" s="4"/>
-      <c r="E185" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E185" s="3"/>
+      <c r="F185" s="3"/>
+      <c r="G185" s="3"/>
+      <c r="H185" s="3"/>
+      <c r="I185" s="3"/>
       <c r="J185" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K185" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L185" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
       <c r="D186" s="4"/>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3"/>
       <c r="I186" s="3"/>
       <c r="J186" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K186" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L186" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="3"/>
-[...7 lines deleted...]
-      <c r="I187" s="3"/>
+      <c r="A187" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B187" s="4" t="inlineStr">
+        <is>
+          <t>116호7414</t>
+        </is>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>K5 LPG 프레스티지</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>SBW팩, 드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E187" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F187" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G187" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H187" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I187" s="3" t="inlineStr">
+        <is>
+          <t>16KM</t>
+        </is>
+      </c>
       <c r="J187" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K187" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L187" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>735,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3"/>
       <c r="B188" s="4"/>
       <c r="C188" s="4"/>
       <c r="D188" s="4"/>
       <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3"/>
       <c r="I188" s="3"/>
       <c r="J188" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K188" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L188" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>710,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3"/>
       <c r="B189" s="4"/>
       <c r="C189" s="4"/>
       <c r="D189" s="4"/>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3"/>
       <c r="I189" s="3"/>
       <c r="J189" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K189" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L189" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>685,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="3" t="inlineStr">
-[...14 lines deleted...]
-      </c>
+      <c r="A190" s="3"/>
+      <c r="B190" s="4"/>
+      <c r="C190" s="4"/>
       <c r="D190" s="4"/>
-      <c r="E190" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E190" s="3"/>
+      <c r="F190" s="3"/>
+      <c r="G190" s="3"/>
+      <c r="H190" s="3"/>
+      <c r="I190" s="3"/>
       <c r="J190" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K190" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L190" s="3" t="inlineStr">
         <is>
-          <t>725,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3"/>
       <c r="B191" s="4"/>
       <c r="C191" s="4"/>
       <c r="D191" s="4"/>
       <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3"/>
       <c r="I191" s="3"/>
       <c r="J191" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K191" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L191" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>635,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="3"/>
-[...7 lines deleted...]
-      <c r="I192" s="3"/>
+      <c r="A192" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B192" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 밀키베이지 (그레이시트)</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일</t>
+        </is>
+      </c>
+      <c r="E192" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F192" s="3" t="inlineStr">
+        <is>
+          <t>베이지</t>
+        </is>
+      </c>
+      <c r="G192" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H192" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I192" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J192" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K192" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L192" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3"/>
       <c r="B193" s="4"/>
       <c r="C193" s="4"/>
       <c r="D193" s="4"/>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3"/>
       <c r="I193" s="3"/>
       <c r="J193" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K193" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L193" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
       <c r="D194" s="4"/>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3"/>
       <c r="I194" s="3"/>
       <c r="J194" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K194" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K194" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L194" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A195" s="3"/>
+      <c r="B195" s="4"/>
+      <c r="C195" s="4"/>
       <c r="D195" s="4"/>
-      <c r="E195" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E195" s="3"/>
+      <c r="F195" s="3"/>
+      <c r="G195" s="3"/>
+      <c r="H195" s="3"/>
+      <c r="I195" s="3"/>
       <c r="J195" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K195" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L195" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3"/>
       <c r="B196" s="4"/>
       <c r="C196" s="4"/>
       <c r="D196" s="4"/>
       <c r="E196" s="3"/>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3"/>
       <c r="I196" s="3"/>
       <c r="J196" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K196" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L196" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="3"/>
-[...7 lines deleted...]
-      <c r="I197" s="3"/>
+      <c r="A197" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B197" s="4" t="inlineStr">
+        <is>
+          <t>116호7395/7
+396/7397</t>
+        </is>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>트레일블레이저 1.35 프리미어 </t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>미드나잇 에디션</t>
+        </is>
+      </c>
+      <c r="E197" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F197" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G197" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H197" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I197" s="3" t="inlineStr">
+        <is>
+          <t>8KM</t>
+        </is>
+      </c>
       <c r="J197" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K197" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L197" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3"/>
       <c r="B198" s="4"/>
       <c r="C198" s="4"/>
       <c r="D198" s="4"/>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3"/>
       <c r="I198" s="3"/>
       <c r="J198" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K198" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L198" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3"/>
       <c r="B199" s="4"/>
       <c r="C199" s="4"/>
       <c r="D199" s="4"/>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3"/>
       <c r="I199" s="3"/>
       <c r="J199" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K199" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K199" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L199" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A200" s="3"/>
+      <c r="B200" s="4"/>
+      <c r="C200" s="4"/>
       <c r="D200" s="4"/>
-      <c r="E200" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E200" s="3"/>
+      <c r="F200" s="3"/>
+      <c r="G200" s="3"/>
+      <c r="H200" s="3"/>
+      <c r="I200" s="3"/>
       <c r="J200" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K200" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L200" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3"/>
       <c r="B201" s="4"/>
       <c r="C201" s="4"/>
       <c r="D201" s="4"/>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3"/>
       <c r="I201" s="3"/>
       <c r="J201" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K201" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L201" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="3"/>
-[...7 lines deleted...]
-      <c r="I202" s="3"/>
+      <c r="A202" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B202" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 밀키베이지 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일</t>
+        </is>
+      </c>
+      <c r="E202" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F202" s="3" t="inlineStr">
+        <is>
+          <t>베이지</t>
+        </is>
+      </c>
+      <c r="G202" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H202" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I202" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J202" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K202" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L202" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3"/>
       <c r="B203" s="4"/>
       <c r="C203" s="4"/>
       <c r="D203" s="4"/>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3"/>
       <c r="I203" s="3"/>
       <c r="J203" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K203" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L203" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3"/>
       <c r="B204" s="4"/>
       <c r="C204" s="4"/>
       <c r="D204" s="4"/>
       <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3"/>
       <c r="I204" s="3"/>
       <c r="J204" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K204" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K204" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L204" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A205" s="3"/>
+      <c r="B205" s="4"/>
+      <c r="C205" s="4"/>
+      <c r="D205" s="4"/>
+      <c r="E205" s="3"/>
+      <c r="F205" s="3"/>
+      <c r="G205" s="3"/>
+      <c r="H205" s="3"/>
+      <c r="I205" s="3"/>
       <c r="J205" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K205" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L205" s="3" t="inlineStr">
         <is>
-          <t>605,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3"/>
       <c r="B206" s="4"/>
       <c r="C206" s="4"/>
       <c r="D206" s="4"/>
       <c r="E206" s="3"/>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3"/>
       <c r="I206" s="3"/>
       <c r="J206" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K206" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L206" s="3" t="inlineStr">
         <is>
-          <t>585,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="3"/>
-[...7 lines deleted...]
-      <c r="I207" s="3"/>
+      <c r="A207" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B207" s="4" t="inlineStr">
+        <is>
+          <t>116호7464</t>
+        </is>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>캐스퍼 1.0 디 에센셜 (베이지/오렌지 브라운투톤시트
+)</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인, 17인치휠, 실내컬러패키지</t>
+        </is>
+      </c>
+      <c r="E207" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F207" s="3" t="inlineStr">
+        <is>
+          <t>아이보리</t>
+        </is>
+      </c>
+      <c r="G207" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H207" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I207" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J207" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K207" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L207" s="3" t="inlineStr">
         <is>
-          <t>565,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3"/>
       <c r="B208" s="4"/>
       <c r="C208" s="4"/>
       <c r="D208" s="4"/>
       <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3"/>
       <c r="I208" s="3"/>
       <c r="J208" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K208" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L208" s="3" t="inlineStr">
         <is>
-          <t>545,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3"/>
       <c r="B209" s="4"/>
       <c r="C209" s="4"/>
       <c r="D209" s="4"/>
       <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3"/>
       <c r="I209" s="3"/>
       <c r="J209" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K209" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L209" s="3" t="inlineStr">
         <is>
-          <t>525,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A210" s="3"/>
+      <c r="B210" s="4"/>
+      <c r="C210" s="4"/>
+      <c r="D210" s="4"/>
+      <c r="E210" s="3"/>
+      <c r="F210" s="3"/>
+      <c r="G210" s="3"/>
+      <c r="H210" s="3"/>
+      <c r="I210" s="3"/>
       <c r="J210" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K210" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L210" s="3" t="inlineStr">
         <is>
-          <t>1,310,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3"/>
       <c r="B211" s="4"/>
       <c r="C211" s="4"/>
       <c r="D211" s="4"/>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3"/>
       <c r="I211" s="3"/>
       <c r="J211" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K211" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L211" s="3" t="inlineStr">
         <is>
-          <t>1,260,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="3"/>
-[...1 lines deleted...]
-      <c r="C212" s="4"/>
+      <c r="A212" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B212" s="4" t="inlineStr">
+        <is>
+          <t>116호7445</t>
+        </is>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디엣지 2.0 S</t>
+        </is>
+      </c>
       <c r="D212" s="4"/>
-      <c r="E212" s="3"/>
-[...3 lines deleted...]
-      <c r="I212" s="3"/>
+      <c r="E212" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F212" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G212" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H212" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I212" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J212" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K212" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L212" s="3" t="inlineStr">
         <is>
-          <t>1,210,000</t>
+          <t>745,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3"/>
       <c r="B213" s="4"/>
       <c r="C213" s="4"/>
       <c r="D213" s="4"/>
       <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3"/>
       <c r="I213" s="3"/>
       <c r="J213" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K213" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L213" s="3" t="inlineStr">
         <is>
-          <t>1,160,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3"/>
       <c r="B214" s="4"/>
       <c r="C214" s="4"/>
       <c r="D214" s="4"/>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3"/>
       <c r="I214" s="3"/>
       <c r="J214" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K214" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L214" s="3" t="inlineStr">
         <is>
-          <t>1,110,000</t>
+          <t>695,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
-      <c r="A215" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A215" s="3"/>
+      <c r="B215" s="4"/>
+      <c r="C215" s="4"/>
+      <c r="D215" s="4"/>
+      <c r="E215" s="3"/>
+      <c r="F215" s="3"/>
+      <c r="G215" s="3"/>
+      <c r="H215" s="3"/>
+      <c r="I215" s="3"/>
       <c r="J215" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K215" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L215" s="3" t="inlineStr">
         <is>
-          <t>935,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3"/>
       <c r="B216" s="4"/>
       <c r="C216" s="4"/>
       <c r="D216" s="4"/>
       <c r="E216" s="3"/>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3"/>
       <c r="I216" s="3"/>
       <c r="J216" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K216" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L216" s="3" t="inlineStr">
         <is>
-          <t>905,000</t>
+          <t>645,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
-      <c r="A217" s="3"/>
-[...7 lines deleted...]
-      <c r="I217" s="3"/>
+      <c r="A217" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B217" s="4" t="inlineStr">
+        <is>
+          <t>116호7447</t>
+        </is>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 H-P
+ICK</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠2 &amp; 증강현실내비게이션, 20인치휠&amp;
+타이어</t>
+        </is>
+      </c>
+      <c r="E217" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F217" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G217" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H217" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I217" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J217" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K217" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L217" s="3" t="inlineStr">
         <is>
-          <t>875,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3"/>
       <c r="B218" s="4"/>
       <c r="C218" s="4"/>
       <c r="D218" s="4"/>
       <c r="E218" s="3"/>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3"/>
       <c r="I218" s="3"/>
       <c r="J218" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K218" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L218" s="3" t="inlineStr">
         <is>
-          <t>845,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3"/>
       <c r="B219" s="4"/>
       <c r="C219" s="4"/>
       <c r="D219" s="4"/>
       <c r="E219" s="3"/>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3"/>
       <c r="I219" s="3"/>
       <c r="J219" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K219" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L219" s="3" t="inlineStr">
         <is>
-          <t>815,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
-      <c r="A220" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A220" s="3"/>
+      <c r="B220" s="4"/>
+      <c r="C220" s="4"/>
+      <c r="D220" s="4"/>
+      <c r="E220" s="3"/>
+      <c r="F220" s="3"/>
+      <c r="G220" s="3"/>
+      <c r="H220" s="3"/>
+      <c r="I220" s="3"/>
       <c r="J220" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K220" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L220" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3"/>
       <c r="B221" s="4"/>
       <c r="C221" s="4"/>
       <c r="D221" s="4"/>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3"/>
       <c r="I221" s="3"/>
       <c r="J221" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K221" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L221" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
-      <c r="A222" s="3"/>
-[...7 lines deleted...]
-      <c r="I222" s="3"/>
+      <c r="A222" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B222" s="4" t="inlineStr">
+        <is>
+          <t>116호7449</t>
+        </is>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>AWD, 22인치휠, 시그디쳐디자인셀렉션1, 
+ 드라이빙어시스턴스1, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E222" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F222" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G222" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H222" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I222" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J222" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K222" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L222" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3"/>
       <c r="B223" s="4"/>
       <c r="C223" s="4"/>
       <c r="D223" s="4"/>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3"/>
       <c r="I223" s="3"/>
       <c r="J223" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K223" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L223" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3"/>
       <c r="B224" s="4"/>
       <c r="C224" s="4"/>
       <c r="D224" s="4"/>
       <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3"/>
       <c r="I224" s="3"/>
       <c r="J224" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K224" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L224" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
-      <c r="A225" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A225" s="3"/>
+      <c r="B225" s="4"/>
+      <c r="C225" s="4"/>
+      <c r="D225" s="4"/>
+      <c r="E225" s="3"/>
+      <c r="F225" s="3"/>
+      <c r="G225" s="3"/>
+      <c r="H225" s="3"/>
+      <c r="I225" s="3"/>
       <c r="J225" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K225" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L225" s="3" t="inlineStr">
         <is>
-          <t>1,840,000</t>
+          <t>1,650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3"/>
       <c r="B226" s="4"/>
       <c r="C226" s="4"/>
       <c r="D226" s="4"/>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3"/>
       <c r="I226" s="3"/>
       <c r="J226" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K226" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L226" s="3" t="inlineStr">
         <is>
-          <t>1,790,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
-      <c r="A227" s="3"/>
-[...7 lines deleted...]
-      <c r="I227" s="3"/>
+      <c r="A227" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B227" s="4" t="inlineStr">
+        <is>
+          <t>116호7460</t>
+        </is>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 트렌디 (신형)</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E227" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F227" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G227" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H227" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I227" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J227" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K227" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L227" s="3" t="inlineStr">
         <is>
-          <t>1,740,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3"/>
       <c r="B228" s="4"/>
       <c r="C228" s="4"/>
       <c r="D228" s="4"/>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3"/>
       <c r="I228" s="3"/>
       <c r="J228" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K228" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L228" s="3" t="inlineStr">
         <is>
-          <t>1,690,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3"/>
       <c r="B229" s="4"/>
       <c r="C229" s="4"/>
       <c r="D229" s="4"/>
       <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3"/>
       <c r="I229" s="3"/>
       <c r="J229" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K229" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L229" s="3" t="inlineStr">
         <is>
-          <t>1,640,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
-      <c r="A230" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A230" s="3"/>
+      <c r="B230" s="4"/>
+      <c r="C230" s="4"/>
+      <c r="D230" s="4"/>
+      <c r="E230" s="3"/>
+      <c r="F230" s="3"/>
+      <c r="G230" s="3"/>
+      <c r="H230" s="3"/>
+      <c r="I230" s="3"/>
       <c r="J230" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K230" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L230" s="3" t="inlineStr">
         <is>
-          <t>525,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3"/>
       <c r="B231" s="4"/>
       <c r="C231" s="4"/>
       <c r="D231" s="4"/>
       <c r="E231" s="3"/>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3"/>
       <c r="I231" s="3"/>
       <c r="J231" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K231" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L231" s="3" t="inlineStr">
         <is>
-          <t>505,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
-      <c r="A232" s="3"/>
-[...7 lines deleted...]
-      <c r="I232" s="3"/>
+      <c r="A232" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B232" s="4" t="inlineStr">
+        <is>
+          <t>116호7448</t>
+        </is>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>빌트인캠 증강현실내비, 파킹어시스트플러스1, 
+헤드업디스플레이</t>
+        </is>
+      </c>
+      <c r="E232" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F232" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G232" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H232" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I232" s="3" t="inlineStr">
+        <is>
+          <t>17KM</t>
+        </is>
+      </c>
       <c r="J232" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K232" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L232" s="3" t="inlineStr">
         <is>
-          <t>485,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3"/>
       <c r="B233" s="4"/>
       <c r="C233" s="4"/>
       <c r="D233" s="4"/>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3"/>
       <c r="I233" s="3"/>
       <c r="J233" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K233" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L233" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3"/>
       <c r="B234" s="4"/>
       <c r="C234" s="4"/>
       <c r="D234" s="4"/>
       <c r="E234" s="3"/>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3"/>
       <c r="I234" s="3"/>
       <c r="J234" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K234" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L234" s="3" t="inlineStr">
         <is>
-          <t>445,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
-      <c r="A235" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A235" s="3"/>
+      <c r="B235" s="4"/>
+      <c r="C235" s="4"/>
+      <c r="D235" s="4"/>
+      <c r="E235" s="3"/>
+      <c r="F235" s="3"/>
+      <c r="G235" s="3"/>
+      <c r="H235" s="3"/>
+      <c r="I235" s="3"/>
       <c r="J235" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K235" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L235" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3"/>
       <c r="B236" s="4"/>
       <c r="C236" s="4"/>
       <c r="D236" s="4"/>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3"/>
       <c r="I236" s="3"/>
       <c r="J236" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K236" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L236" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
-      <c r="A237" s="3"/>
-[...1 lines deleted...]
-      <c r="C237" s="4"/>
+      <c r="A237" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B237" s="4" t="inlineStr">
+        <is>
+          <t>116호7498</t>
+        </is>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
       <c r="D237" s="4"/>
-      <c r="E237" s="3"/>
-[...3 lines deleted...]
-      <c r="I237" s="3"/>
+      <c r="E237" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F237" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G237" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H237" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I237" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J237" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K237" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L237" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3"/>
       <c r="B238" s="4"/>
       <c r="C238" s="4"/>
       <c r="D238" s="4"/>
       <c r="E238" s="3"/>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3"/>
       <c r="I238" s="3"/>
       <c r="J238" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K238" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L238" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3"/>
       <c r="B239" s="4"/>
       <c r="C239" s="4"/>
       <c r="D239" s="4"/>
       <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3"/>
       <c r="I239" s="3"/>
       <c r="J239" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K239" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L239" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
-      <c r="A240" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A240" s="3"/>
+      <c r="B240" s="4"/>
+      <c r="C240" s="4"/>
+      <c r="D240" s="4"/>
+      <c r="E240" s="3"/>
+      <c r="F240" s="3"/>
+      <c r="G240" s="3"/>
+      <c r="H240" s="3"/>
+      <c r="I240" s="3"/>
       <c r="J240" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K240" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L240" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3"/>
       <c r="B241" s="4"/>
       <c r="C241" s="4"/>
       <c r="D241" s="4"/>
       <c r="E241" s="3"/>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3"/>
       <c r="I241" s="3"/>
       <c r="J241" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K241" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L241" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
-      <c r="A242" s="3"/>
-[...1 lines deleted...]
-      <c r="C242" s="4"/>
+      <c r="A242" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B242" s="4" t="inlineStr">
+        <is>
+          <t>116호7500/7
+499/7501</t>
+        </is>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 2.5T 익스클루시브</t>
+        </is>
+      </c>
       <c r="D242" s="4"/>
-      <c r="E242" s="3"/>
-[...3 lines deleted...]
-      <c r="I242" s="3"/>
+      <c r="E242" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F242" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G242" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H242" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I242" s="3" t="inlineStr">
+        <is>
+          <t>11KM</t>
+        </is>
+      </c>
       <c r="J242" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K242" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L242" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3"/>
       <c r="B243" s="4"/>
       <c r="C243" s="4"/>
       <c r="D243" s="4"/>
       <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3"/>
       <c r="I243" s="3"/>
       <c r="J243" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K243" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L243" s="3" t="inlineStr">
         <is>
-          <t>540,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3"/>
       <c r="B244" s="4"/>
       <c r="C244" s="4"/>
       <c r="D244" s="4"/>
       <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3"/>
       <c r="I244" s="3"/>
       <c r="J244" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K244" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L244" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
-      <c r="A245" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A245" s="3"/>
+      <c r="B245" s="4"/>
+      <c r="C245" s="4"/>
       <c r="D245" s="4"/>
-      <c r="E245" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E245" s="3"/>
+      <c r="F245" s="3"/>
+      <c r="G245" s="3"/>
+      <c r="H245" s="3"/>
+      <c r="I245" s="3"/>
       <c r="J245" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K245" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L245" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3"/>
       <c r="B246" s="4"/>
       <c r="C246" s="4"/>
       <c r="D246" s="4"/>
       <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3"/>
       <c r="I246" s="3"/>
       <c r="J246" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K246" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L246" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
-      <c r="A247" s="3"/>
-[...1 lines deleted...]
-      <c r="C247" s="4"/>
+      <c r="A247" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B247" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 HEV 1.6 프레스티지 (올리브브라운시트)</t>
+        </is>
+      </c>
       <c r="D247" s="4"/>
-      <c r="E247" s="3"/>
-[...3 lines deleted...]
-      <c r="I247" s="3"/>
+      <c r="E247" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F247" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G247" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H247" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I247" s="3" t="inlineStr">
+        <is>
+          <t>12KM</t>
+        </is>
+      </c>
       <c r="J247" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K247" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L247" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>985,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3"/>
       <c r="B248" s="4"/>
       <c r="C248" s="4"/>
       <c r="D248" s="4"/>
       <c r="E248" s="3"/>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3"/>
       <c r="I248" s="3"/>
       <c r="J248" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K248" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L248" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>955,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3"/>
       <c r="B249" s="4"/>
       <c r="C249" s="4"/>
       <c r="D249" s="4"/>
       <c r="E249" s="3"/>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3"/>
       <c r="I249" s="3"/>
       <c r="J249" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K249" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L249" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>925,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
-      <c r="A250" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A250" s="3"/>
+      <c r="B250" s="4"/>
+      <c r="C250" s="4"/>
+      <c r="D250" s="4"/>
+      <c r="E250" s="3"/>
+      <c r="F250" s="3"/>
+      <c r="G250" s="3"/>
+      <c r="H250" s="3"/>
+      <c r="I250" s="3"/>
       <c r="J250" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K250" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L250" s="3" t="inlineStr">
         <is>
-          <t>1,120,000</t>
+          <t>895,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3"/>
       <c r="B251" s="4"/>
       <c r="C251" s="4"/>
       <c r="D251" s="4"/>
       <c r="E251" s="3"/>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3"/>
       <c r="I251" s="3"/>
       <c r="J251" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K251" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L251" s="3" t="inlineStr">
         <is>
-          <t>1,080,000</t>
+          <t>865,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
-      <c r="A252" s="3"/>
-[...1 lines deleted...]
-      <c r="C252" s="4"/>
+      <c r="A252" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B252" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 HEV 1.6 프레스티지 (올리브브라운시트)</t>
+        </is>
+      </c>
       <c r="D252" s="4"/>
-      <c r="E252" s="3"/>
-[...3 lines deleted...]
-      <c r="I252" s="3"/>
+      <c r="E252" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F252" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G252" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H252" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I252" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J252" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K252" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L252" s="3" t="inlineStr">
         <is>
-          <t>1,040,000</t>
+          <t>985,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3"/>
       <c r="B253" s="4"/>
       <c r="C253" s="4"/>
       <c r="D253" s="4"/>
       <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3"/>
       <c r="I253" s="3"/>
       <c r="J253" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K253" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L253" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>955,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3"/>
       <c r="B254" s="4"/>
       <c r="C254" s="4"/>
       <c r="D254" s="4"/>
       <c r="E254" s="3"/>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3"/>
       <c r="I254" s="3"/>
       <c r="J254" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K254" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L254" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>925,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
-      <c r="A255" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A255" s="3"/>
+      <c r="B255" s="4"/>
+      <c r="C255" s="4"/>
+      <c r="D255" s="4"/>
+      <c r="E255" s="3"/>
+      <c r="F255" s="3"/>
+      <c r="G255" s="3"/>
+      <c r="H255" s="3"/>
+      <c r="I255" s="3"/>
       <c r="J255" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K255" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L255" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>895,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3"/>
       <c r="B256" s="4"/>
       <c r="C256" s="4"/>
       <c r="D256" s="4"/>
       <c r="E256" s="3"/>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3"/>
       <c r="I256" s="3"/>
       <c r="J256" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K256" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L256" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>865,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
-      <c r="A257" s="3"/>
-[...1 lines deleted...]
-      <c r="C257" s="4"/>
+      <c r="A257" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B257" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 프레스티지 (신형)</t>
+        </is>
+      </c>
       <c r="D257" s="4"/>
-      <c r="E257" s="3"/>
-[...3 lines deleted...]
-      <c r="I257" s="3"/>
+      <c r="E257" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F257" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G257" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H257" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I257" s="3" t="inlineStr">
+        <is>
+          <t>7KM</t>
+        </is>
+      </c>
       <c r="J257" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K257" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L257" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>705,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3"/>
       <c r="B258" s="4"/>
       <c r="C258" s="4"/>
       <c r="D258" s="4"/>
       <c r="E258" s="3"/>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3"/>
       <c r="I258" s="3"/>
       <c r="J258" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K258" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L258" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>685,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3"/>
       <c r="B259" s="4"/>
       <c r="C259" s="4"/>
       <c r="D259" s="4"/>
       <c r="E259" s="3"/>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3"/>
       <c r="I259" s="3"/>
       <c r="J259" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K259" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L259" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>665,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
-      <c r="A260" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A260" s="3"/>
+      <c r="B260" s="4"/>
+      <c r="C260" s="4"/>
+      <c r="D260" s="4"/>
+      <c r="E260" s="3"/>
+      <c r="F260" s="3"/>
+      <c r="G260" s="3"/>
+      <c r="H260" s="3"/>
+      <c r="I260" s="3"/>
       <c r="J260" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K260" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L260" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>645,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3"/>
       <c r="B261" s="4"/>
       <c r="C261" s="4"/>
       <c r="D261" s="4"/>
       <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3"/>
       <c r="I261" s="3"/>
       <c r="J261" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K261" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L261" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>625,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
-      <c r="A262" s="3"/>
-[...1 lines deleted...]
-      <c r="C262" s="4"/>
+      <c r="A262" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B262" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 프레스티지 그래비티그레이 (신형)</t>
+        </is>
+      </c>
       <c r="D262" s="4"/>
-      <c r="E262" s="3"/>
-[...3 lines deleted...]
-      <c r="I262" s="3"/>
+      <c r="E262" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F262" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G262" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H262" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I262" s="3" t="inlineStr">
+        <is>
+          <t>9KM</t>
+        </is>
+      </c>
       <c r="J262" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K262" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L262" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>705,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3"/>
       <c r="B263" s="4"/>
       <c r="C263" s="4"/>
       <c r="D263" s="4"/>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3"/>
       <c r="I263" s="3"/>
       <c r="J263" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K263" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L263" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>685,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3"/>
       <c r="B264" s="4"/>
       <c r="C264" s="4"/>
       <c r="D264" s="4"/>
       <c r="E264" s="3"/>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3"/>
       <c r="I264" s="3"/>
       <c r="J264" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K264" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L264" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>665,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
-      <c r="A265" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A265" s="3"/>
+      <c r="B265" s="4"/>
+      <c r="C265" s="4"/>
+      <c r="D265" s="4"/>
+      <c r="E265" s="3"/>
+      <c r="F265" s="3"/>
+      <c r="G265" s="3"/>
+      <c r="H265" s="3"/>
+      <c r="I265" s="3"/>
       <c r="J265" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K265" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L265" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>645,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3"/>
       <c r="B266" s="4"/>
       <c r="C266" s="4"/>
       <c r="D266" s="4"/>
       <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3"/>
       <c r="I266" s="3"/>
       <c r="J266" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K266" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L266" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>625,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
-      <c r="A267" s="3"/>
-[...7 lines deleted...]
-      <c r="I267" s="3"/>
+      <c r="A267" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B267" s="4" t="inlineStr">
+        <is>
+          <t>임시번호</t>
+        </is>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 프레스티지 스모크블루 (그레이시트)</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 스타일</t>
+        </is>
+      </c>
+      <c r="E267" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F267" s="3" t="inlineStr">
+        <is>
+          <t>블루</t>
+        </is>
+      </c>
+      <c r="G267" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H267" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I267" s="3" t="inlineStr">
+        <is>
+          <t>6KM</t>
+        </is>
+      </c>
       <c r="J267" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K267" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L267" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3"/>
       <c r="B268" s="4"/>
       <c r="C268" s="4"/>
       <c r="D268" s="4"/>
       <c r="E268" s="3"/>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3"/>
       <c r="I268" s="3"/>
       <c r="J268" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K268" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L268" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3"/>
       <c r="B269" s="4"/>
       <c r="C269" s="4"/>
       <c r="D269" s="4"/>
       <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3"/>
       <c r="I269" s="3"/>
       <c r="J269" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K269" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K269" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L269" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
-      <c r="A270" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A270" s="3"/>
+      <c r="B270" s="4"/>
+      <c r="C270" s="4"/>
+      <c r="D270" s="4"/>
+      <c r="E270" s="3"/>
+      <c r="F270" s="3"/>
+      <c r="G270" s="3"/>
+      <c r="H270" s="3"/>
+      <c r="I270" s="3"/>
       <c r="J270" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K270" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L270" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3"/>
       <c r="B271" s="4"/>
       <c r="C271" s="4"/>
       <c r="D271" s="4"/>
       <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3"/>
       <c r="I271" s="3"/>
       <c r="J271" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K271" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L271" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
-      <c r="A272" s="3"/>
-[...1 lines deleted...]
-      <c r="C272" s="4"/>
+      <c r="A272" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B272" s="4" t="inlineStr">
+        <is>
+          <t>116호7432</t>
+        </is>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 프리미엄</t>
+        </is>
+      </c>
       <c r="D272" s="4"/>
-      <c r="E272" s="3"/>
-[...3 lines deleted...]
-      <c r="I272" s="3"/>
+      <c r="E272" s="3" t="inlineStr">
+        <is>
+          <t>신차</t>
+        </is>
+      </c>
+      <c r="F272" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G272" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H272" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I272" s="3" t="inlineStr">
+        <is>
+          <t>10KM</t>
+        </is>
+      </c>
       <c r="J272" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K272" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L272" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3"/>
       <c r="B273" s="4"/>
       <c r="C273" s="4"/>
       <c r="D273" s="4"/>
       <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3"/>
       <c r="I273" s="3"/>
       <c r="J273" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K273" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L273" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3"/>
       <c r="B274" s="4"/>
       <c r="C274" s="4"/>
       <c r="D274" s="4"/>
       <c r="E274" s="3"/>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3"/>
       <c r="I274" s="3"/>
       <c r="J274" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K274" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L274" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
-      <c r="A275" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A275" s="3"/>
+      <c r="B275" s="4"/>
+      <c r="C275" s="4"/>
+      <c r="D275" s="4"/>
+      <c r="E275" s="3"/>
+      <c r="F275" s="3"/>
+      <c r="G275" s="3"/>
+      <c r="H275" s="3"/>
+      <c r="I275" s="3"/>
       <c r="J275" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K275" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L275" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3"/>
       <c r="B276" s="4"/>
       <c r="C276" s="4"/>
       <c r="D276" s="4"/>
       <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3"/>
       <c r="I276" s="3"/>
       <c r="J276" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K276" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L276" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
-      <c r="A277" s="3"/>
-[...25 lines deleted...]
-      <c r="A278" s="3" t="inlineStr">
+      <c r="A277" s="3" t="inlineStr">
         <is>
           <t>TABO</t>
         </is>
       </c>
-      <c r="B278" s="4" t="inlineStr">
+      <c r="B277" s="4" t="inlineStr">
         <is>
           <t>154호3183.3
-184.3185.3
-[...3 lines deleted...]
-      <c r="C278" s="4" t="inlineStr">
+185.3186</t>
+        </is>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
         <is>
           <t>뉴그랑콜레오스 하이브리드 아이코닉</t>
         </is>
       </c>
-      <c r="D278" s="4" t="inlineStr">
+      <c r="D277" s="4" t="inlineStr">
         <is>
           <t>BOSE서라운드+엑티브노이즈캔슬레이션, HUD
 +차음쉴드글라스+프레임리스 룸미러</t>
         </is>
       </c>
-      <c r="E278" s="3" t="inlineStr">
+      <c r="E277" s="3" t="inlineStr">
         <is>
           <t>신차</t>
         </is>
       </c>
-      <c r="F278" s="3" t="inlineStr">
+      <c r="F277" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G278" s="3" t="inlineStr">
+      <c r="G277" s="3" t="inlineStr">
         <is>
           <t>하이브리드</t>
         </is>
       </c>
-      <c r="H278" s="3" t="inlineStr">
+      <c r="H277" s="3" t="inlineStr">
         <is>
           <t>26년01월</t>
         </is>
       </c>
-      <c r="I278" s="3" t="inlineStr">
+      <c r="I277" s="3" t="inlineStr">
         <is>
           <t>5KM</t>
         </is>
       </c>
+      <c r="J277" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K277" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L277" s="3" t="inlineStr">
+        <is>
+          <t>920,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="3"/>
+      <c r="B278" s="4"/>
+      <c r="C278" s="4"/>
+      <c r="D278" s="4"/>
+      <c r="E278" s="3"/>
+      <c r="F278" s="3"/>
+      <c r="G278" s="3"/>
+      <c r="H278" s="3"/>
+      <c r="I278" s="3"/>
       <c r="J278" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K278" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L278" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3"/>
       <c r="B279" s="4"/>
       <c r="C279" s="4"/>
       <c r="D279" s="4"/>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3"/>
       <c r="I279" s="3"/>
       <c r="J279" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K279" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L279" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3"/>
       <c r="B280" s="4"/>
       <c r="C280" s="4"/>
       <c r="D280" s="4"/>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3"/>
       <c r="I280" s="3"/>
       <c r="J280" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K280" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L280" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>820,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
-      <c r="A281" s="3"/>
-[...7 lines deleted...]
-      <c r="I281" s="3"/>
+      <c r="A281" s="3" t="inlineStr">
+        <is>
+          <t>ai</t>
+        </is>
+      </c>
+      <c r="B281" s="4" t="inlineStr">
+        <is>
+          <t>133하4438</t>
+        </is>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 RS</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>테크놀로지 패키지</t>
+        </is>
+      </c>
+      <c r="E281" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F281" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G281" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H281" s="3" t="inlineStr">
+        <is>
+          <t>25년04월</t>
+        </is>
+      </c>
+      <c r="I281" s="3" t="inlineStr">
+        <is>
+          <t>9,159KM</t>
+        </is>
+      </c>
       <c r="J281" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K281" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L281" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
-          <t>TABO</t>
+          <t>ai</t>
         </is>
       </c>
       <c r="B282" s="4" t="inlineStr">
         <is>
-          <t>154호3188.3
-189.3190</t>
+          <t>133하4430</t>
         </is>
       </c>
       <c r="C282" s="4" t="inlineStr">
         <is>
-          <t>뉴그랑콜레오스 하이브리드 에스프리알핀</t>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 RS</t>
         </is>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
-          <t>파노라마 썬루프, BOSE서라운드+엑티브노이즈
-[...1 lines deleted...]
-룸미러</t>
+          <t>테크놀로지 패키지</t>
         </is>
       </c>
       <c r="E282" s="3" t="inlineStr">
         <is>
-          <t>신차</t>
+          <t>중고차</t>
         </is>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>무광</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H282" s="3" t="inlineStr">
         <is>
-          <t>26년01월</t>
+          <t>25년04월</t>
         </is>
       </c>
       <c r="I282" s="3" t="inlineStr">
         <is>
-          <t>5KM</t>
+          <t>13,643KM</t>
         </is>
       </c>
       <c r="J282" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K282" s="3" t="inlineStr">
         <is>
-          <t>200</t>
-[...2 lines deleted...]
-      <c r="L282" s="3"/>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L282" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
-      <c r="A283" s="3"/>
-[...7 lines deleted...]
-      <c r="I283" s="3"/>
+      <c r="A283" s="3" t="inlineStr">
+        <is>
+          <t>BL</t>
+        </is>
+      </c>
+      <c r="B283" s="4" t="inlineStr">
+        <is>
+          <t>106호9760</t>
+        </is>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비게이션 패키지, 컨비니언스 패키지,
+ 밸류업 패키지</t>
+        </is>
+      </c>
+      <c r="E283" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F283" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G283" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H283" s="3" t="inlineStr">
+        <is>
+          <t>25년10월</t>
+        </is>
+      </c>
+      <c r="I283" s="3" t="inlineStr">
+        <is>
+          <t>4,910KM</t>
+        </is>
+      </c>
       <c r="J283" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K283" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L283" s="3" t="inlineStr">
         <is>
-          <t>920,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3"/>
       <c r="B284" s="4"/>
       <c r="C284" s="4"/>
       <c r="D284" s="4"/>
       <c r="E284" s="3"/>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3"/>
       <c r="I284" s="3"/>
       <c r="J284" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K284" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L284" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
-      <c r="A285" s="3"/>
-[...7 lines deleted...]
-      <c r="I285" s="3"/>
+      <c r="A285" s="3" t="inlineStr">
+        <is>
+          <t>BL</t>
+        </is>
+      </c>
+      <c r="B285" s="4" t="inlineStr">
+        <is>
+          <t>106호8143</t>
+        </is>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴기아 레이 프레스티지</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈1, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E285" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F285" s="3" t="inlineStr">
+        <is>
+          <t>밀키베이지</t>
+        </is>
+      </c>
+      <c r="G285" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H285" s="3" t="inlineStr">
+        <is>
+          <t>24년01월</t>
+        </is>
+      </c>
+      <c r="I285" s="3" t="inlineStr">
+        <is>
+          <t>22,700KM</t>
+        </is>
+      </c>
       <c r="J285" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K285" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L285" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
-      <c r="A286" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A286" s="3"/>
+      <c r="B286" s="4"/>
+      <c r="C286" s="4"/>
+      <c r="D286" s="4"/>
+      <c r="E286" s="3"/>
+      <c r="F286" s="3"/>
+      <c r="G286" s="3"/>
+      <c r="H286" s="3"/>
+      <c r="I286" s="3"/>
       <c r="J286" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K286" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L286" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
-          <t>ai</t>
+          <t>CNC</t>
         </is>
       </c>
       <c r="B287" s="4" t="inlineStr">
         <is>
-          <t>133하3500</t>
+          <t>106호6987</t>
         </is>
       </c>
       <c r="C287" s="4" t="inlineStr">
         <is>
-          <t>토레스 하이브리드 T5</t>
+          <t>더뉴 K5 2.0 LPI 트렌디</t>
         </is>
       </c>
       <c r="D287" s="4" t="inlineStr">
         <is>
-          <t>밸류업 패키지, 12.3인치 KGM링크 내비게
-이션 패키지</t>
+          <t>드라이브와이즈, SBW팩</t>
         </is>
       </c>
       <c r="E287" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
-          <t>하이브리드</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H287" s="3" t="inlineStr">
         <is>
-          <t>25년08월</t>
+          <t>23년11월</t>
         </is>
       </c>
       <c r="I287" s="3" t="inlineStr">
         <is>
-          <t>2,455KM</t>
+          <t>16835KM</t>
         </is>
       </c>
       <c r="J287" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K287" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L287" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3"/>
       <c r="B288" s="4"/>
       <c r="C288" s="4"/>
       <c r="D288" s="4"/>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3"/>
       <c r="I288" s="3"/>
       <c r="J288" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K288" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L288" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
-      <c r="A289" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E289" s="3" t="inlineStr">
+      <c r="A289" s="3"/>
+      <c r="B289" s="4"/>
+      <c r="C289" s="4"/>
+      <c r="D289" s="4"/>
+      <c r="E289" s="3"/>
+      <c r="F289" s="3"/>
+      <c r="G289" s="3"/>
+      <c r="H289" s="3"/>
+      <c r="I289" s="3"/>
+      <c r="J289" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K289" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L289" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
+      <c r="A290" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B290" s="4" t="inlineStr">
+        <is>
+          <t>106호8730</t>
+        </is>
+      </c>
+      <c r="C290" s="4" t="inlineStr">
+        <is>
+          <t>싼타페MX5 가솔린2.5T 4WD 6인승캘리그래피(피칸
+브라운투톤(나파))</t>
+        </is>
+      </c>
+      <c r="D290" s="4" t="inlineStr">
+        <is>
+          <t>BOSE프리미엄사운드시스템,듀얼와이드선루프,빌
+트인캠2,파킹어시스트플러스2,현대스마트센스</t>
+        </is>
+      </c>
+      <c r="E290" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F289" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I290" s="3"/>
+      <c r="F290" s="3" t="inlineStr">
+        <is>
+          <t>크리미 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G290" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H290" s="3" t="inlineStr">
+        <is>
+          <t>24년09월</t>
+        </is>
+      </c>
+      <c r="I290" s="3" t="inlineStr">
+        <is>
+          <t>7850KM</t>
+        </is>
+      </c>
       <c r="J290" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K290" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L290" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
-      <c r="A291" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A291" s="3"/>
+      <c r="B291" s="4"/>
+      <c r="C291" s="4"/>
+      <c r="D291" s="4"/>
+      <c r="E291" s="3"/>
+      <c r="F291" s="3"/>
+      <c r="G291" s="3"/>
+      <c r="H291" s="3"/>
+      <c r="I291" s="3"/>
       <c r="J291" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K291" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>400</t>
         </is>
       </c>
       <c r="L291" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3"/>
       <c r="B292" s="4"/>
       <c r="C292" s="4"/>
       <c r="D292" s="4"/>
       <c r="E292" s="3"/>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3"/>
       <c r="I292" s="3"/>
       <c r="J292" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K292" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L292" s="3" t="inlineStr">
+        <is>
+          <t>1,150,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
+      <c r="A293" s="3"/>
+      <c r="B293" s="4"/>
+      <c r="C293" s="4"/>
+      <c r="D293" s="4"/>
+      <c r="E293" s="3"/>
+      <c r="F293" s="3"/>
+      <c r="G293" s="3"/>
+      <c r="H293" s="3"/>
+      <c r="I293" s="3"/>
+      <c r="J293" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K292" s="3" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E293" s="3" t="inlineStr">
+      <c r="K293" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L293" s="3" t="inlineStr">
+        <is>
+          <t>1,100,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
+      <c r="A294" s="3"/>
+      <c r="B294" s="4"/>
+      <c r="C294" s="4"/>
+      <c r="D294" s="4"/>
+      <c r="E294" s="3"/>
+      <c r="F294" s="3"/>
+      <c r="G294" s="3"/>
+      <c r="H294" s="3"/>
+      <c r="I294" s="3"/>
+      <c r="J294" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K294" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L294" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
+      <c r="A295" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B295" s="4" t="inlineStr">
+        <is>
+          <t>106호8834</t>
+        </is>
+      </c>
+      <c r="C295" s="4" t="inlineStr">
+        <is>
+          <t>XM3 아르카나 1.6 GTE 아이코닉</t>
+        </is>
+      </c>
+      <c r="D295" s="4"/>
+      <c r="E295" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F293" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G293" s="3" t="inlineStr">
+      <c r="F295" s="3" t="inlineStr">
+        <is>
+          <t>클라우드펄</t>
+        </is>
+      </c>
+      <c r="G295" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H293" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K293" s="3" t="inlineStr">
+      <c r="H295" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I295" s="3" t="inlineStr">
+        <is>
+          <t>16,300KM</t>
+        </is>
+      </c>
+      <c r="J295" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K295" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L293" s="3" t="inlineStr">
-[...58 lines deleted...]
-      <c r="K294" s="3" t="inlineStr">
+      <c r="L295" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
+      <c r="A296" s="3"/>
+      <c r="B296" s="4"/>
+      <c r="C296" s="4"/>
+      <c r="D296" s="4"/>
+      <c r="E296" s="3"/>
+      <c r="F296" s="3"/>
+      <c r="G296" s="3"/>
+      <c r="H296" s="3"/>
+      <c r="I296" s="3"/>
+      <c r="J296" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K296" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L294" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L296" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3"/>
       <c r="B297" s="4"/>
       <c r="C297" s="4"/>
       <c r="D297" s="4"/>
       <c r="E297" s="3"/>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3"/>
       <c r="I297" s="3"/>
       <c r="J297" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K297" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L297" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3"/>
       <c r="B298" s="4"/>
       <c r="C298" s="4"/>
       <c r="D298" s="4"/>
       <c r="E298" s="3"/>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3"/>
       <c r="I298" s="3"/>
       <c r="J298" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K298" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L298" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
-      <c r="A299" s="3" t="inlineStr">
+      <c r="A299" s="3"/>
+      <c r="B299" s="4"/>
+      <c r="C299" s="4"/>
+      <c r="D299" s="4"/>
+      <c r="E299" s="3"/>
+      <c r="F299" s="3"/>
+      <c r="G299" s="3"/>
+      <c r="H299" s="3"/>
+      <c r="I299" s="3"/>
+      <c r="J299" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K299" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L299" s="3" t="inlineStr">
+        <is>
+          <t>500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B299" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="E299" s="3" t="inlineStr">
+      <c r="B300" s="4" t="inlineStr">
+        <is>
+          <t>106호9051</t>
+        </is>
+      </c>
+      <c r="C300" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타DN8 The Edge가솔린 1.6T-GDi익스클
+루시브</t>
+        </is>
+      </c>
+      <c r="D300" s="4"/>
+      <c r="E300" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F299" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G299" s="3" t="inlineStr">
+      <c r="F300" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G300" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H299" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J299" s="3" t="inlineStr">
+      <c r="H300" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I300" s="3" t="inlineStr">
+        <is>
+          <t>9,010KM</t>
+        </is>
+      </c>
+      <c r="J300" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K299" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K300" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L300" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3"/>
       <c r="B301" s="4"/>
       <c r="C301" s="4"/>
       <c r="D301" s="4"/>
       <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3"/>
       <c r="I301" s="3"/>
       <c r="J301" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K301" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L301" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="3"/>
       <c r="B302" s="4"/>
       <c r="C302" s="4"/>
       <c r="D302" s="4"/>
       <c r="E302" s="3"/>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3"/>
       <c r="I302" s="3"/>
       <c r="J302" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K302" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L302" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="3"/>
       <c r="B303" s="4"/>
       <c r="C303" s="4"/>
       <c r="D303" s="4"/>
       <c r="E303" s="3"/>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3"/>
       <c r="I303" s="3"/>
       <c r="J303" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K303" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L303" s="3" t="inlineStr">
+        <is>
+          <t>710,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
+      <c r="A304" s="3"/>
+      <c r="B304" s="4"/>
+      <c r="C304" s="4"/>
+      <c r="D304" s="4"/>
+      <c r="E304" s="3"/>
+      <c r="F304" s="3"/>
+      <c r="G304" s="3"/>
+      <c r="H304" s="3"/>
+      <c r="I304" s="3"/>
+      <c r="J304" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K303" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A304" s="3" t="inlineStr">
+      <c r="K304" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L304" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
+      <c r="A305" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B304" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E304" s="3" t="inlineStr">
+      <c r="B305" s="4" t="inlineStr">
+        <is>
+          <t>106호4778</t>
+        </is>
+      </c>
+      <c r="C305" s="4" t="inlineStr">
+        <is>
+          <t>The K5자가용GSL2.0프레스티지</t>
+        </is>
+      </c>
+      <c r="D305" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,드라이브와이즈,스타일</t>
+        </is>
+      </c>
+      <c r="E305" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F304" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G304" s="3" t="inlineStr">
+      <c r="F305" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G305" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H304" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J304" s="3" t="inlineStr">
+      <c r="H305" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I305" s="3" t="inlineStr">
+        <is>
+          <t>16,000KM</t>
+        </is>
+      </c>
+      <c r="J305" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K304" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K305" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L305" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="3"/>
       <c r="B306" s="4"/>
       <c r="C306" s="4"/>
       <c r="D306" s="4"/>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3"/>
       <c r="I306" s="3"/>
       <c r="J306" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K306" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L306" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="3"/>
       <c r="B307" s="4"/>
       <c r="C307" s="4"/>
       <c r="D307" s="4"/>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3"/>
       <c r="I307" s="3"/>
       <c r="J307" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K307" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L307" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="3"/>
       <c r="B308" s="4"/>
       <c r="C308" s="4"/>
       <c r="D308" s="4"/>
       <c r="E308" s="3"/>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3"/>
       <c r="I308" s="3"/>
       <c r="J308" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K308" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L308" s="3" t="inlineStr">
+        <is>
+          <t>710,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
+      <c r="A309" s="3"/>
+      <c r="B309" s="4"/>
+      <c r="C309" s="4"/>
+      <c r="D309" s="4"/>
+      <c r="E309" s="3"/>
+      <c r="F309" s="3"/>
+      <c r="G309" s="3"/>
+      <c r="H309" s="3"/>
+      <c r="I309" s="3"/>
+      <c r="J309" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K308" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A309" s="3" t="inlineStr">
+      <c r="K309" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L309" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
+      <c r="A310" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B309" s="4" t="inlineStr">
-[...11 lines deleted...]
-      <c r="E309" s="3" t="inlineStr">
+      <c r="B310" s="4" t="inlineStr">
+        <is>
+          <t>106호6692</t>
+        </is>
+      </c>
+      <c r="C310" s="4" t="inlineStr">
+        <is>
+          <t>MINI Countryman S ALL4</t>
+        </is>
+      </c>
+      <c r="D310" s="4"/>
+      <c r="E310" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F309" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G309" s="3" t="inlineStr">
+      <c r="F310" s="3" t="inlineStr">
+        <is>
+          <t>레드</t>
+        </is>
+      </c>
+      <c r="G310" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H309" s="3" t="inlineStr">
-[...34 lines deleted...]
-      <c r="I310" s="3"/>
+      <c r="H310" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I310" s="3" t="inlineStr">
+        <is>
+          <t>200KM</t>
+        </is>
+      </c>
       <c r="J310" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K310" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L310" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>1,180,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="3"/>
       <c r="B311" s="4"/>
       <c r="C311" s="4"/>
       <c r="D311" s="4"/>
       <c r="E311" s="3"/>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3"/>
       <c r="I311" s="3"/>
       <c r="J311" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K311" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L311" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,140,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="3"/>
       <c r="B312" s="4"/>
       <c r="C312" s="4"/>
       <c r="D312" s="4"/>
       <c r="E312" s="3"/>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3"/>
       <c r="I312" s="3"/>
       <c r="J312" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K312" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L312" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3"/>
       <c r="B313" s="4"/>
       <c r="C313" s="4"/>
       <c r="D313" s="4"/>
       <c r="E313" s="3"/>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3"/>
       <c r="I313" s="3"/>
       <c r="J313" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K313" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L313" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B314" s="4" t="inlineStr">
         <is>
-          <t>106호4135</t>
+          <t>106호6721</t>
         </is>
       </c>
       <c r="C314" s="4" t="inlineStr">
         <is>
-          <t>벤츠 더뉴 E200 아방가르드</t>
+          <t>더뉴 티볼리 1.6V1</t>
         </is>
       </c>
       <c r="D314" s="4"/>
       <c r="E314" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F314" s="3" t="inlineStr">
         <is>
-          <t>진주색</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G314" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H314" s="3" t="inlineStr">
         <is>
-          <t>24년06월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I314" s="3" t="inlineStr">
         <is>
-          <t>15,500KM</t>
+          <t>150KM</t>
         </is>
       </c>
       <c r="J314" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K314" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L314" s="3" t="inlineStr">
         <is>
-          <t>2,200,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="3"/>
       <c r="B315" s="4"/>
       <c r="C315" s="4"/>
       <c r="D315" s="4"/>
       <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3"/>
       <c r="I315" s="3"/>
       <c r="J315" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K315" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L315" s="3" t="inlineStr">
         <is>
-          <t>1,900,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3"/>
       <c r="B316" s="4"/>
       <c r="C316" s="4"/>
       <c r="D316" s="4"/>
       <c r="E316" s="3"/>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3"/>
       <c r="I316" s="3"/>
       <c r="J316" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K316" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L316" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>525,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3"/>
       <c r="B317" s="4"/>
       <c r="C317" s="4"/>
       <c r="D317" s="4"/>
       <c r="E317" s="3"/>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3"/>
       <c r="I317" s="3"/>
       <c r="J317" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K317" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L317" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3"/>
       <c r="B318" s="4"/>
       <c r="C318" s="4"/>
       <c r="D318" s="4"/>
       <c r="E318" s="3"/>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3"/>
       <c r="I318" s="3"/>
       <c r="J318" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K318" s="3" t="inlineStr">
         <is>
-          <t>700</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L318" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>475,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B319" s="4" t="inlineStr">
         <is>
-          <t>106호4778</t>
+          <t>106호6738</t>
         </is>
       </c>
       <c r="C319" s="4" t="inlineStr">
         <is>
-          <t>The K5자가용GSL2.0프레스티지</t>
-[...6 lines deleted...]
-      </c>
+          <t>MINI Countryman S ALL4 Favoure
+d</t>
+        </is>
+      </c>
+      <c r="D319" s="4"/>
       <c r="E319" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
-          <t>스노우화이트펄</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G319" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H319" s="3" t="inlineStr">
         <is>
-          <t>25년01월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I319" s="3" t="inlineStr">
         <is>
-          <t>16,000KM</t>
+          <t>200KM</t>
         </is>
       </c>
       <c r="J319" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K319" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L319" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="3"/>
       <c r="B320" s="4"/>
       <c r="C320" s="4"/>
       <c r="D320" s="4"/>
       <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3"/>
       <c r="I320" s="3"/>
       <c r="J320" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K320" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L320" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3"/>
       <c r="B321" s="4"/>
       <c r="C321" s="4"/>
       <c r="D321" s="4"/>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3"/>
       <c r="I321" s="3"/>
       <c r="J321" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K321" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L321" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3"/>
       <c r="B322" s="4"/>
       <c r="C322" s="4"/>
       <c r="D322" s="4"/>
       <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3"/>
       <c r="I322" s="3"/>
       <c r="J322" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K322" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L322" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3"/>
       <c r="B323" s="4"/>
       <c r="C323" s="4"/>
       <c r="D323" s="4"/>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3"/>
       <c r="I323" s="3"/>
       <c r="J323" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K323" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L323" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
       <c r="B324" s="4" t="inlineStr">
         <is>
-          <t>106호6692</t>
+          <t>106호8892</t>
         </is>
       </c>
       <c r="C324" s="4" t="inlineStr">
         <is>
-          <t>MINI Countryman S ALL4</t>
+          <t>폭스바겐 제타 1.5 TSI Prestige</t>
         </is>
       </c>
       <c r="D324" s="4"/>
       <c r="E324" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F324" s="3" t="inlineStr">
         <is>
-          <t>레드</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G324" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H324" s="3" t="inlineStr">
         <is>
-          <t>25년02월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I324" s="3" t="inlineStr">
         <is>
-          <t>200KM</t>
+          <t>29,000KM</t>
         </is>
       </c>
       <c r="J324" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K324" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L324" s="3" t="inlineStr">
         <is>
-          <t>1,180,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="3"/>
       <c r="B325" s="4"/>
       <c r="C325" s="4"/>
       <c r="D325" s="4"/>
       <c r="E325" s="3"/>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3"/>
       <c r="I325" s="3"/>
       <c r="J325" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K325" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L325" s="3" t="inlineStr">
         <is>
-          <t>1,140,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3"/>
       <c r="B326" s="4"/>
       <c r="C326" s="4"/>
       <c r="D326" s="4"/>
       <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3"/>
       <c r="I326" s="3"/>
       <c r="J326" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K326" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L326" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>740,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="3"/>
       <c r="B327" s="4"/>
       <c r="C327" s="4"/>
       <c r="D327" s="4"/>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3"/>
       <c r="I327" s="3"/>
       <c r="J327" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K327" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L327" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
+      <c r="A328" s="3"/>
+      <c r="B328" s="4"/>
+      <c r="C328" s="4"/>
+      <c r="D328" s="4"/>
+      <c r="E328" s="3"/>
+      <c r="F328" s="3"/>
+      <c r="G328" s="3"/>
+      <c r="H328" s="3"/>
+      <c r="I328" s="3"/>
+      <c r="J328" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K327" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A328" s="3" t="inlineStr">
+      <c r="K328" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L328" s="3" t="inlineStr">
+        <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
+      <c r="A329" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B328" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E328" s="3" t="inlineStr">
+      <c r="B329" s="4" t="inlineStr">
+        <is>
+          <t>106호6986</t>
+        </is>
+      </c>
+      <c r="C329" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3)2.0 LPI 프레스티지</t>
+        </is>
+      </c>
+      <c r="D329" s="4"/>
+      <c r="E329" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F328" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I329" s="3"/>
+      <c r="F329" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G329" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H329" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I329" s="3" t="inlineStr">
+        <is>
+          <t>41,100KM</t>
+        </is>
+      </c>
       <c r="J329" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K329" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L329" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="3"/>
       <c r="B330" s="4"/>
       <c r="C330" s="4"/>
       <c r="D330" s="4"/>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3"/>
       <c r="I330" s="3"/>
       <c r="J330" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K330" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L330" s="3" t="inlineStr">
         <is>
-          <t>525,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="3"/>
       <c r="B331" s="4"/>
       <c r="C331" s="4"/>
       <c r="D331" s="4"/>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3"/>
       <c r="I331" s="3"/>
       <c r="J331" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K331" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L331" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="3"/>
       <c r="B332" s="4"/>
       <c r="C332" s="4"/>
       <c r="D332" s="4"/>
       <c r="E332" s="3"/>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3"/>
       <c r="I332" s="3"/>
       <c r="J332" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K332" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L332" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
+      <c r="A333" s="3"/>
+      <c r="B333" s="4"/>
+      <c r="C333" s="4"/>
+      <c r="D333" s="4"/>
+      <c r="E333" s="3"/>
+      <c r="F333" s="3"/>
+      <c r="G333" s="3"/>
+      <c r="H333" s="3"/>
+      <c r="I333" s="3"/>
+      <c r="J333" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K333" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L333" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
+      <c r="A334" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B334" s="4" t="inlineStr">
+        <is>
+          <t>106호4366</t>
+        </is>
+      </c>
+      <c r="C334" s="4" t="inlineStr">
+        <is>
+          <t>XM3 아르카나 1.6 GTE 아이코닉</t>
+        </is>
+      </c>
+      <c r="D334" s="4"/>
+      <c r="E334" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F334" s="3" t="inlineStr">
+        <is>
+          <t>클라우드펄</t>
+        </is>
+      </c>
+      <c r="G334" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H334" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I334" s="3" t="inlineStr">
+        <is>
+          <t>27,800KM</t>
+        </is>
+      </c>
+      <c r="J334" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K334" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K332" s="3" t="inlineStr">
-[...88 lines deleted...]
-      </c>
       <c r="L334" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="3"/>
       <c r="B335" s="4"/>
       <c r="C335" s="4"/>
       <c r="D335" s="4"/>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3"/>
       <c r="I335" s="3"/>
       <c r="J335" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K335" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L335" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="3"/>
       <c r="B336" s="4"/>
       <c r="C336" s="4"/>
       <c r="D336" s="4"/>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3"/>
       <c r="I336" s="3"/>
       <c r="J336" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K336" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L336" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="3"/>
       <c r="B337" s="4"/>
       <c r="C337" s="4"/>
       <c r="D337" s="4"/>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3"/>
       <c r="I337" s="3"/>
       <c r="J337" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K337" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K337" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L337" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
-      <c r="A338" s="3" t="inlineStr">
+      <c r="A338" s="3"/>
+      <c r="B338" s="4"/>
+      <c r="C338" s="4"/>
+      <c r="D338" s="4"/>
+      <c r="E338" s="3"/>
+      <c r="F338" s="3"/>
+      <c r="G338" s="3"/>
+      <c r="H338" s="3"/>
+      <c r="I338" s="3"/>
+      <c r="J338" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K338" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L338" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
+      <c r="A339" s="3" t="inlineStr">
         <is>
           <t>CNC</t>
         </is>
       </c>
-      <c r="B338" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E338" s="3" t="inlineStr">
+      <c r="B339" s="4" t="inlineStr">
+        <is>
+          <t>106호6689</t>
+        </is>
+      </c>
+      <c r="C339" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토5인승2.2디젤프레스티지4WD</t>
+        </is>
+      </c>
+      <c r="D339" s="4"/>
+      <c r="E339" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F338" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J338" s="3" t="inlineStr">
+      <c r="F339" s="3" t="inlineStr">
+        <is>
+          <t>스노우화이트펄</t>
+        </is>
+      </c>
+      <c r="G339" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H339" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I339" s="3" t="inlineStr">
+        <is>
+          <t>50KM</t>
+        </is>
+      </c>
+      <c r="J339" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K338" s="3" t="inlineStr">
+      <c r="K339" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L338" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L339" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="3"/>
       <c r="B340" s="4"/>
       <c r="C340" s="4"/>
       <c r="D340" s="4"/>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3"/>
       <c r="I340" s="3"/>
       <c r="J340" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K340" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L340" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="3"/>
       <c r="B341" s="4"/>
       <c r="C341" s="4"/>
       <c r="D341" s="4"/>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3"/>
       <c r="I341" s="3"/>
       <c r="J341" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K341" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L341" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>980,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="3"/>
       <c r="B342" s="4"/>
       <c r="C342" s="4"/>
       <c r="D342" s="4"/>
       <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3"/>
       <c r="I342" s="3"/>
       <c r="J342" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K342" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L342" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
+      <c r="A343" s="3"/>
+      <c r="B343" s="4"/>
+      <c r="C343" s="4"/>
+      <c r="D343" s="4"/>
+      <c r="E343" s="3"/>
+      <c r="F343" s="3"/>
+      <c r="G343" s="3"/>
+      <c r="H343" s="3"/>
+      <c r="I343" s="3"/>
+      <c r="J343" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K342" s="3" t="inlineStr">
+      <c r="K343" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L342" s="3" t="inlineStr">
-[...27 lines deleted...]
-      <c r="E343" s="3" t="inlineStr">
+      <c r="L343" s="3" t="inlineStr">
+        <is>
+          <t>920,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
+      <c r="A344" s="3" t="inlineStr">
+        <is>
+          <t>CNC</t>
+        </is>
+      </c>
+      <c r="B344" s="4" t="inlineStr">
+        <is>
+          <t>106호6243</t>
+        </is>
+      </c>
+      <c r="C344" s="4" t="inlineStr">
+        <is>
+          <t>액티언 하이브리드 S8</t>
+        </is>
+      </c>
+      <c r="D344" s="4" t="inlineStr">
+        <is>
+          <t>3D어라운드 뷰 모니터링 시스템 딥컨트롤 패키
+지2, 20인치 미쉐린 흡음형 타이어, 블랙 
+스웨이드 퀼링 인테리어</t>
+        </is>
+      </c>
+      <c r="E344" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F343" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J343" s="3" t="inlineStr">
+      <c r="F344" s="3" t="inlineStr">
+        <is>
+          <t>그랜트화이트</t>
+        </is>
+      </c>
+      <c r="G344" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H344" s="3" t="inlineStr">
+        <is>
+          <t>26년03월</t>
+        </is>
+      </c>
+      <c r="I344" s="3" t="inlineStr">
+        <is>
+          <t>20KM</t>
+        </is>
+      </c>
+      <c r="J344" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K343" s="3" t="inlineStr">
+      <c r="K344" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L343" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L344" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="3"/>
       <c r="B345" s="4"/>
       <c r="C345" s="4"/>
       <c r="D345" s="4"/>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3"/>
       <c r="I345" s="3"/>
       <c r="J345" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K345" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L345" s="3" t="inlineStr">
+        <is>
+          <t>880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
+      <c r="A346" s="3"/>
+      <c r="B346" s="4"/>
+      <c r="C346" s="4"/>
+      <c r="D346" s="4"/>
+      <c r="E346" s="3"/>
+      <c r="F346" s="3"/>
+      <c r="G346" s="3"/>
+      <c r="H346" s="3"/>
+      <c r="I346" s="3"/>
+      <c r="J346" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K345" s="3" t="inlineStr">
+      <c r="K346" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L345" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L346" s="3" t="inlineStr">
         <is>
-          <t>1,380,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="3"/>
       <c r="B347" s="4"/>
       <c r="C347" s="4"/>
       <c r="D347" s="4"/>
       <c r="E347" s="3"/>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3"/>
       <c r="I347" s="3"/>
       <c r="J347" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K347" s="3" t="inlineStr">
         <is>
-          <t>190</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L347" s="3" t="inlineStr">
         <is>
-          <t>1,380,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="3" t="inlineStr">
         <is>
           <t>DY</t>
         </is>
       </c>
       <c r="B348" s="4" t="inlineStr">
         <is>
-          <t>109허7523</t>
+          <t>109하7631</t>
         </is>
       </c>
       <c r="C348" s="4" t="inlineStr">
         <is>
-          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
-니스 1</t>
+          <t>디 올뉴팰리세이드 가솔린 2.5 터보 2WD 9인승 익
+스클루시브</t>
         </is>
       </c>
       <c r="D348" s="4" t="inlineStr">
         <is>
-          <t>익스테리어디자인3, 현대스마트센스, 인포테인먼
-트 내비1</t>
+          <t>현대스마트센스, 듀얼 와이드 선루프, 컴포트</t>
         </is>
       </c>
       <c r="E348" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F348" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
       <c r="G348" s="3" t="inlineStr">
         <is>
-          <t>LPG</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H348" s="3" t="inlineStr">
         <is>
-          <t>24년12월</t>
+          <t>25년02월</t>
         </is>
       </c>
       <c r="I348" s="3" t="inlineStr">
         <is>
-          <t>36,600KM</t>
+          <t>19,100KM</t>
         </is>
       </c>
       <c r="J348" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K348" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L348" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="3"/>
       <c r="B349" s="4"/>
       <c r="C349" s="4"/>
       <c r="D349" s="4"/>
       <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3"/>
       <c r="I349" s="3"/>
       <c r="J349" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K349" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L349" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="3"/>
       <c r="B350" s="4"/>
       <c r="C350" s="4"/>
       <c r="D350" s="4"/>
       <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3"/>
       <c r="I350" s="3"/>
       <c r="J350" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K350" s="3" t="inlineStr">
         <is>
-          <t>90</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L350" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="3" t="inlineStr">
         <is>
-          <t>EV</t>
+          <t>DY</t>
         </is>
       </c>
       <c r="B351" s="4" t="inlineStr">
         <is>
-          <t>142호5386</t>
+          <t>109하7986</t>
         </is>
       </c>
       <c r="C351" s="4" t="inlineStr">
         <is>
-          <t>싼타페 (MX5) 가솔린 2.5T 2WD 캘리그래피</t>
-[...8 lines deleted...]
-      </c>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 2</t>
+        </is>
+      </c>
+      <c r="D351" s="4"/>
       <c r="E351" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F351" s="3" t="inlineStr">
         <is>
-          <t>블랙</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G351" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H351" s="3" t="inlineStr">
         <is>
-          <t>24년06월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I351" s="3" t="inlineStr">
         <is>
-          <t>30,833KM</t>
+          <t>8,800KM</t>
         </is>
       </c>
       <c r="J351" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K351" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L351" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="3"/>
       <c r="B352" s="4"/>
       <c r="C352" s="4"/>
       <c r="D352" s="4"/>
       <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3"/>
       <c r="I352" s="3"/>
       <c r="J352" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K352" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L352" s="3" t="inlineStr">
         <is>
-          <t>970,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
-      <c r="A353" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E353" s="3" t="inlineStr">
+      <c r="A353" s="3"/>
+      <c r="B353" s="4"/>
+      <c r="C353" s="4"/>
+      <c r="D353" s="4"/>
+      <c r="E353" s="3"/>
+      <c r="F353" s="3"/>
+      <c r="G353" s="3"/>
+      <c r="H353" s="3"/>
+      <c r="I353" s="3"/>
+      <c r="J353" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K353" s="3" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="L353" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
+      <c r="A354" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B354" s="4" t="inlineStr">
+        <is>
+          <t>109허7496</t>
+        </is>
+      </c>
+      <c r="C354" s="4" t="inlineStr">
+        <is>
+          <t>그랑 콜레오스 하이브리드 1.5 HEV 에스프리 알핀</t>
+        </is>
+      </c>
+      <c r="D354" s="4"/>
+      <c r="E354" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F353" s="3" t="inlineStr">
-[...24 lines deleted...]
-      <c r="K353" s="3" t="inlineStr">
+      <c r="F354" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G354" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H354" s="3" t="inlineStr">
+        <is>
+          <t>24년09월</t>
+        </is>
+      </c>
+      <c r="I354" s="3" t="inlineStr">
+        <is>
+          <t>16,000KM</t>
+        </is>
+      </c>
+      <c r="J354" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K354" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L353" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L354" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="3"/>
       <c r="B355" s="4"/>
       <c r="C355" s="4"/>
       <c r="D355" s="4"/>
       <c r="E355" s="3"/>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3"/>
       <c r="I355" s="3"/>
       <c r="J355" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K355" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L355" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
-      <c r="A356" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E356" s="3" t="inlineStr">
+      <c r="A356" s="3"/>
+      <c r="B356" s="4"/>
+      <c r="C356" s="4"/>
+      <c r="D356" s="4"/>
+      <c r="E356" s="3"/>
+      <c r="F356" s="3"/>
+      <c r="G356" s="3"/>
+      <c r="H356" s="3"/>
+      <c r="I356" s="3"/>
+      <c r="J356" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K356" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L356" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
+      <c r="A357" s="3" t="inlineStr">
+        <is>
+          <t>DY</t>
+        </is>
+      </c>
+      <c r="B357" s="4" t="inlineStr">
+        <is>
+          <t>109허7799</t>
+        </is>
+      </c>
+      <c r="C357" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 익스클
+루시브</t>
+        </is>
+      </c>
+      <c r="D357" s="4" t="inlineStr">
+        <is>
+          <t>동승석8WAY전동시트, 베스트셀렉션1</t>
+        </is>
+      </c>
+      <c r="E357" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F356" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G356" s="3" t="inlineStr">
+      <c r="F357" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G357" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H356" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J356" s="3" t="inlineStr">
+      <c r="H357" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I357" s="3" t="inlineStr">
+        <is>
+          <t>2,300KM</t>
+        </is>
+      </c>
+      <c r="J357" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K357" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L357" s="3" t="inlineStr">
+        <is>
+          <t>880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
+      <c r="A358" s="3"/>
+      <c r="B358" s="4"/>
+      <c r="C358" s="4"/>
+      <c r="D358" s="4"/>
+      <c r="E358" s="3"/>
+      <c r="F358" s="3"/>
+      <c r="G358" s="3"/>
+      <c r="H358" s="3"/>
+      <c r="I358" s="3"/>
+      <c r="J358" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K356" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K358" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L358" s="3" t="inlineStr">
         <is>
-          <t>1,070,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="3"/>
       <c r="B359" s="4"/>
       <c r="C359" s="4"/>
       <c r="D359" s="4"/>
       <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3"/>
       <c r="I359" s="3"/>
       <c r="J359" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K359" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L359" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B360" s="4" t="inlineStr">
         <is>
-          <t>109허7684</t>
+          <t>142호5386</t>
         </is>
       </c>
       <c r="C360" s="4" t="inlineStr">
         <is>
-          <t>더 뉴K5(DL3) 2.0 가솔린 노블레스</t>
+          <t>싼타페 (MX5) 가솔린 2.5T 2WD 캘리그래피</t>
         </is>
       </c>
       <c r="D360" s="4" t="inlineStr">
         <is>
-          <t>기본형-드라이브와이즈</t>
+          <t>빌트인캠2, BOSE프리미엄사운드시스템, 듀얼
+와이드선루프, 현대스마트센스, 파킹어시스트플러
+스2</t>
         </is>
       </c>
       <c r="E360" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F360" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>블랙</t>
         </is>
       </c>
       <c r="G360" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H360" s="3" t="inlineStr">
         <is>
-          <t>25년07월</t>
+          <t>24년06월</t>
         </is>
       </c>
       <c r="I360" s="3" t="inlineStr">
         <is>
-          <t>8,701KM</t>
+          <t>30,833KM</t>
         </is>
       </c>
       <c r="J360" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K360" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L360" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="3"/>
       <c r="B361" s="4"/>
       <c r="C361" s="4"/>
       <c r="D361" s="4"/>
       <c r="E361" s="3"/>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3"/>
       <c r="I361" s="3"/>
       <c r="J361" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K361" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L361" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
-      <c r="A362" s="3"/>
-[...7 lines deleted...]
-      <c r="I362" s="3"/>
+      <c r="A362" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B362" s="4" t="inlineStr">
+        <is>
+          <t>109허7702</t>
+        </is>
+      </c>
+      <c r="C362" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K5 3세대 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D362" s="4" t="inlineStr">
+        <is>
+          <t>클러스터, 드라이브와이즈, 스타일</t>
+        </is>
+      </c>
+      <c r="E362" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F362" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G362" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H362" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I362" s="3" t="inlineStr">
+        <is>
+          <t>4,501KM</t>
+        </is>
+      </c>
       <c r="J362" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K362" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L362" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
-      <c r="A363" s="3" t="inlineStr">
+      <c r="A363" s="3"/>
+      <c r="B363" s="4"/>
+      <c r="C363" s="4"/>
+      <c r="D363" s="4"/>
+      <c r="E363" s="3"/>
+      <c r="F363" s="3"/>
+      <c r="G363" s="3"/>
+      <c r="H363" s="3"/>
+      <c r="I363" s="3"/>
+      <c r="J363" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K363" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L363" s="3" t="inlineStr">
+        <is>
+          <t>635,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
+      <c r="A364" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B363" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E363" s="3" t="inlineStr">
+      <c r="B364" s="4" t="inlineStr">
+        <is>
+          <t>109허7684</t>
+        </is>
+      </c>
+      <c r="C364" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 노블레스</t>
+        </is>
+      </c>
+      <c r="D364" s="4" t="inlineStr">
+        <is>
+          <t>기본형-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E364" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F363" s="3" t="inlineStr">
+      <c r="F364" s="3" t="inlineStr">
         <is>
           <t>화이트펄</t>
         </is>
       </c>
-      <c r="G363" s="3" t="inlineStr">
+      <c r="G364" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H363" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J363" s="3" t="inlineStr">
+      <c r="H364" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I364" s="3" t="inlineStr">
+        <is>
+          <t>8,701KM</t>
+        </is>
+      </c>
+      <c r="J364" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K363" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K364" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L364" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="3"/>
       <c r="B365" s="4"/>
       <c r="C365" s="4"/>
       <c r="D365" s="4"/>
       <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3"/>
       <c r="I365" s="3"/>
       <c r="J365" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K365" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L365" s="3" t="inlineStr">
+        <is>
+          <t>695,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
+      <c r="A366" s="3"/>
+      <c r="B366" s="4"/>
+      <c r="C366" s="4"/>
+      <c r="D366" s="4"/>
+      <c r="E366" s="3"/>
+      <c r="F366" s="3"/>
+      <c r="G366" s="3"/>
+      <c r="H366" s="3"/>
+      <c r="I366" s="3"/>
+      <c r="J366" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K365" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A366" s="3" t="inlineStr">
+      <c r="K366" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L366" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
+      <c r="A367" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B366" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E366" s="3" t="inlineStr">
+      <c r="B367" s="4" t="inlineStr">
+        <is>
+          <t>700호2224</t>
+        </is>
+      </c>
+      <c r="C367" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 11인승 스마트</t>
+        </is>
+      </c>
+      <c r="D367" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1</t>
+        </is>
+      </c>
+      <c r="E367" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F366" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J366" s="3" t="inlineStr">
+      <c r="F367" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G367" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H367" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I367" s="3" t="inlineStr">
+        <is>
+          <t>1,599KM</t>
+        </is>
+      </c>
+      <c r="J367" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K366" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K367" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L367" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="3"/>
       <c r="B368" s="4"/>
       <c r="C368" s="4"/>
       <c r="D368" s="4"/>
       <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3"/>
       <c r="I368" s="3"/>
       <c r="J368" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K368" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L368" s="3" t="inlineStr">
+        <is>
+          <t>740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
+      <c r="A369" s="3"/>
+      <c r="B369" s="4"/>
+      <c r="C369" s="4"/>
+      <c r="D369" s="4"/>
+      <c r="E369" s="3"/>
+      <c r="F369" s="3"/>
+      <c r="G369" s="3"/>
+      <c r="H369" s="3"/>
+      <c r="I369" s="3"/>
+      <c r="J369" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K368" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A369" s="3" t="inlineStr">
+      <c r="K369" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L369" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
+      <c r="A370" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B369" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E369" s="3" t="inlineStr">
+      <c r="B370" s="4" t="inlineStr">
+        <is>
+          <t>700호2225</t>
+        </is>
+      </c>
+      <c r="C370" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 11인승 스마트</t>
+        </is>
+      </c>
+      <c r="D370" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비플러스1</t>
+        </is>
+      </c>
+      <c r="E370" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F369" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J369" s="3" t="inlineStr">
+      <c r="F370" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G370" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H370" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I370" s="3" t="inlineStr">
+        <is>
+          <t>561KM</t>
+        </is>
+      </c>
+      <c r="J370" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K369" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K370" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L370" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="3"/>
       <c r="B371" s="4"/>
       <c r="C371" s="4"/>
       <c r="D371" s="4"/>
       <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3"/>
       <c r="I371" s="3"/>
       <c r="J371" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K371" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L371" s="3" t="inlineStr">
+        <is>
+          <t>740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
+      <c r="A372" s="3"/>
+      <c r="B372" s="4"/>
+      <c r="C372" s="4"/>
+      <c r="D372" s="4"/>
+      <c r="E372" s="3"/>
+      <c r="F372" s="3"/>
+      <c r="G372" s="3"/>
+      <c r="H372" s="3"/>
+      <c r="I372" s="3"/>
+      <c r="J372" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K371" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A372" s="3" t="inlineStr">
+      <c r="K372" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L372" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
+      <c r="A373" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B372" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E372" s="3" t="inlineStr">
+      <c r="B373" s="4" t="inlineStr">
+        <is>
+          <t>142호6477</t>
+        </is>
+      </c>
+      <c r="C373" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 투어러 9인승 모던</t>
+        </is>
+      </c>
+      <c r="D373" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인, 멀티미디어내비플러스2</t>
+        </is>
+      </c>
+      <c r="E373" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F372" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G372" s="3" t="inlineStr">
+      <c r="F373" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G373" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
-      <c r="H372" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="K372" s="3" t="inlineStr">
+      <c r="H373" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I373" s="3" t="inlineStr">
+        <is>
+          <t>13,827KM</t>
+        </is>
+      </c>
+      <c r="J373" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K373" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L372" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L373" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="3"/>
       <c r="B374" s="4"/>
       <c r="C374" s="4"/>
       <c r="D374" s="4"/>
       <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3"/>
       <c r="I374" s="3"/>
       <c r="J374" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K374" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L374" s="3" t="inlineStr">
+        <is>
+          <t>770,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
+      <c r="A375" s="3"/>
+      <c r="B375" s="4"/>
+      <c r="C375" s="4"/>
+      <c r="D375" s="4"/>
+      <c r="E375" s="3"/>
+      <c r="F375" s="3"/>
+      <c r="G375" s="3"/>
+      <c r="H375" s="3"/>
+      <c r="I375" s="3"/>
+      <c r="J375" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K374" s="3" t="inlineStr">
+      <c r="K375" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L374" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A375" s="3" t="inlineStr">
+      <c r="L375" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
+      <c r="A376" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B375" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E375" s="3" t="inlineStr">
+      <c r="B376" s="4" t="inlineStr">
+        <is>
+          <t>109허7711</t>
+        </is>
+      </c>
+      <c r="C376" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 2.2 디젤 라운지 7인승 4WD 인스퍼레이션</t>
+        </is>
+      </c>
+      <c r="D376" s="4" t="inlineStr">
+        <is>
+          <t>BOSE프리미엄사운드, 컴포트2</t>
+        </is>
+      </c>
+      <c r="E376" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F375" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G375" s="3" t="inlineStr">
+      <c r="F376" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G376" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
-      <c r="H375" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J375" s="3" t="inlineStr">
+      <c r="H376" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I376" s="3" t="inlineStr">
+        <is>
+          <t>3,229KM</t>
+        </is>
+      </c>
+      <c r="J376" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K375" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K376" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L376" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="3"/>
       <c r="B377" s="4"/>
       <c r="C377" s="4"/>
       <c r="D377" s="4"/>
       <c r="E377" s="3"/>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3"/>
       <c r="I377" s="3"/>
       <c r="J377" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K377" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L377" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
+      <c r="A378" s="3"/>
+      <c r="B378" s="4"/>
+      <c r="C378" s="4"/>
+      <c r="D378" s="4"/>
+      <c r="E378" s="3"/>
+      <c r="F378" s="3"/>
+      <c r="G378" s="3"/>
+      <c r="H378" s="3"/>
+      <c r="I378" s="3"/>
+      <c r="J378" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K377" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A378" s="3" t="inlineStr">
+      <c r="K378" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L378" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
+      <c r="A379" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B378" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E378" s="3" t="inlineStr">
+      <c r="B379" s="4" t="inlineStr">
+        <is>
+          <t>142호9406</t>
+        </is>
+      </c>
+      <c r="C379" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 1.6 가솔린 터보 시그니처</t>
+        </is>
+      </c>
+      <c r="D379" s="4" t="inlineStr">
+        <is>
+          <t>HUD+빌트인캠2, 스타일-컴포트, 선루프, 
+스타일, 크렐사운드</t>
+        </is>
+      </c>
+      <c r="E379" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F378" s="3" t="inlineStr">
-[...29 lines deleted...]
-      <c r="L378" s="3" t="inlineStr">
+      <c r="F379" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G379" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H379" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I379" s="3" t="inlineStr">
+        <is>
+          <t>8,900KM</t>
+        </is>
+      </c>
+      <c r="J379" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K379" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L379" s="3" t="inlineStr">
         <is>
           <t>830,000</t>
-        </is>
-[...24 lines deleted...]
-          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="3"/>
       <c r="B380" s="4"/>
       <c r="C380" s="4"/>
       <c r="D380" s="4"/>
       <c r="E380" s="3"/>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
       <c r="H380" s="3"/>
       <c r="I380" s="3"/>
       <c r="J380" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K380" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L380" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B381" s="4" t="inlineStr">
         <is>
-          <t>109하7611</t>
+          <t>109하7518</t>
         </is>
       </c>
       <c r="C381" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
         </is>
       </c>
       <c r="D381" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 드라이브와이즈, 내비게이션</t>
+          <t>기본형-클러스터, 컴포트, 드라이브와이즈</t>
         </is>
       </c>
       <c r="E381" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F381" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>회색</t>
         </is>
       </c>
       <c r="G381" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H381" s="3" t="inlineStr">
         <is>
-          <t>25년02월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I381" s="3" t="inlineStr">
         <is>
-          <t>12,048KM</t>
+          <t>19,165KM</t>
         </is>
       </c>
       <c r="J381" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K381" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L381" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="3"/>
       <c r="B382" s="4"/>
       <c r="C382" s="4"/>
       <c r="D382" s="4"/>
       <c r="E382" s="3"/>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
       <c r="H382" s="3"/>
       <c r="I382" s="3"/>
       <c r="J382" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K382" s="3" t="inlineStr">
         <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L382" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
+      <c r="A383" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B383" s="4" t="inlineStr">
+        <is>
+          <t>142호6951</t>
+        </is>
+      </c>
+      <c r="C383" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D383" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙 어시스턴스 패키지I</t>
+        </is>
+      </c>
+      <c r="E383" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F383" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G383" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H383" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I383" s="3" t="inlineStr">
+        <is>
+          <t>33,800KM</t>
+        </is>
+      </c>
+      <c r="J383" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K383" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L383" s="3" t="inlineStr">
+        <is>
+          <t>1,620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
+      <c r="A384" s="3"/>
+      <c r="B384" s="4"/>
+      <c r="C384" s="4"/>
+      <c r="D384" s="4"/>
+      <c r="E384" s="3"/>
+      <c r="F384" s="3"/>
+      <c r="G384" s="3"/>
+      <c r="H384" s="3"/>
+      <c r="I384" s="3"/>
+      <c r="J384" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K384" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L384" s="3" t="inlineStr">
+        <is>
+          <t>1,520,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
+      <c r="A385" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B385" s="4" t="inlineStr">
+        <is>
+          <t>142호5579</t>
+        </is>
+      </c>
+      <c r="C385" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D385" s="4" t="inlineStr">
+        <is>
+          <t>현대스마트센스2, 헤드업디스플레이, 플래티넘</t>
+        </is>
+      </c>
+      <c r="E385" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F385" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G385" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H385" s="3" t="inlineStr">
+        <is>
+          <t>24년09월</t>
+        </is>
+      </c>
+      <c r="I385" s="3" t="inlineStr">
+        <is>
+          <t>18,400KM</t>
+        </is>
+      </c>
+      <c r="J385" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K385" s="3" t="inlineStr">
+        <is>
           <t>100</t>
-        </is>
-[...112 lines deleted...]
-          <t>200</t>
         </is>
       </c>
       <c r="L385" s="3" t="inlineStr">
         <is>
           <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="3"/>
       <c r="B386" s="4"/>
       <c r="C386" s="4"/>
       <c r="D386" s="4"/>
       <c r="E386" s="3"/>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
       <c r="H386" s="3"/>
       <c r="I386" s="3"/>
       <c r="J386" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K386" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L386" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B387" s="4" t="inlineStr">
         <is>
-          <t>142호6917</t>
+          <t>142호8386</t>
         </is>
       </c>
       <c r="C387" s="4" t="inlineStr">
         <is>
-          <t>디 올뉴싼타페 가솔린 2.5 터보 2WD 5인승 프레스
-티지</t>
+          <t>더 뉴K8 2.5 GDI 시그니처</t>
         </is>
       </c>
       <c r="D387" s="4" t="inlineStr">
         <is>
-          <t>시트플러스</t>
+          <t>메리디안사운드, HUD, 기본형-드라이브와이즈
+, 프리미엄, 스마트커넥트</t>
         </is>
       </c>
       <c r="E387" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F387" s="3" t="inlineStr">
         <is>
-          <t>화이트펄</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G387" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H387" s="3" t="inlineStr">
         <is>
-          <t>24년10월</t>
+          <t>25년08월</t>
         </is>
       </c>
       <c r="I387" s="3" t="inlineStr">
         <is>
-          <t>15,900KM</t>
+          <t>37,600KM</t>
         </is>
       </c>
       <c r="J387" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K387" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L387" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>1,040,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="3"/>
       <c r="B388" s="4"/>
       <c r="C388" s="4"/>
       <c r="D388" s="4"/>
       <c r="E388" s="3"/>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3"/>
       <c r="I388" s="3"/>
       <c r="J388" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K388" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L388" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
       <c r="B389" s="4" t="inlineStr">
         <is>
-          <t>109하7516</t>
+          <t>142호7065</t>
         </is>
       </c>
       <c r="C389" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>더 뉴K8 2.5 GDI 시그니처 블랙</t>
         </is>
       </c>
       <c r="D389" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈, 기본형-컨비니언스, 내비게이션</t>
+          <t>기본형(네이비)-드라이브와이즈, 메리디안사운드
+, 선루프</t>
         </is>
       </c>
       <c r="E389" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F389" s="3" t="inlineStr">
         <is>
-          <t>미색</t>
+          <t>회색</t>
         </is>
       </c>
       <c r="G389" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H389" s="3" t="inlineStr">
         <is>
-          <t>24년10월</t>
+          <t>25년02월</t>
         </is>
       </c>
       <c r="I389" s="3" t="inlineStr">
         <is>
-          <t>18,536KM</t>
+          <t>13,400KM</t>
         </is>
       </c>
       <c r="J389" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K389" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L389" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="3"/>
       <c r="B390" s="4"/>
       <c r="C390" s="4"/>
       <c r="D390" s="4"/>
       <c r="E390" s="3"/>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3"/>
       <c r="I390" s="3"/>
       <c r="J390" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K390" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L390" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
+      <c r="A391" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B391" s="4" t="inlineStr">
+        <is>
+          <t>142호9440</t>
+        </is>
+      </c>
+      <c r="C391" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D391" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-클러스터</t>
+        </is>
+      </c>
+      <c r="E391" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F391" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G391" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H391" s="3" t="inlineStr">
+        <is>
+          <t>25년10월</t>
+        </is>
+      </c>
+      <c r="I391" s="3" t="inlineStr">
+        <is>
+          <t>2,100KM</t>
+        </is>
+      </c>
+      <c r="J391" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K390" s="3" t="inlineStr">
+      <c r="K391" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L390" s="3" t="inlineStr">
-[...15 lines deleted...]
-      <c r="J391" s="3" t="inlineStr">
+      <c r="L391" s="3" t="inlineStr">
+        <is>
+          <t>730,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
+      <c r="A392" s="3"/>
+      <c r="B392" s="4"/>
+      <c r="C392" s="4"/>
+      <c r="D392" s="4"/>
+      <c r="E392" s="3"/>
+      <c r="F392" s="3"/>
+      <c r="G392" s="3"/>
+      <c r="H392" s="3"/>
+      <c r="I392" s="3"/>
+      <c r="J392" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K391" s="3" t="inlineStr">
+      <c r="K392" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L391" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A392" s="3" t="inlineStr">
+      <c r="L392" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
+      <c r="A393" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B392" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E392" s="3" t="inlineStr">
+      <c r="B393" s="4" t="inlineStr">
+        <is>
+          <t>142호7051</t>
+        </is>
+      </c>
+      <c r="C393" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 2WD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D393" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러패키지(5인승2WD), 빌트인캠패키지</t>
+        </is>
+      </c>
+      <c r="E393" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F392" s="3" t="inlineStr">
+      <c r="F393" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G393" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H393" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I393" s="3" t="inlineStr">
+        <is>
+          <t>26,300KM</t>
+        </is>
+      </c>
+      <c r="J393" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K393" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L393" s="3" t="inlineStr">
+        <is>
+          <t>1,600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
+      <c r="A394" s="3"/>
+      <c r="B394" s="4"/>
+      <c r="C394" s="4"/>
+      <c r="D394" s="4"/>
+      <c r="E394" s="3"/>
+      <c r="F394" s="3"/>
+      <c r="G394" s="3"/>
+      <c r="H394" s="3"/>
+      <c r="I394" s="3"/>
+      <c r="J394" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K394" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L394" s="3" t="inlineStr">
+        <is>
+          <t>1,500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
+      <c r="A395" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B395" s="4" t="inlineStr">
+        <is>
+          <t>101하9128</t>
+        </is>
+      </c>
+      <c r="C395" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 5세대 가솔린 1.6 터보 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D395" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 파노라마선루프, 12.3인치내
+비게이션</t>
+        </is>
+      </c>
+      <c r="E395" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F395" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G395" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H395" s="3" t="inlineStr">
+        <is>
+          <t>22년06월</t>
+        </is>
+      </c>
+      <c r="I395" s="3" t="inlineStr">
+        <is>
+          <t>109,500KM</t>
+        </is>
+      </c>
+      <c r="J395" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K395" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L395" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
+      <c r="A396" s="3"/>
+      <c r="B396" s="4"/>
+      <c r="C396" s="4"/>
+      <c r="D396" s="4"/>
+      <c r="E396" s="3"/>
+      <c r="F396" s="3"/>
+      <c r="G396" s="3"/>
+      <c r="H396" s="3"/>
+      <c r="I396" s="3"/>
+      <c r="J396" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K396" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L396" s="3" t="inlineStr">
+        <is>
+          <t>640,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
+      <c r="A397" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B397" s="4" t="inlineStr">
+        <is>
+          <t>142호7091</t>
+        </is>
+      </c>
+      <c r="C397" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴기아 레이 2인승 밴 프레스티지 스페셜</t>
+        </is>
+      </c>
+      <c r="D397" s="4" t="inlineStr">
+        <is>
+          <t>기본형-내비게이션, 버튼시동팩</t>
+        </is>
+      </c>
+      <c r="E397" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F397" s="3" t="inlineStr">
         <is>
           <t>검정</t>
         </is>
       </c>
-      <c r="G392" s="3" t="inlineStr">
+      <c r="G397" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H392" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J392" s="3" t="inlineStr">
+      <c r="H397" s="3" t="inlineStr">
+        <is>
+          <t>25년02월</t>
+        </is>
+      </c>
+      <c r="I397" s="3" t="inlineStr">
+        <is>
+          <t>30,100KM</t>
+        </is>
+      </c>
+      <c r="J397" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K397" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L397" s="3" t="inlineStr">
+        <is>
+          <t>400,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
+      <c r="A398" s="3"/>
+      <c r="B398" s="4"/>
+      <c r="C398" s="4"/>
+      <c r="D398" s="4"/>
+      <c r="E398" s="3"/>
+      <c r="F398" s="3"/>
+      <c r="G398" s="3"/>
+      <c r="H398" s="3"/>
+      <c r="I398" s="3"/>
+      <c r="J398" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K392" s="3" t="inlineStr">
-[...37 lines deleted...]
-      <c r="A394" s="3" t="inlineStr">
+      <c r="K398" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L398" s="3" t="inlineStr">
+        <is>
+          <t>360,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
+      <c r="A399" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B394" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E394" s="3" t="inlineStr">
+      <c r="B399" s="4" t="inlineStr">
+        <is>
+          <t>109하7784</t>
+        </is>
+      </c>
+      <c r="C399" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5 하이브리드(DL3) 프레스티지</t>
+        </is>
+      </c>
+      <c r="D399" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 기본형-클러스터</t>
+        </is>
+      </c>
+      <c r="E399" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F394" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J394" s="3" t="inlineStr">
+      <c r="F399" s="3" t="inlineStr">
+        <is>
+          <t>미색</t>
+        </is>
+      </c>
+      <c r="G399" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H399" s="3" t="inlineStr">
+        <is>
+          <t>25년05월</t>
+        </is>
+      </c>
+      <c r="I399" s="3" t="inlineStr">
+        <is>
+          <t>5,441KM</t>
+        </is>
+      </c>
+      <c r="J399" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K394" s="3" t="inlineStr">
-[...201 lines deleted...]
-      </c>
       <c r="K399" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L399" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>780,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="3"/>
       <c r="B400" s="4"/>
       <c r="C400" s="4"/>
       <c r="D400" s="4"/>
       <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3"/>
       <c r="I400" s="3"/>
       <c r="J400" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K400" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L400" s="3" t="inlineStr">
+        <is>
+          <t>740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
+      <c r="A401" s="3"/>
+      <c r="B401" s="4"/>
+      <c r="C401" s="4"/>
+      <c r="D401" s="4"/>
+      <c r="E401" s="3"/>
+      <c r="F401" s="3"/>
+      <c r="G401" s="3"/>
+      <c r="H401" s="3"/>
+      <c r="I401" s="3"/>
+      <c r="J401" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K400" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A401" s="3" t="inlineStr">
+      <c r="K401" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L401" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
+      <c r="A402" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B401" s="4" t="inlineStr">
+      <c r="B402" s="4" t="inlineStr">
         <is>
           <t>109허7568</t>
         </is>
       </c>
-      <c r="C401" s="4" t="inlineStr">
+      <c r="C402" s="4" t="inlineStr">
         <is>
           <t>더 뉴K5(DL3) 2.0 가솔린 프레스티지</t>
         </is>
       </c>
-      <c r="D401" s="4" t="inlineStr">
+      <c r="D402" s="4" t="inlineStr">
         <is>
           <t>드라이브와이즈, 컴포트, 기본형-클러스터</t>
         </is>
       </c>
-      <c r="E401" s="3" t="inlineStr">
+      <c r="E402" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F401" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G401" s="3" t="inlineStr">
+      <c r="F402" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G402" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H401" s="3" t="inlineStr">
+      <c r="H402" s="3" t="inlineStr">
         <is>
           <t>25년01월</t>
         </is>
       </c>
-      <c r="I401" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="K401" s="3" t="inlineStr">
+      <c r="I402" s="3" t="inlineStr">
+        <is>
+          <t>12,274KM</t>
+        </is>
+      </c>
+      <c r="J402" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K402" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
-      <c r="L401" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L402" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="3"/>
       <c r="B403" s="4"/>
       <c r="C403" s="4"/>
       <c r="D403" s="4"/>
       <c r="E403" s="3"/>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3"/>
       <c r="I403" s="3"/>
       <c r="J403" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K403" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L403" s="3" t="inlineStr">
+        <is>
+          <t>630,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
+      <c r="A404" s="3"/>
+      <c r="B404" s="4"/>
+      <c r="C404" s="4"/>
+      <c r="D404" s="4"/>
+      <c r="E404" s="3"/>
+      <c r="F404" s="3"/>
+      <c r="G404" s="3"/>
+      <c r="H404" s="3"/>
+      <c r="I404" s="3"/>
+      <c r="J404" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K403" s="3" t="inlineStr">
+      <c r="K404" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
-      <c r="L403" s="3" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A404" s="3" t="inlineStr">
+      <c r="L404" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
+      <c r="A405" s="3" t="inlineStr">
         <is>
           <t>EV</t>
         </is>
       </c>
-      <c r="B404" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E404" s="3" t="inlineStr">
+      <c r="B405" s="4" t="inlineStr">
+        <is>
+          <t>101호7199</t>
+        </is>
+      </c>
+      <c r="C405" s="4" t="inlineStr">
+        <is>
+          <t>G80 (RG3) 가솔린 2.5 터보 2WD</t>
+        </is>
+      </c>
+      <c r="D405" s="4"/>
+      <c r="E405" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F404" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G404" s="3" t="inlineStr">
+      <c r="F405" s="3" t="inlineStr">
+        <is>
+          <t>화이트펄</t>
+        </is>
+      </c>
+      <c r="G405" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H404" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J404" s="3" t="inlineStr">
+      <c r="H405" s="3" t="inlineStr">
+        <is>
+          <t>20년12월</t>
+        </is>
+      </c>
+      <c r="I405" s="3" t="inlineStr">
+        <is>
+          <t>122,400KM</t>
+        </is>
+      </c>
+      <c r="J405" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K405" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L405" s="3" t="inlineStr">
+        <is>
+          <t>950,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
+      <c r="A406" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B406" s="4" t="inlineStr">
+        <is>
+          <t>142호6983</t>
+        </is>
+      </c>
+      <c r="C406" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 가솔린 2.0 프리미엄</t>
+        </is>
+      </c>
+      <c r="D406" s="4" t="inlineStr">
+        <is>
+          <t>현대스마트센스</t>
+        </is>
+      </c>
+      <c r="E406" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F406" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G406" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H406" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I406" s="3" t="inlineStr">
+        <is>
+          <t>24,000KM</t>
+        </is>
+      </c>
+      <c r="J406" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K406" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L406" s="3" t="inlineStr">
+        <is>
+          <t>660,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
+      <c r="A407" s="3"/>
+      <c r="B407" s="4"/>
+      <c r="C407" s="4"/>
+      <c r="D407" s="4"/>
+      <c r="E407" s="3"/>
+      <c r="F407" s="3"/>
+      <c r="G407" s="3"/>
+      <c r="H407" s="3"/>
+      <c r="I407" s="3"/>
+      <c r="J407" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K407" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L407" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
+      <c r="A408" s="3" t="inlineStr">
+        <is>
+          <t>EV</t>
+        </is>
+      </c>
+      <c r="B408" s="4" t="inlineStr">
+        <is>
+          <t>101하6359</t>
+        </is>
+      </c>
+      <c r="C408" s="4" t="inlineStr">
+        <is>
+          <t>팰리세이드 디젤 2.2 2WD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D408" s="4" t="inlineStr">
+        <is>
+          <t>듀얼와이드선루프, 디자인셀렉션그레이, 라이프스
+타일 테크2, 사이드스텝</t>
+        </is>
+      </c>
+      <c r="E408" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F408" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G408" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H408" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I408" s="3" t="inlineStr">
+        <is>
+          <t>73,100KM</t>
+        </is>
+      </c>
+      <c r="J408" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K404" s="3" t="inlineStr">
-[...138 lines deleted...]
-      </c>
       <c r="K408" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L408" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="3"/>
       <c r="B409" s="4"/>
       <c r="C409" s="4"/>
       <c r="D409" s="4"/>
       <c r="E409" s="3"/>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3"/>
       <c r="I409" s="3"/>
       <c r="J409" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K409" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L409" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B410" s="4" t="inlineStr">
         <is>
           <t>154호2373</t>
         </is>
       </c>
       <c r="C410" s="4" t="inlineStr">
         <is>
           <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
         </is>
       </c>
       <c r="D410" s="4" t="inlineStr">
         <is>
           <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
         </is>
       </c>
       <c r="E410" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F410" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G410" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H410" s="3" t="inlineStr">
         <is>
           <t>25년07월</t>
         </is>
       </c>
       <c r="I410" s="3" t="inlineStr">
         <is>
-          <t>6,030KM</t>
+          <t>7,588KM</t>
         </is>
       </c>
       <c r="J410" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K410" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="L410" s="3" t="inlineStr">
         <is>
           <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="3"/>
       <c r="B411" s="4"/>
       <c r="C411" s="4"/>
       <c r="D411" s="4"/>
       <c r="E411" s="3"/>
       <c r="F411" s="3"/>
@@ -14721,86 +14768,86 @@
       <c r="I414" s="3"/>
       <c r="J414" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K414" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L414" s="3" t="inlineStr">
         <is>
           <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B415" s="4" t="inlineStr">
         <is>
-          <t>109호7664</t>
+          <t>109호7668</t>
         </is>
       </c>
       <c r="C415" s="4" t="inlineStr">
         <is>
           <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
         </is>
       </c>
       <c r="D415" s="4" t="inlineStr">
         <is>
           <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
         </is>
       </c>
       <c r="E415" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F415" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G415" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H415" s="3" t="inlineStr">
         <is>
           <t>25년09월</t>
         </is>
       </c>
       <c r="I415" s="3" t="inlineStr">
         <is>
-          <t>2,136KM</t>
+          <t>1,047KM</t>
         </is>
       </c>
       <c r="J415" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K415" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="L415" s="3" t="inlineStr">
         <is>
           <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="3"/>
       <c r="B416" s="4"/>
       <c r="C416" s="4"/>
       <c r="D416" s="4"/>
       <c r="E416" s="3"/>
       <c r="F416" s="3"/>
@@ -14887,1102 +14934,1070 @@
       <c r="I419" s="3"/>
       <c r="J419" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K419" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L419" s="3" t="inlineStr">
         <is>
           <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B420" s="4" t="inlineStr">
         <is>
-          <t>109호7668</t>
+          <t>109호7361</t>
         </is>
       </c>
       <c r="C420" s="4" t="inlineStr">
         <is>
-          <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
+          <t>XM3 1.6 GTe RE+</t>
         </is>
       </c>
       <c r="D420" s="4" t="inlineStr">
         <is>
-          <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
+          <t>시그니처 패키지1</t>
         </is>
       </c>
       <c r="E420" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F420" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G420" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H420" s="3" t="inlineStr">
         <is>
-          <t>25년09월</t>
+          <t>24년06월</t>
         </is>
       </c>
       <c r="I420" s="3" t="inlineStr">
         <is>
-          <t>967KM</t>
+          <t>41,434KM</t>
         </is>
       </c>
       <c r="J420" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K420" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L420" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="3"/>
       <c r="B421" s="4"/>
       <c r="C421" s="4"/>
       <c r="D421" s="4"/>
       <c r="E421" s="3"/>
       <c r="F421" s="3"/>
       <c r="G421" s="3"/>
       <c r="H421" s="3"/>
       <c r="I421" s="3"/>
       <c r="J421" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K421" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L421" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="3"/>
       <c r="B422" s="4"/>
       <c r="C422" s="4"/>
       <c r="D422" s="4"/>
       <c r="E422" s="3"/>
       <c r="F422" s="3"/>
       <c r="G422" s="3"/>
       <c r="H422" s="3"/>
       <c r="I422" s="3"/>
       <c r="J422" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K422" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L422" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
-      <c r="A423" s="3"/>
-[...7 lines deleted...]
-      <c r="I423" s="3"/>
+      <c r="A423" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B423" s="4" t="inlineStr">
+        <is>
+          <t>109하6939</t>
+        </is>
+      </c>
+      <c r="C423" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 NQ5 1.6 가솔린 2WD 트랜디</t>
+        </is>
+      </c>
+      <c r="D423" s="4" t="inlineStr">
+        <is>
+          <t>하이테크(디지털키미적용), 12.3인치 내비게
+이션, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E423" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F423" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G423" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H423" s="3" t="inlineStr">
+        <is>
+          <t>22년04월</t>
+        </is>
+      </c>
+      <c r="I423" s="3" t="inlineStr">
+        <is>
+          <t>45,961KM</t>
+        </is>
+      </c>
       <c r="J423" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K423" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L423" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="3"/>
       <c r="B424" s="4"/>
       <c r="C424" s="4"/>
       <c r="D424" s="4"/>
       <c r="E424" s="3"/>
       <c r="F424" s="3"/>
       <c r="G424" s="3"/>
       <c r="H424" s="3"/>
       <c r="I424" s="3"/>
       <c r="J424" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K424" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L424" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
-      <c r="A425" s="3" t="inlineStr">
+      <c r="A425" s="3"/>
+      <c r="B425" s="4"/>
+      <c r="C425" s="4"/>
+      <c r="D425" s="4"/>
+      <c r="E425" s="3"/>
+      <c r="F425" s="3"/>
+      <c r="G425" s="3"/>
+      <c r="H425" s="3"/>
+      <c r="I425" s="3"/>
+      <c r="J425" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K425" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L425" s="3" t="inlineStr">
+        <is>
+          <t>700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
+      <c r="A426" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
-      <c r="B425" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E425" s="3" t="inlineStr">
+      <c r="B426" s="4" t="inlineStr">
+        <is>
+          <t>109허7063</t>
+        </is>
+      </c>
+      <c r="C426" s="4" t="inlineStr">
+        <is>
+          <t>팰리세이드 디젤 2.2 2WD 익스클루시브 7인승</t>
+        </is>
+      </c>
+      <c r="D426" s="4" t="inlineStr">
+        <is>
+          <t>에센셜플러스</t>
+        </is>
+      </c>
+      <c r="E426" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F425" s="3" t="inlineStr">
+      <c r="F426" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
-      <c r="G425" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J425" s="3" t="inlineStr">
+      <c r="G426" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H426" s="3" t="inlineStr">
+        <is>
+          <t>22년08월</t>
+        </is>
+      </c>
+      <c r="I426" s="3" t="inlineStr">
+        <is>
+          <t>63,696KM</t>
+        </is>
+      </c>
+      <c r="J426" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K425" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K426" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L426" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="3"/>
       <c r="B427" s="4"/>
       <c r="C427" s="4"/>
       <c r="D427" s="4"/>
       <c r="E427" s="3"/>
       <c r="F427" s="3"/>
       <c r="G427" s="3"/>
       <c r="H427" s="3"/>
       <c r="I427" s="3"/>
       <c r="J427" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K427" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L427" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="3"/>
       <c r="B428" s="4"/>
       <c r="C428" s="4"/>
       <c r="D428" s="4"/>
       <c r="E428" s="3"/>
       <c r="F428" s="3"/>
       <c r="G428" s="3"/>
       <c r="H428" s="3"/>
       <c r="I428" s="3"/>
       <c r="J428" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K428" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L428" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B429" s="4" t="inlineStr">
         <is>
-          <t>109호7361</t>
+          <t>109호7672</t>
         </is>
       </c>
       <c r="C429" s="4" t="inlineStr">
         <is>
-          <t>XM3 1.6 GTe RE+</t>
+          <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D429" s="4" t="inlineStr">
         <is>
-          <t>시그니처 패키지1</t>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
         </is>
       </c>
       <c r="E429" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F429" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G429" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H429" s="3" t="inlineStr">
         <is>
-          <t>24년06월</t>
+          <t>25년11월</t>
         </is>
       </c>
       <c r="I429" s="3" t="inlineStr">
         <is>
-          <t>18,686KM</t>
+          <t>3,083KM</t>
         </is>
       </c>
       <c r="J429" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K429" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L429" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="3"/>
       <c r="B430" s="4"/>
       <c r="C430" s="4"/>
       <c r="D430" s="4"/>
       <c r="E430" s="3"/>
       <c r="F430" s="3"/>
       <c r="G430" s="3"/>
       <c r="H430" s="3"/>
       <c r="I430" s="3"/>
       <c r="J430" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K430" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L430" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="3"/>
       <c r="B431" s="4"/>
       <c r="C431" s="4"/>
       <c r="D431" s="4"/>
       <c r="E431" s="3"/>
       <c r="F431" s="3"/>
       <c r="G431" s="3"/>
       <c r="H431" s="3"/>
       <c r="I431" s="3"/>
       <c r="J431" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K431" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L431" s="3" t="inlineStr">
+        <is>
+          <t>450,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
+      <c r="A432" s="3"/>
+      <c r="B432" s="4"/>
+      <c r="C432" s="4"/>
+      <c r="D432" s="4"/>
+      <c r="E432" s="3"/>
+      <c r="F432" s="3"/>
+      <c r="G432" s="3"/>
+      <c r="H432" s="3"/>
+      <c r="I432" s="3"/>
+      <c r="J432" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K431" s="3" t="inlineStr">
+      <c r="K432" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L431" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="L432" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="3"/>
       <c r="B433" s="4"/>
       <c r="C433" s="4"/>
       <c r="D433" s="4"/>
       <c r="E433" s="3"/>
       <c r="F433" s="3"/>
       <c r="G433" s="3"/>
       <c r="H433" s="3"/>
       <c r="I433" s="3"/>
       <c r="J433" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K433" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L433" s="3" t="inlineStr">
+        <is>
+          <t>430,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
+      <c r="A434" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B434" s="4" t="inlineStr">
+        <is>
+          <t>20호7430</t>
+        </is>
+      </c>
+      <c r="C434" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D434" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비, 밸류업 패키지, 컨비니언스</t>
+        </is>
+      </c>
+      <c r="E434" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F434" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G434" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H434" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I434" s="3" t="inlineStr">
+        <is>
+          <t>3,130KM</t>
+        </is>
+      </c>
+      <c r="J434" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K434" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L434" s="3" t="inlineStr">
+        <is>
+          <t>530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
+      <c r="A435" s="3"/>
+      <c r="B435" s="4"/>
+      <c r="C435" s="4"/>
+      <c r="D435" s="4"/>
+      <c r="E435" s="3"/>
+      <c r="F435" s="3"/>
+      <c r="G435" s="3"/>
+      <c r="H435" s="3"/>
+      <c r="I435" s="3"/>
+      <c r="J435" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K433" s="3" t="inlineStr">
+      <c r="K435" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L433" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="L435" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="3"/>
       <c r="B436" s="4"/>
       <c r="C436" s="4"/>
       <c r="D436" s="4"/>
       <c r="E436" s="3"/>
       <c r="F436" s="3"/>
       <c r="G436" s="3"/>
       <c r="H436" s="3"/>
       <c r="I436" s="3"/>
       <c r="J436" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K436" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L436" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="3"/>
       <c r="B437" s="4"/>
       <c r="C437" s="4"/>
       <c r="D437" s="4"/>
       <c r="E437" s="3"/>
       <c r="F437" s="3"/>
       <c r="G437" s="3"/>
       <c r="H437" s="3"/>
       <c r="I437" s="3"/>
       <c r="J437" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K437" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L437" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
-      <c r="A438" s="3" t="inlineStr">
+      <c r="A438" s="3"/>
+      <c r="B438" s="4"/>
+      <c r="C438" s="4"/>
+      <c r="D438" s="4"/>
+      <c r="E438" s="3"/>
+      <c r="F438" s="3"/>
+      <c r="G438" s="3"/>
+      <c r="H438" s="3"/>
+      <c r="I438" s="3"/>
+      <c r="J438" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K438" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L438" s="3" t="inlineStr">
+        <is>
+          <t>460,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
+      <c r="A439" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
-      <c r="B438" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E438" s="3" t="inlineStr">
+      <c r="B439" s="4" t="inlineStr">
+        <is>
+          <t>01호2319</t>
+        </is>
+      </c>
+      <c r="C439" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 스마트스트림 가솔린 2.5 익스클루시브</t>
+        </is>
+      </c>
+      <c r="D439" s="4" t="inlineStr">
+        <is>
+          <t>익스클루시브</t>
+        </is>
+      </c>
+      <c r="E439" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F438" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G438" s="3" t="inlineStr">
+      <c r="F439" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G439" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H438" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J438" s="3" t="inlineStr">
+      <c r="H439" s="3" t="inlineStr">
+        <is>
+          <t>24년01월</t>
+        </is>
+      </c>
+      <c r="I439" s="3" t="inlineStr">
+        <is>
+          <t>36,818KM</t>
+        </is>
+      </c>
+      <c r="J439" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K438" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K439" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L439" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="3"/>
       <c r="B440" s="4"/>
       <c r="C440" s="4"/>
       <c r="D440" s="4"/>
       <c r="E440" s="3"/>
       <c r="F440" s="3"/>
       <c r="G440" s="3"/>
       <c r="H440" s="3"/>
       <c r="I440" s="3"/>
       <c r="J440" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K440" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L440" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
+      <c r="A441" s="3"/>
+      <c r="B441" s="4"/>
+      <c r="C441" s="4"/>
+      <c r="D441" s="4"/>
+      <c r="E441" s="3"/>
+      <c r="F441" s="3"/>
+      <c r="G441" s="3"/>
+      <c r="H441" s="3"/>
+      <c r="I441" s="3"/>
+      <c r="J441" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K440" s="3" t="inlineStr">
+      <c r="K441" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
-      <c r="L440" s="3" t="inlineStr">
-[...61 lines deleted...]
-      </c>
       <c r="L441" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="3"/>
       <c r="B442" s="4"/>
       <c r="C442" s="4"/>
       <c r="D442" s="4"/>
       <c r="E442" s="3"/>
       <c r="F442" s="3"/>
       <c r="G442" s="3"/>
       <c r="H442" s="3"/>
       <c r="I442" s="3"/>
       <c r="J442" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K442" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L442" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
-      <c r="A443" s="3"/>
-[...7 lines deleted...]
-      <c r="I443" s="3"/>
+      <c r="A443" s="3" t="inlineStr">
+        <is>
+          <t>INMO</t>
+        </is>
+      </c>
+      <c r="B443" s="4" t="inlineStr">
+        <is>
+          <t>109호7674</t>
+        </is>
+      </c>
+      <c r="C443" s="4" t="inlineStr">
+        <is>
+          <t>레이 가솔린 1.0 트랜디</t>
+        </is>
+      </c>
+      <c r="D443" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
+동팩</t>
+        </is>
+      </c>
+      <c r="E443" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F443" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G443" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H443" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I443" s="3" t="inlineStr">
+        <is>
+          <t>643KM</t>
+        </is>
+      </c>
       <c r="J443" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K443" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L443" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="3"/>
       <c r="B444" s="4"/>
       <c r="C444" s="4"/>
       <c r="D444" s="4"/>
       <c r="E444" s="3"/>
       <c r="F444" s="3"/>
       <c r="G444" s="3"/>
       <c r="H444" s="3"/>
       <c r="I444" s="3"/>
       <c r="J444" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K444" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L444" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="3"/>
       <c r="B445" s="4"/>
       <c r="C445" s="4"/>
       <c r="D445" s="4"/>
       <c r="E445" s="3"/>
       <c r="F445" s="3"/>
       <c r="G445" s="3"/>
       <c r="H445" s="3"/>
       <c r="I445" s="3"/>
       <c r="J445" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K445" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L445" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
-      <c r="A446" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A446" s="3"/>
+      <c r="B446" s="4"/>
+      <c r="C446" s="4"/>
       <c r="D446" s="4"/>
-      <c r="E446" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E446" s="3"/>
+      <c r="F446" s="3"/>
+      <c r="G446" s="3"/>
+      <c r="H446" s="3"/>
+      <c r="I446" s="3"/>
       <c r="J446" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K446" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L446" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="3"/>
       <c r="B447" s="4"/>
       <c r="C447" s="4"/>
       <c r="D447" s="4"/>
       <c r="E447" s="3"/>
       <c r="F447" s="3"/>
       <c r="G447" s="3"/>
       <c r="H447" s="3"/>
       <c r="I447" s="3"/>
       <c r="J447" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K447" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L447" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="3" t="inlineStr">
         <is>
           <t>INMO</t>
         </is>
       </c>
       <c r="B448" s="4" t="inlineStr">
         <is>
-          <t>109호7669</t>
+          <t>109호7687</t>
         </is>
       </c>
       <c r="C448" s="4" t="inlineStr">
         <is>
           <t>레이 가솔린 1.0 트랜디</t>
         </is>
       </c>
       <c r="D448" s="4" t="inlineStr">
         <is>
           <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
 동팩</t>
         </is>
       </c>
       <c r="E448" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F448" s="3" t="inlineStr">
         <is>
           <t>화이트</t>
         </is>
       </c>
       <c r="G448" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H448" s="3" t="inlineStr">
         <is>
-          <t>25년10월</t>
+          <t>25년12월</t>
         </is>
       </c>
       <c r="I448" s="3" t="inlineStr">
         <is>
-          <t>1,165KM</t>
+          <t>536KM</t>
         </is>
       </c>
       <c r="J448" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K448" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="L448" s="3" t="inlineStr">
         <is>
           <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="3"/>
       <c r="B449" s="4"/>
       <c r="C449" s="4"/>
       <c r="D449" s="4"/>
       <c r="E449" s="3"/>
       <c r="F449" s="3"/>
@@ -16064,16071 +16079,11636 @@
       <c r="D452" s="4"/>
       <c r="E452" s="3"/>
       <c r="F452" s="3"/>
       <c r="G452" s="3"/>
       <c r="H452" s="3"/>
       <c r="I452" s="3"/>
       <c r="J452" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K452" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L452" s="3" t="inlineStr">
         <is>
           <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="3" t="inlineStr">
         <is>
-          <t>INMO</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B453" s="4" t="inlineStr">
         <is>
-          <t>109허7063</t>
+          <t>116호6205</t>
         </is>
       </c>
       <c r="C453" s="4" t="inlineStr">
         <is>
-          <t>팰리세이드 디젤 2.2 2WD 익스클루시브 7인승</t>
+          <t>스타리아 라운지 9인승 4WD 인스퍼레이션 (브라운시트
+)</t>
         </is>
       </c>
       <c r="D453" s="4" t="inlineStr">
         <is>
-          <t>에센셜플러스</t>
+          <t>HTRAC,썬루프,보스사운드,컴포트</t>
         </is>
       </c>
       <c r="E453" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F453" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G453" s="3" t="inlineStr">
         <is>
           <t>경유</t>
         </is>
       </c>
       <c r="H453" s="3" t="inlineStr">
         <is>
-          <t>22년08월</t>
+          <t>25년02월</t>
         </is>
       </c>
       <c r="I453" s="3" t="inlineStr">
         <is>
-          <t>61,652KM</t>
+          <t>9,742KM</t>
         </is>
       </c>
       <c r="J453" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K453" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L453" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="3"/>
       <c r="B454" s="4"/>
       <c r="C454" s="4"/>
       <c r="D454" s="4"/>
       <c r="E454" s="3"/>
       <c r="F454" s="3"/>
       <c r="G454" s="3"/>
       <c r="H454" s="3"/>
       <c r="I454" s="3"/>
       <c r="J454" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K454" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L454" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>1,020,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="3"/>
       <c r="B455" s="4"/>
       <c r="C455" s="4"/>
       <c r="D455" s="4"/>
       <c r="E455" s="3"/>
       <c r="F455" s="3"/>
       <c r="G455" s="3"/>
       <c r="H455" s="3"/>
       <c r="I455" s="3"/>
       <c r="J455" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K455" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L455" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
-      <c r="A456" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A456" s="3"/>
+      <c r="B456" s="4"/>
+      <c r="C456" s="4"/>
+      <c r="D456" s="4"/>
+      <c r="E456" s="3"/>
+      <c r="F456" s="3"/>
+      <c r="G456" s="3"/>
+      <c r="H456" s="3"/>
+      <c r="I456" s="3"/>
       <c r="J456" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K456" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L456" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>960,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="3"/>
       <c r="B457" s="4"/>
       <c r="C457" s="4"/>
       <c r="D457" s="4"/>
       <c r="E457" s="3"/>
       <c r="F457" s="3"/>
       <c r="G457" s="3"/>
       <c r="H457" s="3"/>
       <c r="I457" s="3"/>
       <c r="J457" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K457" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L457" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
-      <c r="A458" s="3"/>
-[...7 lines deleted...]
-      <c r="I458" s="3"/>
+      <c r="A458" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B458" s="4" t="inlineStr">
+        <is>
+          <t>50허0325</t>
+        </is>
+      </c>
+      <c r="C458" s="4" t="inlineStr">
+        <is>
+          <t>G90 3.8 AWD 럭셔리</t>
+        </is>
+      </c>
+      <c r="D458" s="4" t="inlineStr">
+        <is>
+          <t>HTRAC</t>
+        </is>
+      </c>
+      <c r="E458" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F458" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G458" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H458" s="3" t="inlineStr">
+        <is>
+          <t>19년07월</t>
+        </is>
+      </c>
+      <c r="I458" s="3" t="inlineStr">
+        <is>
+          <t>110,283KM</t>
+        </is>
+      </c>
       <c r="J458" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K458" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L458" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="3"/>
       <c r="B459" s="4"/>
       <c r="C459" s="4"/>
       <c r="D459" s="4"/>
       <c r="E459" s="3"/>
       <c r="F459" s="3"/>
       <c r="G459" s="3"/>
       <c r="H459" s="3"/>
       <c r="I459" s="3"/>
       <c r="J459" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K459" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L459" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="3" t="inlineStr">
         <is>
-          <t>INMO</t>
+          <t>JET</t>
         </is>
       </c>
       <c r="B460" s="4" t="inlineStr">
         <is>
-          <t>109호7673</t>
+          <t>106호6475</t>
         </is>
       </c>
       <c r="C460" s="4" t="inlineStr">
         <is>
-          <t>레이 가솔린 1.0 트랜디</t>
+          <t>스타리아 2.2 디젤 투어러 9인승 모던</t>
         </is>
       </c>
       <c r="D460" s="4" t="inlineStr">
         <is>
-          <t>컴포트1,디스플레이오디오,드라이브와이즈,버튼시
-동팩</t>
+          <t>멀티미디어내비플러스2</t>
         </is>
       </c>
       <c r="E460" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F460" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G460" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>경유</t>
         </is>
       </c>
       <c r="H460" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>23년03월</t>
         </is>
       </c>
       <c r="I460" s="3" t="inlineStr">
         <is>
-          <t>790KM</t>
+          <t>18,415KM</t>
         </is>
       </c>
       <c r="J460" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K460" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L460" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="3"/>
       <c r="B461" s="4"/>
       <c r="C461" s="4"/>
       <c r="D461" s="4"/>
       <c r="E461" s="3"/>
       <c r="F461" s="3"/>
       <c r="G461" s="3"/>
       <c r="H461" s="3"/>
       <c r="I461" s="3"/>
       <c r="J461" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K461" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L461" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="3"/>
       <c r="B462" s="4"/>
       <c r="C462" s="4"/>
       <c r="D462" s="4"/>
       <c r="E462" s="3"/>
       <c r="F462" s="3"/>
       <c r="G462" s="3"/>
       <c r="H462" s="3"/>
       <c r="I462" s="3"/>
       <c r="J462" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K462" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L462" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="3"/>
       <c r="B463" s="4"/>
       <c r="C463" s="4"/>
       <c r="D463" s="4"/>
       <c r="E463" s="3"/>
       <c r="F463" s="3"/>
       <c r="G463" s="3"/>
       <c r="H463" s="3"/>
       <c r="I463" s="3"/>
       <c r="J463" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K463" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L463" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
-      <c r="A464" s="3"/>
-[...1 lines deleted...]
-      <c r="C464" s="4"/>
+      <c r="A464" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B464" s="4" t="inlineStr">
+        <is>
+          <t>116호6578</t>
+        </is>
+      </c>
+      <c r="C464" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTE 아이코닉 클라우드펄</t>
+        </is>
+      </c>
       <c r="D464" s="4"/>
-      <c r="E464" s="3"/>
-[...3 lines deleted...]
-      <c r="I464" s="3"/>
+      <c r="E464" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F464" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G464" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H464" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I464" s="3" t="inlineStr">
+        <is>
+          <t>13,995KM</t>
+        </is>
+      </c>
       <c r="J464" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K464" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L464" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
-      <c r="A465" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A465" s="3"/>
+      <c r="B465" s="4"/>
+      <c r="C465" s="4"/>
+      <c r="D465" s="4"/>
+      <c r="E465" s="3"/>
+      <c r="F465" s="3"/>
+      <c r="G465" s="3"/>
+      <c r="H465" s="3"/>
+      <c r="I465" s="3"/>
       <c r="J465" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K465" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L465" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="3"/>
       <c r="B466" s="4"/>
       <c r="C466" s="4"/>
       <c r="D466" s="4"/>
       <c r="E466" s="3"/>
       <c r="F466" s="3"/>
       <c r="G466" s="3"/>
       <c r="H466" s="3"/>
       <c r="I466" s="3"/>
       <c r="J466" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K466" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L466" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="3"/>
       <c r="B467" s="4"/>
       <c r="C467" s="4"/>
       <c r="D467" s="4"/>
       <c r="E467" s="3"/>
       <c r="F467" s="3"/>
       <c r="G467" s="3"/>
       <c r="H467" s="3"/>
       <c r="I467" s="3"/>
       <c r="J467" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K467" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L467" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="3"/>
       <c r="B468" s="4"/>
       <c r="C468" s="4"/>
       <c r="D468" s="4"/>
       <c r="E468" s="3"/>
       <c r="F468" s="3"/>
       <c r="G468" s="3"/>
       <c r="H468" s="3"/>
       <c r="I468" s="3"/>
       <c r="J468" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K468" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L468" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
-      <c r="A469" s="3"/>
-[...7 lines deleted...]
-      <c r="I469" s="3"/>
+      <c r="A469" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B469" s="4" t="inlineStr">
+        <is>
+          <t>116호6149</t>
+        </is>
+      </c>
+      <c r="C469" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 시그니처 투톤루프 (블랙시트)</t>
+        </is>
+      </c>
+      <c r="D469" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션, 투톤루프</t>
+        </is>
+      </c>
+      <c r="E469" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F469" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G469" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H469" s="3" t="inlineStr">
+        <is>
+          <t>25년01월</t>
+        </is>
+      </c>
+      <c r="I469" s="3" t="inlineStr">
+        <is>
+          <t>7,022KM</t>
+        </is>
+      </c>
       <c r="J469" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K469" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L469" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
-      <c r="A470" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A470" s="3"/>
+      <c r="B470" s="4"/>
+      <c r="C470" s="4"/>
+      <c r="D470" s="4"/>
+      <c r="E470" s="3"/>
+      <c r="F470" s="3"/>
+      <c r="G470" s="3"/>
+      <c r="H470" s="3"/>
+      <c r="I470" s="3"/>
       <c r="J470" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K470" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L470" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="3"/>
       <c r="B471" s="4"/>
       <c r="C471" s="4"/>
       <c r="D471" s="4"/>
       <c r="E471" s="3"/>
       <c r="F471" s="3"/>
       <c r="G471" s="3"/>
       <c r="H471" s="3"/>
       <c r="I471" s="3"/>
       <c r="J471" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K471" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L471" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="3"/>
       <c r="B472" s="4"/>
       <c r="C472" s="4"/>
       <c r="D472" s="4"/>
       <c r="E472" s="3"/>
       <c r="F472" s="3"/>
       <c r="G472" s="3"/>
       <c r="H472" s="3"/>
       <c r="I472" s="3"/>
       <c r="J472" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K472" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L472" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="3"/>
       <c r="B473" s="4"/>
       <c r="C473" s="4"/>
       <c r="D473" s="4"/>
       <c r="E473" s="3"/>
       <c r="F473" s="3"/>
       <c r="G473" s="3"/>
       <c r="H473" s="3"/>
       <c r="I473" s="3"/>
       <c r="J473" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K473" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L473" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
-      <c r="A474" s="3"/>
-[...1 lines deleted...]
-      <c r="C474" s="4"/>
+      <c r="A474" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B474" s="4" t="inlineStr">
+        <is>
+          <t>116호6911</t>
+        </is>
+      </c>
+      <c r="C474" s="4" t="inlineStr">
+        <is>
+          <t>Q5(3세대) 40 TFSI quattro 어드밴스드</t>
+        </is>
+      </c>
       <c r="D474" s="4"/>
-      <c r="E474" s="3"/>
-[...3 lines deleted...]
-      <c r="I474" s="3"/>
+      <c r="E474" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F474" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G474" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H474" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I474" s="3" t="inlineStr">
+        <is>
+          <t>954KM</t>
+        </is>
+      </c>
       <c r="J474" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K474" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L474" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
-      <c r="A475" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A475" s="3"/>
+      <c r="B475" s="4"/>
+      <c r="C475" s="4"/>
+      <c r="D475" s="4"/>
+      <c r="E475" s="3"/>
+      <c r="F475" s="3"/>
+      <c r="G475" s="3"/>
+      <c r="H475" s="3"/>
+      <c r="I475" s="3"/>
       <c r="J475" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K475" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L475" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="3"/>
       <c r="B476" s="4"/>
       <c r="C476" s="4"/>
       <c r="D476" s="4"/>
       <c r="E476" s="3"/>
       <c r="F476" s="3"/>
       <c r="G476" s="3"/>
       <c r="H476" s="3"/>
       <c r="I476" s="3"/>
       <c r="J476" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K476" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L476" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="3"/>
       <c r="B477" s="4"/>
       <c r="C477" s="4"/>
       <c r="D477" s="4"/>
       <c r="E477" s="3"/>
       <c r="F477" s="3"/>
       <c r="G477" s="3"/>
       <c r="H477" s="3"/>
       <c r="I477" s="3"/>
       <c r="J477" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K477" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L477" s="3" t="inlineStr">
         <is>
-          <t>450,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="3"/>
       <c r="B478" s="4"/>
       <c r="C478" s="4"/>
       <c r="D478" s="4"/>
       <c r="E478" s="3"/>
       <c r="F478" s="3"/>
       <c r="G478" s="3"/>
       <c r="H478" s="3"/>
       <c r="I478" s="3"/>
       <c r="J478" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K478" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L478" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
-      <c r="A479" s="3"/>
-[...7 lines deleted...]
-      <c r="I479" s="3"/>
+      <c r="A479" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B479" s="4" t="inlineStr">
+        <is>
+          <t>116호6823</t>
+        </is>
+      </c>
+      <c r="C479" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴티볼리 1.6 가솔린 2WD V1</t>
+        </is>
+      </c>
+      <c r="D479" s="4" t="inlineStr">
+        <is>
+          <t>9인치 내비게이션 패키지, 컨비니언스 패키지,
+ 밸류업 패키지</t>
+        </is>
+      </c>
+      <c r="E479" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F479" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G479" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H479" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I479" s="3" t="inlineStr">
+        <is>
+          <t>4,485KM</t>
+        </is>
+      </c>
       <c r="J479" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K479" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L479" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
-      <c r="A480" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A480" s="3"/>
+      <c r="B480" s="4"/>
+      <c r="C480" s="4"/>
+      <c r="D480" s="4"/>
+      <c r="E480" s="3"/>
+      <c r="F480" s="3"/>
+      <c r="G480" s="3"/>
+      <c r="H480" s="3"/>
+      <c r="I480" s="3"/>
       <c r="J480" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K480" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L480" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="3"/>
       <c r="B481" s="4"/>
       <c r="C481" s="4"/>
       <c r="D481" s="4"/>
       <c r="E481" s="3"/>
       <c r="F481" s="3"/>
       <c r="G481" s="3"/>
       <c r="H481" s="3"/>
       <c r="I481" s="3"/>
       <c r="J481" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K481" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L481" s="3" t="inlineStr">
         <is>
           <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="3"/>
       <c r="B482" s="4"/>
       <c r="C482" s="4"/>
       <c r="D482" s="4"/>
       <c r="E482" s="3"/>
       <c r="F482" s="3"/>
       <c r="G482" s="3"/>
       <c r="H482" s="3"/>
       <c r="I482" s="3"/>
       <c r="J482" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K482" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L482" s="3" t="inlineStr">
         <is>
           <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="3"/>
       <c r="B483" s="4"/>
       <c r="C483" s="4"/>
       <c r="D483" s="4"/>
       <c r="E483" s="3"/>
       <c r="F483" s="3"/>
       <c r="G483" s="3"/>
       <c r="H483" s="3"/>
       <c r="I483" s="3"/>
       <c r="J483" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K483" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L483" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
-      <c r="A484" s="3"/>
-[...7 lines deleted...]
-      <c r="I484" s="3"/>
+      <c r="A484" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B484" s="4" t="inlineStr">
+        <is>
+          <t>116허6341</t>
+        </is>
+      </c>
+      <c r="C484" s="4" t="inlineStr">
+        <is>
+          <t>GV80 가솔린 2.5 터보 2WD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D484" s="4" t="inlineStr">
+        <is>
+          <t>파노라마썬루프, 20인치휠</t>
+        </is>
+      </c>
+      <c r="E484" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F484" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G484" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H484" s="3" t="inlineStr">
+        <is>
+          <t>23년05월</t>
+        </is>
+      </c>
+      <c r="I484" s="3" t="inlineStr">
+        <is>
+          <t>58,295KM</t>
+        </is>
+      </c>
       <c r="J484" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K484" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L484" s="3" t="inlineStr">
         <is>
-          <t>430,000</t>
+          <t>1,250,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
-      <c r="A485" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A485" s="3"/>
+      <c r="B485" s="4"/>
+      <c r="C485" s="4"/>
       <c r="D485" s="4"/>
-      <c r="E485" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E485" s="3"/>
+      <c r="F485" s="3"/>
+      <c r="G485" s="3"/>
+      <c r="H485" s="3"/>
+      <c r="I485" s="3"/>
       <c r="J485" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K485" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L485" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="3"/>
       <c r="B486" s="4"/>
       <c r="C486" s="4"/>
       <c r="D486" s="4"/>
       <c r="E486" s="3"/>
       <c r="F486" s="3"/>
       <c r="G486" s="3"/>
       <c r="H486" s="3"/>
       <c r="I486" s="3"/>
       <c r="J486" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K486" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L486" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="3"/>
       <c r="B487" s="4"/>
       <c r="C487" s="4"/>
       <c r="D487" s="4"/>
       <c r="E487" s="3"/>
       <c r="F487" s="3"/>
       <c r="G487" s="3"/>
       <c r="H487" s="3"/>
       <c r="I487" s="3"/>
       <c r="J487" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K487" s="3" t="inlineStr">
         <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L487" s="3" t="inlineStr">
+        <is>
+          <t>1,100,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
+      <c r="A488" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B488" s="4" t="inlineStr">
+        <is>
+          <t>116호6518</t>
+        </is>
+      </c>
+      <c r="C488" s="4" t="inlineStr">
+        <is>
+          <t>XM3 1.6 GTe RE</t>
+        </is>
+      </c>
+      <c r="D488" s="4"/>
+      <c r="E488" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F488" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G488" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H488" s="3" t="inlineStr">
+        <is>
+          <t>23년05월</t>
+        </is>
+      </c>
+      <c r="I488" s="3" t="inlineStr">
+        <is>
+          <t>33,510KM</t>
+        </is>
+      </c>
+      <c r="J488" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K488" s="3" t="inlineStr">
+        <is>
           <t>50</t>
         </is>
       </c>
-      <c r="L487" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="L488" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="3"/>
       <c r="B489" s="4"/>
       <c r="C489" s="4"/>
       <c r="D489" s="4"/>
       <c r="E489" s="3"/>
       <c r="F489" s="3"/>
       <c r="G489" s="3"/>
       <c r="H489" s="3"/>
       <c r="I489" s="3"/>
       <c r="J489" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K489" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L489" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
-      <c r="A490" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A490" s="3"/>
+      <c r="B490" s="4"/>
+      <c r="C490" s="4"/>
+      <c r="D490" s="4"/>
+      <c r="E490" s="3"/>
+      <c r="F490" s="3"/>
+      <c r="G490" s="3"/>
+      <c r="H490" s="3"/>
+      <c r="I490" s="3"/>
       <c r="J490" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K490" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L490" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="3"/>
       <c r="B491" s="4"/>
       <c r="C491" s="4"/>
       <c r="D491" s="4"/>
       <c r="E491" s="3"/>
       <c r="F491" s="3"/>
       <c r="G491" s="3"/>
       <c r="H491" s="3"/>
       <c r="I491" s="3"/>
       <c r="J491" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K491" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L491" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
-      <c r="A492" s="3"/>
-[...7 lines deleted...]
-      <c r="I492" s="3"/>
+      <c r="A492" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B492" s="4" t="inlineStr">
+        <is>
+          <t>116허6362</t>
+        </is>
+      </c>
+      <c r="C492" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D492" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인3, 하이패스</t>
+        </is>
+      </c>
+      <c r="E492" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F492" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G492" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H492" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I492" s="3" t="inlineStr">
+        <is>
+          <t>24,158KM</t>
+        </is>
+      </c>
       <c r="J492" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K492" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L492" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="3"/>
       <c r="B493" s="4"/>
       <c r="C493" s="4"/>
       <c r="D493" s="4"/>
       <c r="E493" s="3"/>
       <c r="F493" s="3"/>
       <c r="G493" s="3"/>
       <c r="H493" s="3"/>
       <c r="I493" s="3"/>
       <c r="J493" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K493" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L493" s="3" t="inlineStr">
         <is>
-          <t>960,000</t>
+          <t>605,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="3"/>
       <c r="B494" s="4"/>
       <c r="C494" s="4"/>
       <c r="D494" s="4"/>
       <c r="E494" s="3"/>
       <c r="F494" s="3"/>
       <c r="G494" s="3"/>
       <c r="H494" s="3"/>
       <c r="I494" s="3"/>
       <c r="J494" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K494" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L494" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
-      <c r="A495" s="3" t="inlineStr">
+      <c r="A495" s="3"/>
+      <c r="B495" s="4"/>
+      <c r="C495" s="4"/>
+      <c r="D495" s="4"/>
+      <c r="E495" s="3"/>
+      <c r="F495" s="3"/>
+      <c r="G495" s="3"/>
+      <c r="H495" s="3"/>
+      <c r="I495" s="3"/>
+      <c r="J495" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K495" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L495" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
+      <c r="A496" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B495" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E495" s="3" t="inlineStr">
+      <c r="B496" s="4" t="inlineStr">
+        <is>
+          <t>116호6894</t>
+        </is>
+      </c>
+      <c r="C496" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 크로스오버 레드라인</t>
+        </is>
+      </c>
+      <c r="D496" s="4"/>
+      <c r="E496" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F495" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G495" s="3" t="inlineStr">
+      <c r="F496" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G496" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H495" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J495" s="3" t="inlineStr">
+      <c r="H496" s="3" t="inlineStr">
+        <is>
+          <t>25년11월</t>
+        </is>
+      </c>
+      <c r="I496" s="3" t="inlineStr">
+        <is>
+          <t>3,813KM</t>
+        </is>
+      </c>
+      <c r="J496" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K495" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K496" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L496" s="3" t="inlineStr">
         <is>
-          <t>1,020,000</t>
+          <t>610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="3"/>
       <c r="B497" s="4"/>
       <c r="C497" s="4"/>
       <c r="D497" s="4"/>
       <c r="E497" s="3"/>
       <c r="F497" s="3"/>
       <c r="G497" s="3"/>
       <c r="H497" s="3"/>
       <c r="I497" s="3"/>
       <c r="J497" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K497" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L497" s="3" t="inlineStr">
         <is>
-          <t>980,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="3"/>
       <c r="B498" s="4"/>
       <c r="C498" s="4"/>
       <c r="D498" s="4"/>
       <c r="E498" s="3"/>
       <c r="F498" s="3"/>
       <c r="G498" s="3"/>
       <c r="H498" s="3"/>
       <c r="I498" s="3"/>
       <c r="J498" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K498" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L498" s="3" t="inlineStr">
         <is>
-          <t>940,000</t>
+          <t>570,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="3"/>
       <c r="B499" s="4"/>
       <c r="C499" s="4"/>
       <c r="D499" s="4"/>
       <c r="E499" s="3"/>
       <c r="F499" s="3"/>
       <c r="G499" s="3"/>
       <c r="H499" s="3"/>
       <c r="I499" s="3"/>
       <c r="J499" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K499" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L499" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
+      <c r="A500" s="3"/>
+      <c r="B500" s="4"/>
+      <c r="C500" s="4"/>
+      <c r="D500" s="4"/>
+      <c r="E500" s="3"/>
+      <c r="F500" s="3"/>
+      <c r="G500" s="3"/>
+      <c r="H500" s="3"/>
+      <c r="I500" s="3"/>
+      <c r="J500" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K499" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A500" s="3" t="inlineStr">
+      <c r="K500" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L500" s="3" t="inlineStr">
+        <is>
+          <t>530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
+      <c r="A501" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B500" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E500" s="3" t="inlineStr">
+      <c r="B501" s="4" t="inlineStr">
+        <is>
+          <t>116호6504</t>
+        </is>
+      </c>
+      <c r="C501" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5T AWD (바닐라베이지시트)</t>
+        </is>
+      </c>
+      <c r="D501" s="4" t="inlineStr">
+        <is>
+          <t>AWD , 빌트인캠 , 19인치휠 , 시그니쳐
+디자인셀렉션1 , 파퓰러패키지1</t>
+        </is>
+      </c>
+      <c r="E501" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F500" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J500" s="3" t="inlineStr">
+      <c r="F501" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G501" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H501" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I501" s="3" t="inlineStr">
+        <is>
+          <t>13,146KM</t>
+        </is>
+      </c>
+      <c r="J501" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K500" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K501" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L501" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="3"/>
       <c r="B502" s="4"/>
       <c r="C502" s="4"/>
       <c r="D502" s="4"/>
       <c r="E502" s="3"/>
       <c r="F502" s="3"/>
       <c r="G502" s="3"/>
       <c r="H502" s="3"/>
       <c r="I502" s="3"/>
       <c r="J502" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K502" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L502" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="3"/>
       <c r="B503" s="4"/>
       <c r="C503" s="4"/>
       <c r="D503" s="4"/>
       <c r="E503" s="3"/>
       <c r="F503" s="3"/>
       <c r="G503" s="3"/>
       <c r="H503" s="3"/>
       <c r="I503" s="3"/>
       <c r="J503" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K503" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L503" s="3" t="inlineStr">
+        <is>
+          <t>1,300,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
+      <c r="A504" s="3"/>
+      <c r="B504" s="4"/>
+      <c r="C504" s="4"/>
+      <c r="D504" s="4"/>
+      <c r="E504" s="3"/>
+      <c r="F504" s="3"/>
+      <c r="G504" s="3"/>
+      <c r="H504" s="3"/>
+      <c r="I504" s="3"/>
+      <c r="J504" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K503" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K504" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L504" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,250,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="3"/>
       <c r="B505" s="4"/>
       <c r="C505" s="4"/>
       <c r="D505" s="4"/>
       <c r="E505" s="3"/>
       <c r="F505" s="3"/>
       <c r="G505" s="3"/>
       <c r="H505" s="3"/>
       <c r="I505" s="3"/>
       <c r="J505" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K505" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L505" s="3" t="inlineStr">
+        <is>
+          <t>1,200,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
+      <c r="A506" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B506" s="4" t="inlineStr">
+        <is>
+          <t>116호6072</t>
+        </is>
+      </c>
+      <c r="C506" s="4" t="inlineStr">
+        <is>
+          <t>GV80 쿠페 가솔린 2.5 터보 AWD (세비야레드시
+트)</t>
+        </is>
+      </c>
+      <c r="D506" s="4" t="inlineStr">
+        <is>
+          <t>22인치휠, 쿠페디자인셀렉션2</t>
+        </is>
+      </c>
+      <c r="E506" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F506" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G506" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H506" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I506" s="3" t="inlineStr">
+        <is>
+          <t>29,209KM</t>
+        </is>
+      </c>
+      <c r="J506" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K506" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L506" s="3" t="inlineStr">
+        <is>
+          <t>1,700,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
+      <c r="A507" s="3"/>
+      <c r="B507" s="4"/>
+      <c r="C507" s="4"/>
+      <c r="D507" s="4"/>
+      <c r="E507" s="3"/>
+      <c r="F507" s="3"/>
+      <c r="G507" s="3"/>
+      <c r="H507" s="3"/>
+      <c r="I507" s="3"/>
+      <c r="J507" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K505" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K507" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L507" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>1,650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="3"/>
       <c r="B508" s="4"/>
       <c r="C508" s="4"/>
       <c r="D508" s="4"/>
       <c r="E508" s="3"/>
       <c r="F508" s="3"/>
       <c r="G508" s="3"/>
       <c r="H508" s="3"/>
       <c r="I508" s="3"/>
       <c r="J508" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K508" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L508" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="3"/>
       <c r="B509" s="4"/>
       <c r="C509" s="4"/>
       <c r="D509" s="4"/>
       <c r="E509" s="3"/>
       <c r="F509" s="3"/>
       <c r="G509" s="3"/>
       <c r="H509" s="3"/>
       <c r="I509" s="3"/>
       <c r="J509" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K509" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L509" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>1,550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
-      <c r="A510" s="3"/>
-[...7 lines deleted...]
-      <c r="I510" s="3"/>
+      <c r="A510" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B510" s="4" t="inlineStr">
+        <is>
+          <t>153하4800</t>
+        </is>
+      </c>
+      <c r="C510" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴G80 가솔린 2.5 터보 2WD 기본형</t>
+        </is>
+      </c>
+      <c r="D510" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지, 20인치 휠</t>
+        </is>
+      </c>
+      <c r="E510" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F510" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G510" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H510" s="3" t="inlineStr">
+        <is>
+          <t>21년02월</t>
+        </is>
+      </c>
+      <c r="I510" s="3" t="inlineStr">
+        <is>
+          <t>116,275KM</t>
+        </is>
+      </c>
       <c r="J510" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K510" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L510" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="3"/>
       <c r="B511" s="4"/>
       <c r="C511" s="4"/>
       <c r="D511" s="4"/>
       <c r="E511" s="3"/>
       <c r="F511" s="3"/>
       <c r="G511" s="3"/>
       <c r="H511" s="3"/>
       <c r="I511" s="3"/>
       <c r="J511" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K511" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L511" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
-      <c r="A512" s="3" t="inlineStr">
+      <c r="A512" s="3"/>
+      <c r="B512" s="4"/>
+      <c r="C512" s="4"/>
+      <c r="D512" s="4"/>
+      <c r="E512" s="3"/>
+      <c r="F512" s="3"/>
+      <c r="G512" s="3"/>
+      <c r="H512" s="3"/>
+      <c r="I512" s="3"/>
+      <c r="J512" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K512" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L512" s="3" t="inlineStr">
+        <is>
+          <t>900,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
+      <c r="A513" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B512" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E512" s="3" t="inlineStr">
+      <c r="B513" s="4" t="inlineStr">
+        <is>
+          <t>30허0131</t>
+        </is>
+      </c>
+      <c r="C513" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 (인터스텔라그레이 색상)</t>
+        </is>
+      </c>
+      <c r="D513" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스</t>
+        </is>
+      </c>
+      <c r="E513" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F512" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G512" s="3" t="inlineStr">
+      <c r="F513" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G513" s="3" t="inlineStr">
         <is>
           <t>전기</t>
         </is>
       </c>
-      <c r="H512" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J512" s="3" t="inlineStr">
+      <c r="H513" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I513" s="3" t="inlineStr">
+        <is>
+          <t>116,868KM</t>
+        </is>
+      </c>
+      <c r="J513" s="3" t="inlineStr">
         <is>
           <t>12</t>
-        </is>
-[...24 lines deleted...]
-          <t>24</t>
         </is>
       </c>
       <c r="K513" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L513" s="3" t="inlineStr">
         <is>
           <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="3"/>
       <c r="B514" s="4"/>
       <c r="C514" s="4"/>
       <c r="D514" s="4"/>
       <c r="E514" s="3"/>
       <c r="F514" s="3"/>
       <c r="G514" s="3"/>
       <c r="H514" s="3"/>
       <c r="I514" s="3"/>
       <c r="J514" s="3" t="inlineStr">
         <is>
-          <t>33</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K514" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L514" s="3" t="inlineStr">
         <is>
           <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
-      <c r="A515" s="3" t="inlineStr">
+      <c r="A515" s="3"/>
+      <c r="B515" s="4"/>
+      <c r="C515" s="4"/>
+      <c r="D515" s="4"/>
+      <c r="E515" s="3"/>
+      <c r="F515" s="3"/>
+      <c r="G515" s="3"/>
+      <c r="H515" s="3"/>
+      <c r="I515" s="3"/>
+      <c r="J515" s="3" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="K515" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L515" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
+      <c r="A516" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B515" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E515" s="3" t="inlineStr">
+      <c r="B516" s="4" t="inlineStr">
+        <is>
+          <t>116호6492</t>
+        </is>
+      </c>
+      <c r="C516" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴니로 HEV 트렌디</t>
+        </is>
+      </c>
+      <c r="D516" s="4" t="inlineStr">
+        <is>
+          <t>기본-컨비니언스, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E516" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F515" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J515" s="3" t="inlineStr">
+      <c r="F516" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G516" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H516" s="3" t="inlineStr">
+        <is>
+          <t>25년06월</t>
+        </is>
+      </c>
+      <c r="I516" s="3" t="inlineStr">
+        <is>
+          <t>9,184KM</t>
+        </is>
+      </c>
+      <c r="J516" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K515" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K516" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L516" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="3"/>
       <c r="B517" s="4"/>
       <c r="C517" s="4"/>
       <c r="D517" s="4"/>
       <c r="E517" s="3"/>
       <c r="F517" s="3"/>
       <c r="G517" s="3"/>
       <c r="H517" s="3"/>
       <c r="I517" s="3"/>
       <c r="J517" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K517" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L517" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="3"/>
       <c r="B518" s="4"/>
       <c r="C518" s="4"/>
       <c r="D518" s="4"/>
       <c r="E518" s="3"/>
       <c r="F518" s="3"/>
       <c r="G518" s="3"/>
       <c r="H518" s="3"/>
       <c r="I518" s="3"/>
       <c r="J518" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K518" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L518" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="3"/>
       <c r="B519" s="4"/>
       <c r="C519" s="4"/>
       <c r="D519" s="4"/>
       <c r="E519" s="3"/>
       <c r="F519" s="3"/>
       <c r="G519" s="3"/>
       <c r="H519" s="3"/>
       <c r="I519" s="3"/>
       <c r="J519" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K519" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K519" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L519" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
-      <c r="A520" s="3" t="inlineStr">
+      <c r="A520" s="3"/>
+      <c r="B520" s="4"/>
+      <c r="C520" s="4"/>
+      <c r="D520" s="4"/>
+      <c r="E520" s="3"/>
+      <c r="F520" s="3"/>
+      <c r="G520" s="3"/>
+      <c r="H520" s="3"/>
+      <c r="I520" s="3"/>
+      <c r="J520" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K520" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L520" s="3" t="inlineStr">
+        <is>
+          <t>560,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
+      <c r="A521" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B520" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E520" s="3" t="inlineStr">
+      <c r="B521" s="4" t="inlineStr">
+        <is>
+          <t>116호6070</t>
+        </is>
+      </c>
+      <c r="C521" s="4" t="inlineStr">
+        <is>
+          <t>신형 GV70 가솔린 2.5 터보 2WD 스포츠</t>
+        </is>
+      </c>
+      <c r="D521" s="4" t="inlineStr">
+        <is>
+          <t>헤드업 디스플레이, 드라이빙 어시스턴스 패키지
+2, 드라이빙 어시스턴스 패키지1, 빌트인 캠
+ 패키지, 파노라마 선루프, 21인치 휠</t>
+        </is>
+      </c>
+      <c r="E521" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F520" s="3" t="inlineStr">
+      <c r="F521" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G520" s="3" t="inlineStr">
+      <c r="G521" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H520" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J520" s="3" t="inlineStr">
+      <c r="H521" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I521" s="3" t="inlineStr">
+        <is>
+          <t>6,543KM</t>
+        </is>
+      </c>
+      <c r="J521" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K520" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K521" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L521" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>1,430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="3"/>
       <c r="B522" s="4"/>
       <c r="C522" s="4"/>
       <c r="D522" s="4"/>
       <c r="E522" s="3"/>
       <c r="F522" s="3"/>
       <c r="G522" s="3"/>
       <c r="H522" s="3"/>
       <c r="I522" s="3"/>
       <c r="J522" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K522" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L522" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>1,380,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="3"/>
       <c r="B523" s="4"/>
       <c r="C523" s="4"/>
       <c r="D523" s="4"/>
       <c r="E523" s="3"/>
       <c r="F523" s="3"/>
       <c r="G523" s="3"/>
       <c r="H523" s="3"/>
       <c r="I523" s="3"/>
       <c r="J523" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K523" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L523" s="3" t="inlineStr">
         <is>
-          <t>615,000</t>
+          <t>1,330,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="3"/>
       <c r="B524" s="4"/>
       <c r="C524" s="4"/>
       <c r="D524" s="4"/>
       <c r="E524" s="3"/>
       <c r="F524" s="3"/>
       <c r="G524" s="3"/>
       <c r="H524" s="3"/>
       <c r="I524" s="3"/>
       <c r="J524" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K524" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L524" s="3" t="inlineStr">
+        <is>
+          <t>1,280,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
+      <c r="A525" s="3"/>
+      <c r="B525" s="4"/>
+      <c r="C525" s="4"/>
+      <c r="D525" s="4"/>
+      <c r="E525" s="3"/>
+      <c r="F525" s="3"/>
+      <c r="G525" s="3"/>
+      <c r="H525" s="3"/>
+      <c r="I525" s="3"/>
+      <c r="J525" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K524" s="3" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A525" s="3" t="inlineStr">
+      <c r="K525" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L525" s="3" t="inlineStr">
+        <is>
+          <t>1,230,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
+      <c r="A526" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B525" s="4" t="inlineStr">
-[...15 lines deleted...]
-      <c r="E525" s="3" t="inlineStr">
+      <c r="B526" s="4" t="inlineStr">
+        <is>
+          <t>116호7212</t>
+        </is>
+      </c>
+      <c r="C526" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴트레일블레이저 1.35 가솔린 2WD Premie
+r</t>
+        </is>
+      </c>
+      <c r="D526" s="4"/>
+      <c r="E526" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F525" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G525" s="3" t="inlineStr">
+      <c r="F526" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G526" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H525" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J525" s="3" t="inlineStr">
+      <c r="H526" s="3" t="inlineStr">
+        <is>
+          <t>26년01월</t>
+        </is>
+      </c>
+      <c r="I526" s="3" t="inlineStr">
+        <is>
+          <t>2,628KM</t>
+        </is>
+      </c>
+      <c r="J526" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K525" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K526" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L526" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="3"/>
       <c r="B527" s="4"/>
       <c r="C527" s="4"/>
       <c r="D527" s="4"/>
       <c r="E527" s="3"/>
       <c r="F527" s="3"/>
       <c r="G527" s="3"/>
       <c r="H527" s="3"/>
       <c r="I527" s="3"/>
       <c r="J527" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K527" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="L527" s="3" t="inlineStr">
+        <is>
+          <t>600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
+      <c r="A528" s="3"/>
+      <c r="B528" s="4"/>
+      <c r="C528" s="4"/>
+      <c r="D528" s="4"/>
+      <c r="E528" s="3"/>
+      <c r="F528" s="3"/>
+      <c r="G528" s="3"/>
+      <c r="H528" s="3"/>
+      <c r="I528" s="3"/>
+      <c r="J528" s="3" t="inlineStr">
+        <is>
           <t>36</t>
         </is>
       </c>
-      <c r="K527" s="3" t="inlineStr">
-[...56 lines deleted...]
-      </c>
       <c r="K528" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L528" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="3"/>
       <c r="B529" s="4"/>
       <c r="C529" s="4"/>
       <c r="D529" s="4"/>
       <c r="E529" s="3"/>
       <c r="F529" s="3"/>
       <c r="G529" s="3"/>
       <c r="H529" s="3"/>
       <c r="I529" s="3"/>
       <c r="J529" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K529" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L529" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="3"/>
       <c r="B530" s="4"/>
       <c r="C530" s="4"/>
       <c r="D530" s="4"/>
       <c r="E530" s="3"/>
       <c r="F530" s="3"/>
       <c r="G530" s="3"/>
       <c r="H530" s="3"/>
       <c r="I530" s="3"/>
       <c r="J530" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K530" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L530" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
-      <c r="A531" s="3"/>
-[...7 lines deleted...]
-      <c r="I531" s="3"/>
+      <c r="A531" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B531" s="4" t="inlineStr">
+        <is>
+          <t>116허7955</t>
+        </is>
+      </c>
+      <c r="C531" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D531" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비1, 현대스마트센스, 익스테리
+어디자인3</t>
+        </is>
+      </c>
+      <c r="E531" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F531" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G531" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H531" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I531" s="3" t="inlineStr">
+        <is>
+          <t>11,742KM</t>
+        </is>
+      </c>
       <c r="J531" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K531" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L531" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="3"/>
       <c r="B532" s="4"/>
       <c r="C532" s="4"/>
       <c r="D532" s="4"/>
       <c r="E532" s="3"/>
       <c r="F532" s="3"/>
       <c r="G532" s="3"/>
       <c r="H532" s="3"/>
       <c r="I532" s="3"/>
       <c r="J532" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K532" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L532" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
-      <c r="A533" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A533" s="3"/>
+      <c r="B533" s="4"/>
+      <c r="C533" s="4"/>
+      <c r="D533" s="4"/>
+      <c r="E533" s="3"/>
+      <c r="F533" s="3"/>
+      <c r="G533" s="3"/>
+      <c r="H533" s="3"/>
+      <c r="I533" s="3"/>
       <c r="J533" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K533" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L533" s="3" t="inlineStr">
         <is>
-          <t>545,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="3"/>
       <c r="B534" s="4"/>
       <c r="C534" s="4"/>
       <c r="D534" s="4"/>
       <c r="E534" s="3"/>
       <c r="F534" s="3"/>
       <c r="G534" s="3"/>
       <c r="H534" s="3"/>
       <c r="I534" s="3"/>
       <c r="J534" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K534" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L534" s="3" t="inlineStr">
         <is>
-          <t>525,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="3"/>
       <c r="B535" s="4"/>
       <c r="C535" s="4"/>
       <c r="D535" s="4"/>
       <c r="E535" s="3"/>
       <c r="F535" s="3"/>
       <c r="G535" s="3"/>
       <c r="H535" s="3"/>
       <c r="I535" s="3"/>
       <c r="J535" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K535" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L535" s="3" t="inlineStr">
         <is>
-          <t>505,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
-      <c r="A536" s="3"/>
-[...7 lines deleted...]
-      <c r="I536" s="3"/>
+      <c r="A536" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B536" s="4" t="inlineStr">
+        <is>
+          <t>116허7777</t>
+        </is>
+      </c>
+      <c r="C536" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K5(DL3) 2.0 LPI 렌터카 프레스티지</t>
+        </is>
+      </c>
+      <c r="D536" s="4" t="inlineStr">
+        <is>
+          <t>SBW팩</t>
+        </is>
+      </c>
+      <c r="E536" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F536" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G536" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H536" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I536" s="3" t="inlineStr">
+        <is>
+          <t>41,400KM</t>
+        </is>
+      </c>
       <c r="J536" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K536" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L536" s="3" t="inlineStr">
         <is>
-          <t>485,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="3"/>
       <c r="B537" s="4"/>
       <c r="C537" s="4"/>
       <c r="D537" s="4"/>
       <c r="E537" s="3"/>
       <c r="F537" s="3"/>
       <c r="G537" s="3"/>
       <c r="H537" s="3"/>
       <c r="I537" s="3"/>
       <c r="J537" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K537" s="3" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="L537" s="3" t="inlineStr">
         <is>
-          <t>465,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
-      <c r="A538" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A538" s="3"/>
+      <c r="B538" s="4"/>
+      <c r="C538" s="4"/>
+      <c r="D538" s="4"/>
+      <c r="E538" s="3"/>
+      <c r="F538" s="3"/>
+      <c r="G538" s="3"/>
+      <c r="H538" s="3"/>
+      <c r="I538" s="3"/>
       <c r="J538" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K538" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L538" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="3"/>
       <c r="B539" s="4"/>
       <c r="C539" s="4"/>
       <c r="D539" s="4"/>
       <c r="E539" s="3"/>
       <c r="F539" s="3"/>
       <c r="G539" s="3"/>
       <c r="H539" s="3"/>
       <c r="I539" s="3"/>
       <c r="J539" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K539" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L539" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="3"/>
       <c r="B540" s="4"/>
       <c r="C540" s="4"/>
       <c r="D540" s="4"/>
       <c r="E540" s="3"/>
       <c r="F540" s="3"/>
       <c r="G540" s="3"/>
       <c r="H540" s="3"/>
       <c r="I540" s="3"/>
       <c r="J540" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K540" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L540" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
-      <c r="A541" s="3"/>
-[...1 lines deleted...]
-      <c r="C541" s="4"/>
+      <c r="A541" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B541" s="4" t="inlineStr">
+        <is>
+          <t>116허6243</t>
+        </is>
+      </c>
+      <c r="C541" s="4" t="inlineStr">
+        <is>
+          <t>E클래스(5세대) E250 Avantgarde</t>
+        </is>
+      </c>
       <c r="D541" s="4"/>
-      <c r="E541" s="3"/>
-[...3 lines deleted...]
-      <c r="I541" s="3"/>
+      <c r="E541" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F541" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G541" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H541" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I541" s="3" t="inlineStr">
+        <is>
+          <t>81,108KM</t>
+        </is>
+      </c>
       <c r="J541" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K541" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L541" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="3"/>
       <c r="B542" s="4"/>
       <c r="C542" s="4"/>
       <c r="D542" s="4"/>
       <c r="E542" s="3"/>
       <c r="F542" s="3"/>
       <c r="G542" s="3"/>
       <c r="H542" s="3"/>
       <c r="I542" s="3"/>
       <c r="J542" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K542" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L542" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
-      <c r="A543" s="3" t="inlineStr">
+      <c r="A543" s="3"/>
+      <c r="B543" s="4"/>
+      <c r="C543" s="4"/>
+      <c r="D543" s="4"/>
+      <c r="E543" s="3"/>
+      <c r="F543" s="3"/>
+      <c r="G543" s="3"/>
+      <c r="H543" s="3"/>
+      <c r="I543" s="3"/>
+      <c r="J543" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K543" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L543" s="3" t="inlineStr">
+        <is>
+          <t>1,000,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
+      <c r="A544" s="3" t="inlineStr">
         <is>
           <t>JET</t>
         </is>
       </c>
-      <c r="B543" s="4" t="inlineStr">
-[...10 lines deleted...]
-      <c r="E543" s="3" t="inlineStr">
+      <c r="B544" s="4" t="inlineStr">
+        <is>
+          <t>29하5910</t>
+        </is>
+      </c>
+      <c r="C544" s="4" t="inlineStr">
+        <is>
+          <t>니로 EV 프레스티지</t>
+        </is>
+      </c>
+      <c r="D544" s="4" t="inlineStr">
+        <is>
+          <t>ECM&amp;ETCS</t>
+        </is>
+      </c>
+      <c r="E544" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F543" s="3" t="inlineStr">
+      <c r="F544" s="3" t="inlineStr">
         <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G543" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J543" s="3" t="inlineStr">
+      <c r="G544" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H544" s="3" t="inlineStr">
+        <is>
+          <t>21년08월</t>
+        </is>
+      </c>
+      <c r="I544" s="3" t="inlineStr">
+        <is>
+          <t>71,634KM</t>
+        </is>
+      </c>
+      <c r="J544" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K543" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K544" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L544" s="3" t="inlineStr">
         <is>
-          <t>890,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="3"/>
       <c r="B545" s="4"/>
       <c r="C545" s="4"/>
       <c r="D545" s="4"/>
       <c r="E545" s="3"/>
       <c r="F545" s="3"/>
       <c r="G545" s="3"/>
       <c r="H545" s="3"/>
       <c r="I545" s="3"/>
       <c r="J545" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K545" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L545" s="3" t="inlineStr">
         <is>
-          <t>860,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="3"/>
       <c r="B546" s="4"/>
       <c r="C546" s="4"/>
       <c r="D546" s="4"/>
       <c r="E546" s="3"/>
       <c r="F546" s="3"/>
       <c r="G546" s="3"/>
       <c r="H546" s="3"/>
       <c r="I546" s="3"/>
       <c r="J546" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>30</t>
         </is>
       </c>
       <c r="K546" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L546" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
-      <c r="A547" s="3"/>
-[...7 lines deleted...]
-      <c r="I547" s="3"/>
+      <c r="A547" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B547" s="4" t="inlineStr">
+        <is>
+          <t>116허6365</t>
+        </is>
+      </c>
+      <c r="C547" s="4" t="inlineStr">
+        <is>
+          <t>캐스퍼 1.0 모던</t>
+        </is>
+      </c>
+      <c r="D547" s="4" t="inlineStr">
+        <is>
+          <t>멀티미디어내비 플러스,  17인치알로이휠 패키
+지</t>
+        </is>
+      </c>
+      <c r="E547" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F547" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G547" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H547" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I547" s="3" t="inlineStr">
+        <is>
+          <t>33,282KM</t>
+        </is>
+      </c>
       <c r="J547" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K547" s="3" t="inlineStr">
+        <is>
           <t>60</t>
         </is>
       </c>
-      <c r="K547" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="L547" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
-      <c r="A548" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A548" s="3"/>
+      <c r="B548" s="4"/>
+      <c r="C548" s="4"/>
+      <c r="D548" s="4"/>
+      <c r="E548" s="3"/>
+      <c r="F548" s="3"/>
+      <c r="G548" s="3"/>
+      <c r="H548" s="3"/>
+      <c r="I548" s="3"/>
       <c r="J548" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K548" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L548" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="3"/>
       <c r="B549" s="4"/>
       <c r="C549" s="4"/>
       <c r="D549" s="4"/>
       <c r="E549" s="3"/>
       <c r="F549" s="3"/>
       <c r="G549" s="3"/>
       <c r="H549" s="3"/>
       <c r="I549" s="3"/>
       <c r="J549" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K549" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L549" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="3"/>
       <c r="B550" s="4"/>
       <c r="C550" s="4"/>
       <c r="D550" s="4"/>
       <c r="E550" s="3"/>
       <c r="F550" s="3"/>
       <c r="G550" s="3"/>
       <c r="H550" s="3"/>
       <c r="I550" s="3"/>
       <c r="J550" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K550" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>60</t>
         </is>
       </c>
       <c r="L550" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>420,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
-      <c r="A551" s="3"/>
-[...7 lines deleted...]
-      <c r="I551" s="3"/>
+      <c r="A551" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B551" s="4" t="inlineStr">
+        <is>
+          <t>116호6877</t>
+        </is>
+      </c>
+      <c r="C551" s="4" t="inlineStr">
+        <is>
+          <t>GV80 2.5T (바닐라베이지시트)</t>
+        </is>
+      </c>
+      <c r="D551" s="4" t="inlineStr">
+        <is>
+          <t>20인치휠,  파퓰러패키지</t>
+        </is>
+      </c>
+      <c r="E551" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F551" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G551" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H551" s="3" t="inlineStr">
+        <is>
+          <t>25년07월</t>
+        </is>
+      </c>
+      <c r="I551" s="3" t="inlineStr">
+        <is>
+          <t>11,910KM</t>
+        </is>
+      </c>
       <c r="J551" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K551" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L551" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>1,680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="3"/>
       <c r="B552" s="4"/>
       <c r="C552" s="4"/>
       <c r="D552" s="4"/>
       <c r="E552" s="3"/>
       <c r="F552" s="3"/>
       <c r="G552" s="3"/>
       <c r="H552" s="3"/>
       <c r="I552" s="3"/>
       <c r="J552" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K552" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L552" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>1,630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
-      <c r="A553" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A553" s="3"/>
+      <c r="B553" s="4"/>
+      <c r="C553" s="4"/>
+      <c r="D553" s="4"/>
+      <c r="E553" s="3"/>
+      <c r="F553" s="3"/>
+      <c r="G553" s="3"/>
+      <c r="H553" s="3"/>
+      <c r="I553" s="3"/>
       <c r="J553" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K553" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L553" s="3" t="inlineStr">
         <is>
-          <t>675,000</t>
+          <t>1,580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="3"/>
       <c r="B554" s="4"/>
       <c r="C554" s="4"/>
       <c r="D554" s="4"/>
       <c r="E554" s="3"/>
       <c r="F554" s="3"/>
       <c r="G554" s="3"/>
       <c r="H554" s="3"/>
       <c r="I554" s="3"/>
       <c r="J554" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K554" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L554" s="3" t="inlineStr">
         <is>
-          <t>655,000</t>
+          <t>1,530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="3"/>
       <c r="B555" s="4"/>
       <c r="C555" s="4"/>
       <c r="D555" s="4"/>
       <c r="E555" s="3"/>
       <c r="F555" s="3"/>
       <c r="G555" s="3"/>
       <c r="H555" s="3"/>
       <c r="I555" s="3"/>
       <c r="J555" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K555" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L555" s="3" t="inlineStr">
         <is>
-          <t>635,000</t>
+          <t>1,480,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
-      <c r="A556" s="3"/>
-[...7 lines deleted...]
-      <c r="I556" s="3"/>
+      <c r="A556" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B556" s="4" t="inlineStr">
+        <is>
+          <t>116허6073</t>
+        </is>
+      </c>
+      <c r="C556" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 하이브리드 1.6 프레스티지 </t>
+        </is>
+      </c>
+      <c r="D556" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E556" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F556" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G556" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H556" s="3" t="inlineStr">
+        <is>
+          <t>22년06월</t>
+        </is>
+      </c>
+      <c r="I556" s="3" t="inlineStr">
+        <is>
+          <t>60,241KM</t>
+        </is>
+      </c>
       <c r="J556" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K556" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L556" s="3" t="inlineStr">
         <is>
-          <t>615,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="3"/>
       <c r="B557" s="4"/>
       <c r="C557" s="4"/>
       <c r="D557" s="4"/>
       <c r="E557" s="3"/>
       <c r="F557" s="3"/>
       <c r="G557" s="3"/>
       <c r="H557" s="3"/>
       <c r="I557" s="3"/>
       <c r="J557" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K557" s="3" t="inlineStr">
         <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L557" s="3" t="inlineStr">
+        <is>
+          <t>760,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
+      <c r="A558" s="3"/>
+      <c r="B558" s="4"/>
+      <c r="C558" s="4"/>
+      <c r="D558" s="4"/>
+      <c r="E558" s="3"/>
+      <c r="F558" s="3"/>
+      <c r="G558" s="3"/>
+      <c r="H558" s="3"/>
+      <c r="I558" s="3"/>
+      <c r="J558" s="3" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K558" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L558" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
+      <c r="A559" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B559" s="4" t="inlineStr">
+        <is>
+          <t>153하5436</t>
+        </is>
+      </c>
+      <c r="C559" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 2.5 프리미엄</t>
+        </is>
+      </c>
+      <c r="D559" s="4" t="inlineStr">
+        <is>
+          <t>프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E559" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F559" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G559" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H559" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I559" s="3" t="inlineStr">
+        <is>
+          <t>103,925KM</t>
+        </is>
+      </c>
+      <c r="J559" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K559" s="3" t="inlineStr">
+        <is>
           <t>70</t>
-        </is>
-[...88 lines deleted...]
-          <t>60</t>
         </is>
       </c>
       <c r="L559" s="3" t="inlineStr">
         <is>
           <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="3"/>
       <c r="B560" s="4"/>
       <c r="C560" s="4"/>
       <c r="D560" s="4"/>
       <c r="E560" s="3"/>
       <c r="F560" s="3"/>
       <c r="G560" s="3"/>
       <c r="H560" s="3"/>
       <c r="I560" s="3"/>
       <c r="J560" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K560" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L560" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="3"/>
       <c r="B561" s="4"/>
       <c r="C561" s="4"/>
       <c r="D561" s="4"/>
       <c r="E561" s="3"/>
       <c r="F561" s="3"/>
       <c r="G561" s="3"/>
       <c r="H561" s="3"/>
       <c r="I561" s="3"/>
       <c r="J561" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K561" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L561" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
-      <c r="A562" s="3"/>
-[...7 lines deleted...]
-      <c r="I562" s="3"/>
+      <c r="A562" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B562" s="4" t="inlineStr">
+        <is>
+          <t>116호6719</t>
+        </is>
+      </c>
+      <c r="C562" s="4" t="inlineStr">
+        <is>
+          <t>베뉴 프리미엄</t>
+        </is>
+      </c>
+      <c r="D562" s="4" t="inlineStr">
+        <is>
+          <t>투톤루프, 스타일</t>
+        </is>
+      </c>
+      <c r="E562" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F562" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G562" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H562" s="3" t="inlineStr">
+        <is>
+          <t>25년08월</t>
+        </is>
+      </c>
+      <c r="I562" s="3" t="inlineStr">
+        <is>
+          <t>2,565KM</t>
+        </is>
+      </c>
       <c r="J562" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K562" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L562" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
-      <c r="A563" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A563" s="3"/>
+      <c r="B563" s="4"/>
+      <c r="C563" s="4"/>
+      <c r="D563" s="4"/>
+      <c r="E563" s="3"/>
+      <c r="F563" s="3"/>
+      <c r="G563" s="3"/>
+      <c r="H563" s="3"/>
+      <c r="I563" s="3"/>
       <c r="J563" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K563" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L563" s="3" t="inlineStr">
         <is>
-          <t>1,650,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="3"/>
       <c r="B564" s="4"/>
       <c r="C564" s="4"/>
       <c r="D564" s="4"/>
       <c r="E564" s="3"/>
       <c r="F564" s="3"/>
       <c r="G564" s="3"/>
       <c r="H564" s="3"/>
       <c r="I564" s="3"/>
       <c r="J564" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K564" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L564" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="3"/>
       <c r="B565" s="4"/>
       <c r="C565" s="4"/>
       <c r="D565" s="4"/>
       <c r="E565" s="3"/>
       <c r="F565" s="3"/>
       <c r="G565" s="3"/>
       <c r="H565" s="3"/>
       <c r="I565" s="3"/>
       <c r="J565" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K565" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L565" s="3" t="inlineStr">
         <is>
-          <t>1,550,000</t>
+          <t>540,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="3"/>
       <c r="B566" s="4"/>
       <c r="C566" s="4"/>
       <c r="D566" s="4"/>
       <c r="E566" s="3"/>
       <c r="F566" s="3"/>
       <c r="G566" s="3"/>
       <c r="H566" s="3"/>
       <c r="I566" s="3"/>
       <c r="J566" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K566" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L566" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
-      <c r="A567" s="3"/>
-[...1 lines deleted...]
-      <c r="C567" s="4"/>
+      <c r="A567" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B567" s="4" t="inlineStr">
+        <is>
+          <t>116허7912</t>
+        </is>
+      </c>
+      <c r="C567" s="4" t="inlineStr">
+        <is>
+          <t>아르카나 1.6 GTe Iconic</t>
+        </is>
+      </c>
       <c r="D567" s="4"/>
-      <c r="E567" s="3"/>
-[...3 lines deleted...]
-      <c r="I567" s="3"/>
+      <c r="E567" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F567" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G567" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H567" s="3" t="inlineStr">
+        <is>
+          <t>24년10월</t>
+        </is>
+      </c>
+      <c r="I567" s="3" t="inlineStr">
+        <is>
+          <t>23,554KM</t>
+        </is>
+      </c>
       <c r="J567" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K567" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L567" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
-      <c r="A568" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A568" s="3"/>
+      <c r="B568" s="4"/>
+      <c r="C568" s="4"/>
+      <c r="D568" s="4"/>
+      <c r="E568" s="3"/>
+      <c r="F568" s="3"/>
+      <c r="G568" s="3"/>
+      <c r="H568" s="3"/>
+      <c r="I568" s="3"/>
       <c r="J568" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K568" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L568" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>510,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="3"/>
       <c r="B569" s="4"/>
       <c r="C569" s="4"/>
       <c r="D569" s="4"/>
       <c r="E569" s="3"/>
       <c r="F569" s="3"/>
       <c r="G569" s="3"/>
       <c r="H569" s="3"/>
       <c r="I569" s="3"/>
       <c r="J569" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K569" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L569" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="3"/>
       <c r="B570" s="4"/>
       <c r="C570" s="4"/>
       <c r="D570" s="4"/>
       <c r="E570" s="3"/>
       <c r="F570" s="3"/>
       <c r="G570" s="3"/>
       <c r="H570" s="3"/>
       <c r="I570" s="3"/>
       <c r="J570" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K570" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L570" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
-      <c r="A571" s="3"/>
-[...7 lines deleted...]
-      <c r="I571" s="3"/>
+      <c r="A571" s="3" t="inlineStr">
+        <is>
+          <t>JET</t>
+        </is>
+      </c>
+      <c r="B571" s="4" t="inlineStr">
+        <is>
+          <t>116허7596</t>
+        </is>
+      </c>
+      <c r="C571" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 디 엣지 스마트스트림 LPG 2.0 렌터카 비지
+니스 1</t>
+        </is>
+      </c>
+      <c r="D571" s="4" t="inlineStr">
+        <is>
+          <t>익스테리어디자인3, 하이패스</t>
+        </is>
+      </c>
+      <c r="E571" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F571" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G571" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H571" s="3" t="inlineStr">
+        <is>
+          <t>24년03월</t>
+        </is>
+      </c>
+      <c r="I571" s="3" t="inlineStr">
+        <is>
+          <t>56,264KM</t>
+        </is>
+      </c>
       <c r="J571" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K571" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L571" s="3" t="inlineStr">
         <is>
-          <t>420,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="3"/>
       <c r="B572" s="4"/>
       <c r="C572" s="4"/>
       <c r="D572" s="4"/>
       <c r="E572" s="3"/>
       <c r="F572" s="3"/>
       <c r="G572" s="3"/>
       <c r="H572" s="3"/>
       <c r="I572" s="3"/>
       <c r="J572" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K572" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L572" s="3" t="inlineStr">
         <is>
-          <t>400,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
-      <c r="A573" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A573" s="3"/>
+      <c r="B573" s="4"/>
+      <c r="C573" s="4"/>
       <c r="D573" s="4"/>
-      <c r="E573" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E573" s="3"/>
+      <c r="F573" s="3"/>
+      <c r="G573" s="3"/>
+      <c r="H573" s="3"/>
+      <c r="I573" s="3"/>
       <c r="J573" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K573" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L573" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="3"/>
       <c r="B574" s="4"/>
       <c r="C574" s="4"/>
       <c r="D574" s="4"/>
       <c r="E574" s="3"/>
       <c r="F574" s="3"/>
       <c r="G574" s="3"/>
       <c r="H574" s="3"/>
       <c r="I574" s="3"/>
       <c r="J574" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K574" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L574" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="3"/>
       <c r="B575" s="4"/>
       <c r="C575" s="4"/>
       <c r="D575" s="4"/>
       <c r="E575" s="3"/>
       <c r="F575" s="3"/>
       <c r="G575" s="3"/>
       <c r="H575" s="3"/>
       <c r="I575" s="3"/>
       <c r="J575" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>59</t>
         </is>
       </c>
       <c r="K575" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L575" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>560,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
-      <c r="A576" s="3"/>
-[...7 lines deleted...]
-      <c r="I576" s="3"/>
+      <c r="A576" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B576" s="4" t="inlineStr">
+        <is>
+          <t>101호8367</t>
+        </is>
+      </c>
+      <c r="C576" s="4" t="inlineStr">
+        <is>
+          <t>제네시스 G80 가솔린 3.5T AWD</t>
+        </is>
+      </c>
+      <c r="D576" s="4" t="inlineStr">
+        <is>
+          <t>헤드업디스플레이, 2열컴포트+뒷좌석모니터</t>
+        </is>
+      </c>
+      <c r="E576" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F576" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G576" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H576" s="3" t="inlineStr">
+        <is>
+          <t>20년11월</t>
+        </is>
+      </c>
+      <c r="I576" s="3" t="inlineStr">
+        <is>
+          <t>85,000KM</t>
+        </is>
+      </c>
       <c r="J576" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K576" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L576" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="3"/>
       <c r="B577" s="4"/>
       <c r="C577" s="4"/>
       <c r="D577" s="4"/>
       <c r="E577" s="3"/>
       <c r="F577" s="3"/>
       <c r="G577" s="3"/>
       <c r="H577" s="3"/>
       <c r="I577" s="3"/>
       <c r="J577" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K577" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L577" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
-      <c r="A578" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A578" s="3"/>
+      <c r="B578" s="4"/>
+      <c r="C578" s="4"/>
+      <c r="D578" s="4"/>
+      <c r="E578" s="3"/>
+      <c r="F578" s="3"/>
+      <c r="G578" s="3"/>
+      <c r="H578" s="3"/>
+      <c r="I578" s="3"/>
       <c r="J578" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K578" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L578" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>1,250,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="3"/>
       <c r="B579" s="4"/>
       <c r="C579" s="4"/>
       <c r="D579" s="4"/>
       <c r="E579" s="3"/>
       <c r="F579" s="3"/>
       <c r="G579" s="3"/>
       <c r="H579" s="3"/>
       <c r="I579" s="3"/>
       <c r="J579" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K579" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
       <c r="L579" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,190,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
-      <c r="A580" s="3"/>
-[...7 lines deleted...]
-      <c r="I580" s="3"/>
+      <c r="A580" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B580" s="4" t="inlineStr">
+        <is>
+          <t>172하4749</t>
+        </is>
+      </c>
+      <c r="C580" s="4" t="inlineStr">
+        <is>
+          <t>셀토스 1.6 가솔린 프레스티지 2WD</t>
+        </is>
+      </c>
+      <c r="D580" s="4" t="inlineStr">
+        <is>
+          <t>컴포트1,드라이브와이즈,ETCS,내비게이션</t>
+        </is>
+      </c>
+      <c r="E580" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F580" s="3" t="inlineStr">
+        <is>
+          <t>쥐색</t>
+        </is>
+      </c>
+      <c r="G580" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H580" s="3" t="inlineStr">
+        <is>
+          <t>22년07월</t>
+        </is>
+      </c>
+      <c r="I580" s="3" t="inlineStr">
+        <is>
+          <t>37,000KM</t>
+        </is>
+      </c>
       <c r="J580" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K580" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L580" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="3"/>
       <c r="B581" s="4"/>
       <c r="C581" s="4"/>
       <c r="D581" s="4"/>
       <c r="E581" s="3"/>
       <c r="F581" s="3"/>
       <c r="G581" s="3"/>
       <c r="H581" s="3"/>
       <c r="I581" s="3"/>
       <c r="J581" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K581" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L581" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="3"/>
       <c r="B582" s="4"/>
       <c r="C582" s="4"/>
       <c r="D582" s="4"/>
       <c r="E582" s="3"/>
       <c r="F582" s="3"/>
       <c r="G582" s="3"/>
       <c r="H582" s="3"/>
       <c r="I582" s="3"/>
       <c r="J582" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K582" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>90</t>
         </is>
       </c>
       <c r="L582" s="3" t="inlineStr">
         <is>
-          <t>1,250,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B583" s="4" t="inlineStr">
         <is>
-          <t>116호6429</t>
+          <t>142호6557</t>
         </is>
       </c>
       <c r="C583" s="4" t="inlineStr">
         <is>
-          <t>QM6 GDE RE 클라우드펄 (브라운시트)</t>
+          <t>레이 가솔린 1.0 프레스티지 </t>
         </is>
       </c>
       <c r="D583" s="4" t="inlineStr">
         <is>
-          <t>EASY LIFE 인포테인먼트팩Ⅱ+BOSE® 
-[...3 lines deleted...]
- 주행보조시스템 팩</t>
+          <t>라이트그레이-내비게이션</t>
         </is>
       </c>
       <c r="E583" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F583" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>그레이</t>
         </is>
       </c>
       <c r="G583" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H583" s="3" t="inlineStr">
         <is>
-          <t>25년05월</t>
+          <t>24년10월</t>
         </is>
       </c>
       <c r="I583" s="3" t="inlineStr">
         <is>
-          <t>10,410KM</t>
+          <t>8,000KM</t>
         </is>
       </c>
       <c r="J583" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K583" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L583" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="3"/>
       <c r="B584" s="4"/>
       <c r="C584" s="4"/>
       <c r="D584" s="4"/>
       <c r="E584" s="3"/>
       <c r="F584" s="3"/>
       <c r="G584" s="3"/>
       <c r="H584" s="3"/>
       <c r="I584" s="3"/>
       <c r="J584" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K584" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L584" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="3"/>
       <c r="B585" s="4"/>
       <c r="C585" s="4"/>
       <c r="D585" s="4"/>
       <c r="E585" s="3"/>
       <c r="F585" s="3"/>
       <c r="G585" s="3"/>
       <c r="H585" s="3"/>
       <c r="I585" s="3"/>
       <c r="J585" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K585" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L585" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="3"/>
       <c r="B586" s="4"/>
       <c r="C586" s="4"/>
       <c r="D586" s="4"/>
       <c r="E586" s="3"/>
       <c r="F586" s="3"/>
       <c r="G586" s="3"/>
       <c r="H586" s="3"/>
       <c r="I586" s="3"/>
       <c r="J586" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K586" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L586" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
-      <c r="A587" s="3"/>
-[...7 lines deleted...]
-      <c r="I587" s="3"/>
+      <c r="A587" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B587" s="4" t="inlineStr">
+        <is>
+          <t>153하5410</t>
+        </is>
+      </c>
+      <c r="C587" s="4" t="inlineStr">
+        <is>
+          <t>트랙스 1.4 가솔린 프리미어</t>
+        </is>
+      </c>
+      <c r="D587" s="4" t="inlineStr">
+        <is>
+          <t>세이프티 패키지2</t>
+        </is>
+      </c>
+      <c r="E587" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F587" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G587" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H587" s="3" t="inlineStr">
+        <is>
+          <t>21년03월</t>
+        </is>
+      </c>
+      <c r="I587" s="3" t="inlineStr">
+        <is>
+          <t>87,200KM</t>
+        </is>
+      </c>
       <c r="J587" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K587" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L587" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
-      <c r="A588" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E588" s="3" t="inlineStr">
+      <c r="A588" s="3"/>
+      <c r="B588" s="4"/>
+      <c r="C588" s="4"/>
+      <c r="D588" s="4"/>
+      <c r="E588" s="3"/>
+      <c r="F588" s="3"/>
+      <c r="G588" s="3"/>
+      <c r="H588" s="3"/>
+      <c r="I588" s="3"/>
+      <c r="J588" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K588" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L588" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
+      <c r="A589" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B589" s="4" t="inlineStr">
+        <is>
+          <t>101호2779</t>
+        </is>
+      </c>
+      <c r="C589" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타(DN8) L2.0 모던 </t>
+        </is>
+      </c>
+      <c r="D589" s="4" t="inlineStr">
+        <is>
+          <t>하이패스, 멀티미디어내비플러스2+스마트크루즈컨
+트롤, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E589" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F588" s="3" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G588" s="3" t="inlineStr">
+      <c r="F589" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G589" s="3" t="inlineStr">
         <is>
           <t>LPG</t>
         </is>
       </c>
-      <c r="H588" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J588" s="3" t="inlineStr">
+      <c r="H589" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I589" s="3" t="inlineStr">
+        <is>
+          <t>104,490KM</t>
+        </is>
+      </c>
+      <c r="J589" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K588" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J589" s="3" t="inlineStr">
+      <c r="K589" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L589" s="3" t="inlineStr">
+        <is>
+          <t>550,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
+      <c r="A590" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B590" s="4" t="inlineStr">
+        <is>
+          <t>142호6508</t>
+        </is>
+      </c>
+      <c r="C590" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴K8 하이브리드 노블레스</t>
+        </is>
+      </c>
+      <c r="D590" s="4" t="inlineStr">
+        <is>
+          <t>투톤휠(브라운/베이지)-드라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E590" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F590" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G590" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H590" s="3" t="inlineStr">
+        <is>
+          <t>24년11월</t>
+        </is>
+      </c>
+      <c r="I590" s="3" t="inlineStr">
+        <is>
+          <t>26,300KM</t>
+        </is>
+      </c>
+      <c r="J590" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K590" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L590" s="3" t="inlineStr">
+        <is>
+          <t>990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
+      <c r="A591" s="3"/>
+      <c r="B591" s="4"/>
+      <c r="C591" s="4"/>
+      <c r="D591" s="4"/>
+      <c r="E591" s="3"/>
+      <c r="F591" s="3"/>
+      <c r="G591" s="3"/>
+      <c r="H591" s="3"/>
+      <c r="I591" s="3"/>
+      <c r="J591" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K589" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K591" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L591" s="3" t="inlineStr">
         <is>
-          <t>930,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="3"/>
       <c r="B592" s="4"/>
       <c r="C592" s="4"/>
       <c r="D592" s="4"/>
       <c r="E592" s="3"/>
       <c r="F592" s="3"/>
       <c r="G592" s="3"/>
       <c r="H592" s="3"/>
       <c r="I592" s="3"/>
       <c r="J592" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K592" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L592" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>910,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="3"/>
       <c r="B593" s="4"/>
       <c r="C593" s="4"/>
       <c r="D593" s="4"/>
       <c r="E593" s="3"/>
       <c r="F593" s="3"/>
       <c r="G593" s="3"/>
       <c r="H593" s="3"/>
       <c r="I593" s="3"/>
       <c r="J593" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K593" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L593" s="3" t="inlineStr">
         <is>
           <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="3"/>
       <c r="B594" s="4"/>
       <c r="C594" s="4"/>
       <c r="D594" s="4"/>
       <c r="E594" s="3"/>
       <c r="F594" s="3"/>
       <c r="G594" s="3"/>
       <c r="H594" s="3"/>
       <c r="I594" s="3"/>
       <c r="J594" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K594" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L594" s="3" t="inlineStr">
         <is>
-          <t>840,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
-      <c r="A595" s="3"/>
-[...7 lines deleted...]
-      <c r="I595" s="3"/>
+      <c r="A595" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B595" s="4" t="inlineStr">
+        <is>
+          <t>160하8412</t>
+        </is>
+      </c>
+      <c r="C595" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D595" s="4" t="inlineStr">
+        <is>
+          <t>내비게이션</t>
+        </is>
+      </c>
+      <c r="E595" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F595" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G595" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H595" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I595" s="3" t="inlineStr">
+        <is>
+          <t>114,850KM</t>
+        </is>
+      </c>
       <c r="J595" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K595" s="3" t="inlineStr">
         <is>
-          <t>130</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L595" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
-      <c r="A596" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E596" s="3" t="inlineStr">
+      <c r="A596" s="3"/>
+      <c r="B596" s="4"/>
+      <c r="C596" s="4"/>
+      <c r="D596" s="4"/>
+      <c r="E596" s="3"/>
+      <c r="F596" s="3"/>
+      <c r="G596" s="3"/>
+      <c r="H596" s="3"/>
+      <c r="I596" s="3"/>
+      <c r="J596" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K596" s="3" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L596" s="3" t="inlineStr">
+        <is>
+          <t>470,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
+      <c r="A597" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B597" s="4" t="inlineStr">
+        <is>
+          <t>101하2785</t>
+        </is>
+      </c>
+      <c r="C597" s="4" t="inlineStr">
+        <is>
+          <t>더 올뉴G80 가솔린 3.5 터보 AWD 기본형</t>
+        </is>
+      </c>
+      <c r="D597" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E597" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F596" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J596" s="3" t="inlineStr">
+      <c r="F597" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G597" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H597" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I597" s="3" t="inlineStr">
+        <is>
+          <t>77,400KM</t>
+        </is>
+      </c>
+      <c r="J597" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K596" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K597" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L597" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="3"/>
       <c r="B598" s="4"/>
       <c r="C598" s="4"/>
       <c r="D598" s="4"/>
       <c r="E598" s="3"/>
       <c r="F598" s="3"/>
       <c r="G598" s="3"/>
       <c r="H598" s="3"/>
       <c r="I598" s="3"/>
       <c r="J598" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K598" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L598" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="3"/>
       <c r="B599" s="4"/>
       <c r="C599" s="4"/>
       <c r="D599" s="4"/>
       <c r="E599" s="3"/>
       <c r="F599" s="3"/>
       <c r="G599" s="3"/>
       <c r="H599" s="3"/>
       <c r="I599" s="3"/>
       <c r="J599" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K599" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L599" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="3"/>
       <c r="B600" s="4"/>
       <c r="C600" s="4"/>
       <c r="D600" s="4"/>
       <c r="E600" s="3"/>
       <c r="F600" s="3"/>
       <c r="G600" s="3"/>
       <c r="H600" s="3"/>
       <c r="I600" s="3"/>
       <c r="J600" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K600" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L600" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>990,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B601" s="4" t="inlineStr">
         <is>
-          <t>116호6933</t>
+          <t>101호9408</t>
         </is>
       </c>
       <c r="C601" s="4" t="inlineStr">
         <is>
-          <t>더 뉴셀토스 2.0 가솔린 2WD 트렌디</t>
+          <t>K8 하이브리드 노블레스</t>
         </is>
       </c>
       <c r="D601" s="4" t="inlineStr">
         <is>
-          <t>기본형-컨비니언스, 내비게이션</t>
+          <t>드라이브와이즈, HUD+스마트커넥트, 스타일2</t>
         </is>
       </c>
       <c r="E601" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F601" s="3" t="inlineStr">
         <is>
-          <t>흰색</t>
+          <t>검정</t>
         </is>
       </c>
       <c r="G601" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>하이브리드</t>
         </is>
       </c>
       <c r="H601" s="3" t="inlineStr">
         <is>
-          <t>25년11월</t>
+          <t>23년05월</t>
         </is>
       </c>
       <c r="I601" s="3" t="inlineStr">
         <is>
-          <t>1,755KM</t>
+          <t>67,100KM</t>
         </is>
       </c>
       <c r="J601" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K601" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L601" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>880,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="3"/>
       <c r="B602" s="4"/>
       <c r="C602" s="4"/>
       <c r="D602" s="4"/>
       <c r="E602" s="3"/>
       <c r="F602" s="3"/>
       <c r="G602" s="3"/>
       <c r="H602" s="3"/>
       <c r="I602" s="3"/>
       <c r="J602" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K602" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L602" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="3"/>
       <c r="B603" s="4"/>
       <c r="C603" s="4"/>
       <c r="D603" s="4"/>
       <c r="E603" s="3"/>
       <c r="F603" s="3"/>
       <c r="G603" s="3"/>
       <c r="H603" s="3"/>
       <c r="I603" s="3"/>
       <c r="J603" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K603" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L603" s="3" t="inlineStr">
         <is>
-          <t>570,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="3"/>
       <c r="B604" s="4"/>
       <c r="C604" s="4"/>
       <c r="D604" s="4"/>
       <c r="E604" s="3"/>
       <c r="F604" s="3"/>
       <c r="G604" s="3"/>
       <c r="H604" s="3"/>
       <c r="I604" s="3"/>
       <c r="J604" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K604" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L604" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
-      <c r="A605" s="3"/>
-[...7 lines deleted...]
-      <c r="I605" s="3"/>
+      <c r="A605" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B605" s="4" t="inlineStr">
+        <is>
+          <t>165하1130</t>
+        </is>
+      </c>
+      <c r="C605" s="4" t="inlineStr">
+        <is>
+          <t>베리 뉴 티볼리 1.5 터보 가솔린 2WD V3</t>
+        </is>
+      </c>
+      <c r="D605" s="4" t="inlineStr">
+        <is>
+          <t>9인치 스마트 내비게이션</t>
+        </is>
+      </c>
+      <c r="E605" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F605" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G605" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H605" s="3" t="inlineStr">
+        <is>
+          <t>21년11월</t>
+        </is>
+      </c>
+      <c r="I605" s="3" t="inlineStr">
+        <is>
+          <t>25,150KM</t>
+        </is>
+      </c>
       <c r="J605" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K605" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L605" s="3" t="inlineStr">
         <is>
-          <t>530,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
-      <c r="A606" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A606" s="3"/>
+      <c r="B606" s="4"/>
+      <c r="C606" s="4"/>
       <c r="D606" s="4"/>
-      <c r="E606" s="3" t="inlineStr">
+      <c r="E606" s="3"/>
+      <c r="F606" s="3"/>
+      <c r="G606" s="3"/>
+      <c r="H606" s="3"/>
+      <c r="I606" s="3"/>
+      <c r="J606" s="3" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K606" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L606" s="3" t="inlineStr">
+        <is>
+          <t>440,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
+      <c r="A607" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B607" s="4" t="inlineStr">
+        <is>
+          <t>101허2754</t>
+        </is>
+      </c>
+      <c r="C607" s="4" t="inlineStr">
+        <is>
+          <t>K8 하이브리드 시그니처</t>
+        </is>
+      </c>
+      <c r="D607" s="4" t="inlineStr">
+        <is>
+          <t>HUD+스마트커넥트, 충돌방지 미적용-드라이브
+와이즈, 주차보조</t>
+        </is>
+      </c>
+      <c r="E607" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F606" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J606" s="3" t="inlineStr">
+      <c r="F607" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G607" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H607" s="3" t="inlineStr">
+        <is>
+          <t>22년02월</t>
+        </is>
+      </c>
+      <c r="I607" s="3" t="inlineStr">
+        <is>
+          <t>61,100KM</t>
+        </is>
+      </c>
+      <c r="J607" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K606" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K607" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L607" s="3" t="inlineStr">
         <is>
-          <t>390,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="3"/>
       <c r="B608" s="4"/>
       <c r="C608" s="4"/>
       <c r="D608" s="4"/>
       <c r="E608" s="3"/>
       <c r="F608" s="3"/>
       <c r="G608" s="3"/>
       <c r="H608" s="3"/>
       <c r="I608" s="3"/>
       <c r="J608" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K608" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L608" s="3" t="inlineStr">
         <is>
-          <t>370,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
-      <c r="A609" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A609" s="3"/>
+      <c r="B609" s="4"/>
+      <c r="C609" s="4"/>
+      <c r="D609" s="4"/>
+      <c r="E609" s="3"/>
+      <c r="F609" s="3"/>
+      <c r="G609" s="3"/>
+      <c r="H609" s="3"/>
+      <c r="I609" s="3"/>
       <c r="J609" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K609" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L609" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="3"/>
       <c r="B610" s="4"/>
       <c r="C610" s="4"/>
       <c r="D610" s="4"/>
       <c r="E610" s="3"/>
       <c r="F610" s="3"/>
       <c r="G610" s="3"/>
       <c r="H610" s="3"/>
       <c r="I610" s="3"/>
       <c r="J610" s="3" t="inlineStr">
         <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K610" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L610" s="3" t="inlineStr">
+        <is>
+          <t>750,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
+      <c r="A611" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B611" s="4" t="inlineStr">
+        <is>
+          <t>125호4634</t>
+        </is>
+      </c>
+      <c r="C611" s="4" t="inlineStr">
+        <is>
+          <t>캐스퍼 가솔린 1.0 터보 디 에센셜</t>
+        </is>
+      </c>
+      <c r="D611" s="4" t="inlineStr">
+        <is>
+          <t>캐스퍼 액티브 Ⅱ</t>
+        </is>
+      </c>
+      <c r="E611" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F611" s="3" t="inlineStr">
+        <is>
+          <t>초록(연두)</t>
+        </is>
+      </c>
+      <c r="G611" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H611" s="3" t="inlineStr">
+        <is>
+          <t>23년05월</t>
+        </is>
+      </c>
+      <c r="I611" s="3" t="inlineStr">
+        <is>
+          <t>49,300KM</t>
+        </is>
+      </c>
+      <c r="J611" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K611" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L611" s="3" t="inlineStr">
+        <is>
+          <t>530,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
+      <c r="A612" s="3"/>
+      <c r="B612" s="4"/>
+      <c r="C612" s="4"/>
+      <c r="D612" s="4"/>
+      <c r="E612" s="3"/>
+      <c r="F612" s="3"/>
+      <c r="G612" s="3"/>
+      <c r="H612" s="3"/>
+      <c r="I612" s="3"/>
+      <c r="J612" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K610" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K612" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L612" s="3" t="inlineStr">
         <is>
-          <t>630,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="3"/>
       <c r="B613" s="4"/>
       <c r="C613" s="4"/>
       <c r="D613" s="4"/>
       <c r="E613" s="3"/>
       <c r="F613" s="3"/>
       <c r="G613" s="3"/>
       <c r="H613" s="3"/>
       <c r="I613" s="3"/>
       <c r="J613" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K613" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L613" s="3" t="inlineStr">
         <is>
-          <t>605,000</t>
+          <t>470,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="3"/>
       <c r="B614" s="4"/>
       <c r="C614" s="4"/>
       <c r="D614" s="4"/>
       <c r="E614" s="3"/>
       <c r="F614" s="3"/>
       <c r="G614" s="3"/>
       <c r="H614" s="3"/>
       <c r="I614" s="3"/>
       <c r="J614" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K614" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L614" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>440,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
-      <c r="A615" s="3"/>
-[...7 lines deleted...]
-      <c r="I615" s="3"/>
+      <c r="A615" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B615" s="4" t="inlineStr">
+        <is>
+          <t>165하6894</t>
+        </is>
+      </c>
+      <c r="C615" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴그랜저IG 하이브리드 프리미엄</t>
+        </is>
+      </c>
+      <c r="D615" s="4" t="inlineStr">
+        <is>
+          <t>프리미엄초이스, 현대스마트센스1, 파킹어시스트
+플러스</t>
+        </is>
+      </c>
+      <c r="E615" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F615" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G615" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H615" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I615" s="3" t="inlineStr">
+        <is>
+          <t>65,300KM</t>
+        </is>
+      </c>
       <c r="J615" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K615" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L615" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
-      <c r="A616" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A616" s="3"/>
+      <c r="B616" s="4"/>
+      <c r="C616" s="4"/>
+      <c r="D616" s="4"/>
+      <c r="E616" s="3"/>
+      <c r="F616" s="3"/>
+      <c r="G616" s="3"/>
+      <c r="H616" s="3"/>
+      <c r="I616" s="3"/>
       <c r="J616" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K616" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L616" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="3"/>
       <c r="B617" s="4"/>
       <c r="C617" s="4"/>
       <c r="D617" s="4"/>
       <c r="E617" s="3"/>
       <c r="F617" s="3"/>
       <c r="G617" s="3"/>
       <c r="H617" s="3"/>
       <c r="I617" s="3"/>
       <c r="J617" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K617" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L617" s="3" t="inlineStr">
         <is>
-          <t>590,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="3"/>
       <c r="B618" s="4"/>
       <c r="C618" s="4"/>
       <c r="D618" s="4"/>
       <c r="E618" s="3"/>
       <c r="F618" s="3"/>
       <c r="G618" s="3"/>
       <c r="H618" s="3"/>
       <c r="I618" s="3"/>
       <c r="J618" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K618" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L618" s="3" t="inlineStr">
         <is>
+          <t>680,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
+      <c r="A619" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B619" s="4" t="inlineStr">
+        <is>
+          <t>175허5978</t>
+        </is>
+      </c>
+      <c r="C619" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴 K3 1.6 가솔린 프레스티지</t>
+        </is>
+      </c>
+      <c r="D619" s="4" t="inlineStr">
+        <is>
+          <t>기본형</t>
+        </is>
+      </c>
+      <c r="E619" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F619" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G619" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H619" s="3" t="inlineStr">
+        <is>
+          <t>23년08월</t>
+        </is>
+      </c>
+      <c r="I619" s="3" t="inlineStr">
+        <is>
+          <t>80,800KM</t>
+        </is>
+      </c>
+      <c r="J619" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K619" s="3" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="L619" s="3" t="inlineStr">
+        <is>
           <t>570,000</t>
-        </is>
-[...24 lines deleted...]
-          <t>550,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="3"/>
       <c r="B620" s="4"/>
       <c r="C620" s="4"/>
       <c r="D620" s="4"/>
       <c r="E620" s="3"/>
       <c r="F620" s="3"/>
       <c r="G620" s="3"/>
       <c r="H620" s="3"/>
       <c r="I620" s="3"/>
       <c r="J620" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K620" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L620" s="3" t="inlineStr">
         <is>
           <t>530,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
-      <c r="A621" s="3" t="inlineStr">
-[...45 lines deleted...]
-      </c>
+      <c r="A621" s="3"/>
+      <c r="B621" s="4"/>
+      <c r="C621" s="4"/>
+      <c r="D621" s="4"/>
+      <c r="E621" s="3"/>
+      <c r="F621" s="3"/>
+      <c r="G621" s="3"/>
+      <c r="H621" s="3"/>
+      <c r="I621" s="3"/>
       <c r="J621" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K621" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L621" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="3"/>
       <c r="B622" s="4"/>
       <c r="C622" s="4"/>
       <c r="D622" s="4"/>
       <c r="E622" s="3"/>
       <c r="F622" s="3"/>
       <c r="G622" s="3"/>
       <c r="H622" s="3"/>
       <c r="I622" s="3"/>
       <c r="J622" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K622" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L622" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
-      <c r="A623" s="3"/>
-[...7 lines deleted...]
-      <c r="I623" s="3"/>
+      <c r="A623" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B623" s="4" t="inlineStr">
+        <is>
+          <t>193하6999</t>
+        </is>
+      </c>
+      <c r="C623" s="4" t="inlineStr">
+        <is>
+          <t>레이 1.0 시그니처</t>
+        </is>
+      </c>
+      <c r="D623" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스,내비게이션,스타일</t>
+        </is>
+      </c>
+      <c r="E623" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F623" s="3" t="inlineStr">
+        <is>
+          <t>엘리스블루</t>
+        </is>
+      </c>
+      <c r="G623" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H623" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I623" s="3" t="inlineStr">
+        <is>
+          <t>21,100KM</t>
+        </is>
+      </c>
       <c r="J623" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K623" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L623" s="3" t="inlineStr">
         <is>
-          <t>600,000</t>
+          <t>500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="3"/>
       <c r="B624" s="4"/>
       <c r="C624" s="4"/>
       <c r="D624" s="4"/>
       <c r="E624" s="3"/>
       <c r="F624" s="3"/>
       <c r="G624" s="3"/>
       <c r="H624" s="3"/>
       <c r="I624" s="3"/>
       <c r="J624" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K624" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L624" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>460,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="3"/>
       <c r="B625" s="4"/>
       <c r="C625" s="4"/>
       <c r="D625" s="4"/>
       <c r="E625" s="3"/>
       <c r="F625" s="3"/>
       <c r="G625" s="3"/>
       <c r="H625" s="3"/>
       <c r="I625" s="3"/>
       <c r="J625" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>33</t>
         </is>
       </c>
       <c r="K625" s="3" t="inlineStr">
         <is>
-          <t>50</t>
+          <t>80</t>
         </is>
       </c>
       <c r="L625" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>420,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="3" t="inlineStr">
         <is>
-          <t>JET</t>
+          <t>MY</t>
         </is>
       </c>
       <c r="B626" s="4" t="inlineStr">
         <is>
-          <t>116호6072</t>
+          <t>15허8219</t>
         </is>
       </c>
       <c r="C626" s="4" t="inlineStr">
         <is>
-          <t>GV80 쿠페 가솔린 2.5 터보 AWD </t>
+          <t>EV6 롱 레인지 2WD 어스</t>
         </is>
       </c>
       <c r="D626" s="4" t="inlineStr">
         <is>
-          <t>22인치휠, 쿠페디자인셀렉션2</t>
+          <t>기본형</t>
         </is>
       </c>
       <c r="E626" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F626" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G626" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>전기</t>
         </is>
       </c>
       <c r="H626" s="3" t="inlineStr">
         <is>
-          <t>24년12월</t>
+          <t>21년09월</t>
         </is>
       </c>
       <c r="I626" s="3" t="inlineStr">
         <is>
-          <t>29,209KM</t>
+          <t>122,600KM</t>
         </is>
       </c>
       <c r="J626" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K626" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L626" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="3"/>
       <c r="B627" s="4"/>
       <c r="C627" s="4"/>
       <c r="D627" s="4"/>
       <c r="E627" s="3"/>
       <c r="F627" s="3"/>
       <c r="G627" s="3"/>
       <c r="H627" s="3"/>
       <c r="I627" s="3"/>
       <c r="J627" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K627" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L627" s="3" t="inlineStr">
         <is>
-          <t>1,750,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="3"/>
       <c r="B628" s="4"/>
       <c r="C628" s="4"/>
       <c r="D628" s="4"/>
       <c r="E628" s="3"/>
       <c r="F628" s="3"/>
       <c r="G628" s="3"/>
       <c r="H628" s="3"/>
       <c r="I628" s="3"/>
       <c r="J628" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>31</t>
         </is>
       </c>
       <c r="K628" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L628" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
-      <c r="A629" s="3"/>
-[...7 lines deleted...]
-      <c r="I629" s="3"/>
+      <c r="A629" s="3" t="inlineStr">
+        <is>
+          <t>MY</t>
+        </is>
+      </c>
+      <c r="B629" s="4" t="inlineStr">
+        <is>
+          <t>29하9941</t>
+        </is>
+      </c>
+      <c r="C629" s="4" t="inlineStr">
+        <is>
+          <t>EV6 롱레인지 에어 4WD</t>
+        </is>
+      </c>
+      <c r="D629" s="4" t="inlineStr">
+        <is>
+          <t>컴포트,컨비니언스,하이테크,선루프</t>
+        </is>
+      </c>
+      <c r="E629" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F629" s="3" t="inlineStr">
+        <is>
+          <t>그래비티블루</t>
+        </is>
+      </c>
+      <c r="G629" s="3" t="inlineStr">
+        <is>
+          <t>전기</t>
+        </is>
+      </c>
+      <c r="H629" s="3" t="inlineStr">
+        <is>
+          <t>21년12월</t>
+        </is>
+      </c>
+      <c r="I629" s="3" t="inlineStr">
+        <is>
+          <t>55,000KM</t>
+        </is>
+      </c>
       <c r="J629" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K629" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L629" s="3" t="inlineStr">
         <is>
-          <t>1,650,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
-      <c r="A630" s="3" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="A630" s="3"/>
+      <c r="B630" s="4"/>
+      <c r="C630" s="4"/>
       <c r="D630" s="4"/>
-      <c r="E630" s="3" t="inlineStr">
-[...23 lines deleted...]
-      </c>
+      <c r="E630" s="3"/>
+      <c r="F630" s="3"/>
+      <c r="G630" s="3"/>
+      <c r="H630" s="3"/>
+      <c r="I630" s="3"/>
       <c r="J630" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K630" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L630" s="3" t="inlineStr">
         <is>
-          <t>560,000</t>
+          <t>830,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="3"/>
       <c r="B631" s="4"/>
       <c r="C631" s="4"/>
       <c r="D631" s="4"/>
       <c r="E631" s="3"/>
       <c r="F631" s="3"/>
       <c r="G631" s="3"/>
       <c r="H631" s="3"/>
       <c r="I631" s="3"/>
       <c r="J631" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>32</t>
         </is>
       </c>
       <c r="K631" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L631" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>790,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
-      <c r="A632" s="3"/>
-[...7 lines deleted...]
-      <c r="I632" s="3"/>
+      <c r="A632" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B632" s="4" t="inlineStr">
+        <is>
+          <t>142호3587</t>
+        </is>
+      </c>
+      <c r="C632" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴팰리세이드 3.8 가솔린 AWD 7인승 캘리그래피</t>
+        </is>
+      </c>
+      <c r="D632" s="4" t="inlineStr">
+        <is>
+          <t>라이프스타일, 듀얼파노라마썬루프, 빌트인캠</t>
+        </is>
+      </c>
+      <c r="E632" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F632" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G632" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H632" s="3" t="inlineStr">
+        <is>
+          <t>24년07월</t>
+        </is>
+      </c>
+      <c r="I632" s="3" t="inlineStr">
+        <is>
+          <t>26,000KM</t>
+        </is>
+      </c>
       <c r="J632" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K632" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L632" s="3" t="inlineStr">
         <is>
-          <t>480,000</t>
+          <t>1,300,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="3"/>
       <c r="B633" s="4"/>
       <c r="C633" s="4"/>
       <c r="D633" s="4"/>
       <c r="E633" s="3"/>
       <c r="F633" s="3"/>
       <c r="G633" s="3"/>
       <c r="H633" s="3"/>
       <c r="I633" s="3"/>
       <c r="J633" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K633" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L633" s="3" t="inlineStr">
         <is>
-          <t>440,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
-      <c r="A634" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A634" s="3"/>
+      <c r="B634" s="4"/>
+      <c r="C634" s="4"/>
+      <c r="D634" s="4"/>
+      <c r="E634" s="3"/>
+      <c r="F634" s="3"/>
+      <c r="G634" s="3"/>
+      <c r="H634" s="3"/>
+      <c r="I634" s="3"/>
       <c r="J634" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K634" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L634" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>1,400,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="3"/>
       <c r="B635" s="4"/>
       <c r="C635" s="4"/>
       <c r="D635" s="4"/>
       <c r="E635" s="3"/>
       <c r="F635" s="3"/>
       <c r="G635" s="3"/>
       <c r="H635" s="3"/>
       <c r="I635" s="3"/>
       <c r="J635" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K635" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L635" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>1,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="3"/>
       <c r="B636" s="4"/>
       <c r="C636" s="4"/>
       <c r="D636" s="4"/>
       <c r="E636" s="3"/>
       <c r="F636" s="3"/>
       <c r="G636" s="3"/>
       <c r="H636" s="3"/>
       <c r="I636" s="3"/>
       <c r="J636" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K636" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L636" s="3" t="inlineStr">
         <is>
-          <t>620,000</t>
+          <t>1,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B637" s="4" t="inlineStr">
         <is>
-          <t>101하2755</t>
+          <t>125호9035</t>
         </is>
       </c>
       <c r="C637" s="4" t="inlineStr">
         <is>
-          <t>쏘렌토 MQ4 디젤 2.2 5인승 노블레스</t>
+          <t>더 뉴카니발(KA4) 9인승 가솔린 시그니처</t>
         </is>
       </c>
       <c r="D637" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈 스마트커넥트 내비게이션</t>
+          <t>기본형-드라이브와이즈, 스타일</t>
         </is>
       </c>
       <c r="E637" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F637" s="3" t="inlineStr">
         <is>
-          <t>플라티늄그라파이트</t>
+          <t>미색</t>
         </is>
       </c>
       <c r="G637" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H637" s="3" t="inlineStr">
         <is>
-          <t>21년07월</t>
+          <t>23년12월</t>
         </is>
       </c>
       <c r="I637" s="3" t="inlineStr">
         <is>
-          <t>88,400KM</t>
+          <t>70,000KM</t>
         </is>
       </c>
       <c r="J637" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K637" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L637" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="3"/>
       <c r="B638" s="4"/>
       <c r="C638" s="4"/>
       <c r="D638" s="4"/>
       <c r="E638" s="3"/>
       <c r="F638" s="3"/>
       <c r="G638" s="3"/>
       <c r="H638" s="3"/>
       <c r="I638" s="3"/>
       <c r="J638" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K638" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L638" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="3"/>
       <c r="B639" s="4"/>
       <c r="C639" s="4"/>
       <c r="D639" s="4"/>
       <c r="E639" s="3"/>
       <c r="F639" s="3"/>
       <c r="G639" s="3"/>
       <c r="H639" s="3"/>
       <c r="I639" s="3"/>
       <c r="J639" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K639" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L639" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="3"/>
       <c r="B640" s="4"/>
       <c r="C640" s="4"/>
       <c r="D640" s="4"/>
       <c r="E640" s="3"/>
       <c r="F640" s="3"/>
       <c r="G640" s="3"/>
       <c r="H640" s="3"/>
       <c r="I640" s="3"/>
       <c r="J640" s="3" t="inlineStr">
         <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="K640" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L640" s="3" t="inlineStr">
+        <is>
+          <t>1,150,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
+      <c r="A641" s="3"/>
+      <c r="B641" s="4"/>
+      <c r="C641" s="4"/>
+      <c r="D641" s="4"/>
+      <c r="E641" s="3"/>
+      <c r="F641" s="3"/>
+      <c r="G641" s="3"/>
+      <c r="H641" s="3"/>
+      <c r="I641" s="3"/>
+      <c r="J641" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K641" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L641" s="3" t="inlineStr">
+        <is>
+          <t>1,200,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
+      <c r="A642" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B642" s="4" t="inlineStr">
+        <is>
+          <t>142호3663</t>
+        </is>
+      </c>
+      <c r="C642" s="4" t="inlineStr">
+        <is>
+          <t>X4(2세대) xDrive20d M Sport</t>
+        </is>
+      </c>
+      <c r="D642" s="4" t="inlineStr">
+        <is>
+          <t>드라이빙 어시스턴스 패키지, 하이테크 패키지</t>
+        </is>
+      </c>
+      <c r="E642" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F642" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G642" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H642" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I642" s="3" t="inlineStr">
+        <is>
+          <t>17,000KM</t>
+        </is>
+      </c>
+      <c r="J642" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K642" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L642" s="3" t="inlineStr">
+        <is>
+          <t>1,800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
+      <c r="A643" s="3"/>
+      <c r="B643" s="4"/>
+      <c r="C643" s="4"/>
+      <c r="D643" s="4"/>
+      <c r="E643" s="3"/>
+      <c r="F643" s="3"/>
+      <c r="G643" s="3"/>
+      <c r="H643" s="3"/>
+      <c r="I643" s="3"/>
+      <c r="J643" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K640" s="3" t="inlineStr">
-[...150 lines deleted...]
-      </c>
       <c r="K643" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L643" s="3" t="inlineStr">
         <is>
-          <t>2,500,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="3"/>
       <c r="B644" s="4"/>
       <c r="C644" s="4"/>
       <c r="D644" s="4"/>
       <c r="E644" s="3"/>
       <c r="F644" s="3"/>
       <c r="G644" s="3"/>
       <c r="H644" s="3"/>
       <c r="I644" s="3"/>
       <c r="J644" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K644" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L644" s="3" t="inlineStr">
         <is>
-          <t>2,400,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="3"/>
       <c r="B645" s="4"/>
       <c r="C645" s="4"/>
       <c r="D645" s="4"/>
       <c r="E645" s="3"/>
       <c r="F645" s="3"/>
       <c r="G645" s="3"/>
       <c r="H645" s="3"/>
       <c r="I645" s="3"/>
       <c r="J645" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K645" s="3" t="inlineStr">
         <is>
-          <t>400</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L645" s="3" t="inlineStr">
         <is>
-          <t>2,300,000</t>
+          <t>2,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="3"/>
       <c r="B646" s="4"/>
       <c r="C646" s="4"/>
       <c r="D646" s="4"/>
       <c r="E646" s="3"/>
       <c r="F646" s="3"/>
       <c r="G646" s="3"/>
       <c r="H646" s="3"/>
       <c r="I646" s="3"/>
       <c r="J646" s="3" t="inlineStr">
         <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K646" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L646" s="3" t="inlineStr">
+        <is>
+          <t>2,200,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
+      <c r="A647" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B647" s="4" t="inlineStr">
+        <is>
+          <t>142호3591</t>
+        </is>
+      </c>
+      <c r="C647" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 3.5 터보 AWD 7인승 기본형</t>
+        </is>
+      </c>
+      <c r="D647" s="4" t="inlineStr">
+        <is>
+          <t>후석 스마트 엔터테인먼트 시스템, 파퓰러 패키
+지 (7인승), 컨비니언스 패키지, 뱅앤올룹슨
+ 사운드 패키지, 파노라마 선루프, 빌트인 캠
+ 패키지</t>
+        </is>
+      </c>
+      <c r="E647" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F647" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G647" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H647" s="3" t="inlineStr">
+        <is>
+          <t>24년08월</t>
+        </is>
+      </c>
+      <c r="I647" s="3" t="inlineStr">
+        <is>
+          <t>53,000KM</t>
+        </is>
+      </c>
+      <c r="J647" s="3" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K647" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L647" s="3" t="inlineStr">
+        <is>
+          <t>2,400,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
+      <c r="A648" s="3"/>
+      <c r="B648" s="4"/>
+      <c r="C648" s="4"/>
+      <c r="D648" s="4"/>
+      <c r="E648" s="3"/>
+      <c r="F648" s="3"/>
+      <c r="G648" s="3"/>
+      <c r="H648" s="3"/>
+      <c r="I648" s="3"/>
+      <c r="J648" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K646" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="K648" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L648" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>2,500,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="3"/>
       <c r="B649" s="4"/>
       <c r="C649" s="4"/>
       <c r="D649" s="4"/>
       <c r="E649" s="3"/>
       <c r="F649" s="3"/>
       <c r="G649" s="3"/>
       <c r="H649" s="3"/>
       <c r="I649" s="3"/>
       <c r="J649" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K649" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L649" s="3" t="inlineStr">
+        <is>
+          <t>2,600,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
+      <c r="A650" s="3"/>
+      <c r="B650" s="4"/>
+      <c r="C650" s="4"/>
+      <c r="D650" s="4"/>
+      <c r="E650" s="3"/>
+      <c r="F650" s="3"/>
+      <c r="G650" s="3"/>
+      <c r="H650" s="3"/>
+      <c r="I650" s="3"/>
+      <c r="J650" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K649" s="3" t="inlineStr">
-[...60 lines deleted...]
-      </c>
       <c r="K650" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L650" s="3" t="inlineStr">
         <is>
-          <t>780,000</t>
+          <t>2,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="3"/>
       <c r="B651" s="4"/>
       <c r="C651" s="4"/>
       <c r="D651" s="4"/>
       <c r="E651" s="3"/>
       <c r="F651" s="3"/>
       <c r="G651" s="3"/>
       <c r="H651" s="3"/>
       <c r="I651" s="3"/>
       <c r="J651" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K651" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>300</t>
         </is>
       </c>
       <c r="L651" s="3" t="inlineStr">
         <is>
-          <t>740,000</t>
+          <t>2,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
-      <c r="A652" s="3"/>
-[...7 lines deleted...]
-      <c r="I652" s="3"/>
+      <c r="A652" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B652" s="4" t="inlineStr">
+        <is>
+          <t>125호8930</t>
+        </is>
+      </c>
+      <c r="C652" s="4" t="inlineStr">
+        <is>
+          <t>신형쏘렌토(MQ4) 2.5 가솔린 2WD 5인승 프레스
+티지</t>
+        </is>
+      </c>
+      <c r="D652" s="4" t="inlineStr">
+        <is>
+          <t>스타일, 기본형-드라이브와이즈, 내비게이션</t>
+        </is>
+      </c>
+      <c r="E652" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F652" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G652" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H652" s="3" t="inlineStr">
+        <is>
+          <t>23년01월</t>
+        </is>
+      </c>
+      <c r="I652" s="3" t="inlineStr">
+        <is>
+          <t>28,000KM</t>
+        </is>
+      </c>
       <c r="J652" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K652" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L652" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="3"/>
       <c r="B653" s="4"/>
       <c r="C653" s="4"/>
       <c r="D653" s="4"/>
       <c r="E653" s="3"/>
       <c r="F653" s="3"/>
       <c r="G653" s="3"/>
       <c r="H653" s="3"/>
       <c r="I653" s="3"/>
       <c r="J653" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K653" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L653" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>950,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
-      <c r="A654" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A654" s="3"/>
+      <c r="B654" s="4"/>
+      <c r="C654" s="4"/>
+      <c r="D654" s="4"/>
+      <c r="E654" s="3"/>
+      <c r="F654" s="3"/>
+      <c r="G654" s="3"/>
+      <c r="H654" s="3"/>
+      <c r="I654" s="3"/>
       <c r="J654" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K654" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L654" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="3"/>
       <c r="B655" s="4"/>
       <c r="C655" s="4"/>
       <c r="D655" s="4"/>
       <c r="E655" s="3"/>
       <c r="F655" s="3"/>
       <c r="G655" s="3"/>
       <c r="H655" s="3"/>
       <c r="I655" s="3"/>
       <c r="J655" s="3" t="inlineStr">
         <is>
-          <t>18</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K655" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L655" s="3" t="inlineStr">
         <is>
-          <t>510,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
-      <c r="A656" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A656" s="3"/>
+      <c r="B656" s="4"/>
+      <c r="C656" s="4"/>
+      <c r="D656" s="4"/>
+      <c r="E656" s="3"/>
+      <c r="F656" s="3"/>
+      <c r="G656" s="3"/>
+      <c r="H656" s="3"/>
+      <c r="I656" s="3"/>
       <c r="J656" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K656" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L656" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B657" s="4" t="inlineStr">
         <is>
-          <t>125호4606</t>
+          <t>101호7926</t>
         </is>
       </c>
       <c r="C657" s="4" t="inlineStr">
         <is>
-          <t>신형쏘렌토(MQ4) 2.2 디젤 2WD 5인승 노블레스</t>
+          <t>더 올뉴투싼 가솔린 1.6 터보 2WD N Line 인
+스퍼레이션</t>
         </is>
       </c>
       <c r="D657" s="4" t="inlineStr">
         <is>
-          <t>드라이브와이즈, 스타일, 내비게이션</t>
+          <t>미쉐린타이어, 플래티넘 III, 파노라마 선루
+프</t>
         </is>
       </c>
       <c r="E657" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F657" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>오로라 블랙펄</t>
         </is>
       </c>
       <c r="G657" s="3" t="inlineStr">
         <is>
-          <t>경유</t>
+          <t>휘발유</t>
         </is>
       </c>
       <c r="H657" s="3" t="inlineStr">
         <is>
-          <t>22년12월</t>
+          <t>22년02월</t>
         </is>
       </c>
       <c r="I657" s="3" t="inlineStr">
         <is>
-          <t>67,000KM</t>
+          <t>85,000KM</t>
         </is>
       </c>
       <c r="J657" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K657" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L657" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="3"/>
       <c r="B658" s="4"/>
       <c r="C658" s="4"/>
       <c r="D658" s="4"/>
       <c r="E658" s="3"/>
       <c r="F658" s="3"/>
       <c r="G658" s="3"/>
       <c r="H658" s="3"/>
       <c r="I658" s="3"/>
       <c r="J658" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K658" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L658" s="3" t="inlineStr">
         <is>
-          <t>810,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="3"/>
       <c r="B659" s="4"/>
       <c r="C659" s="4"/>
       <c r="D659" s="4"/>
       <c r="E659" s="3"/>
       <c r="F659" s="3"/>
       <c r="G659" s="3"/>
       <c r="H659" s="3"/>
       <c r="I659" s="3"/>
       <c r="J659" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K659" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L659" s="3" t="inlineStr">
         <is>
-          <t>770,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
-      <c r="A660" s="3"/>
-[...7 lines deleted...]
-      <c r="I660" s="3"/>
+      <c r="A660" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B660" s="4" t="inlineStr">
+        <is>
+          <t>142호3579</t>
+        </is>
+      </c>
+      <c r="C660" s="4" t="inlineStr">
+        <is>
+          <t>뉴 GV80 가솔린 2.5 터보 AWD 5인승 기본형</t>
+        </is>
+      </c>
+      <c r="D660" s="4" t="inlineStr">
+        <is>
+          <t>뱅앤올룹슨 사운드 패키지, 드라이빙 어시스턴스
+ 패키지II, 헤드업 디스플레이, 드라이빙 어
+시스턴스 패키지I</t>
+        </is>
+      </c>
+      <c r="E660" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F660" s="3" t="inlineStr">
+        <is>
+          <t>오로라블랙펄</t>
+        </is>
+      </c>
+      <c r="G660" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H660" s="3" t="inlineStr">
+        <is>
+          <t>24년07월</t>
+        </is>
+      </c>
+      <c r="I660" s="3" t="inlineStr">
+        <is>
+          <t>33,000KM</t>
+        </is>
+      </c>
       <c r="J660" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K660" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L660" s="3" t="inlineStr">
+        <is>
+          <t>1,800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
+      <c r="A661" s="3"/>
+      <c r="B661" s="4"/>
+      <c r="C661" s="4"/>
+      <c r="D661" s="4"/>
+      <c r="E661" s="3"/>
+      <c r="F661" s="3"/>
+      <c r="G661" s="3"/>
+      <c r="H661" s="3"/>
+      <c r="I661" s="3"/>
+      <c r="J661" s="3" t="inlineStr">
+        <is>
           <t>48</t>
         </is>
       </c>
-      <c r="K660" s="3" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="K661" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L661" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>1,900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="3"/>
       <c r="B662" s="4"/>
       <c r="C662" s="4"/>
       <c r="D662" s="4"/>
       <c r="E662" s="3"/>
       <c r="F662" s="3"/>
       <c r="G662" s="3"/>
       <c r="H662" s="3"/>
       <c r="I662" s="3"/>
       <c r="J662" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K662" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L662" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>2,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="3"/>
       <c r="B663" s="4"/>
       <c r="C663" s="4"/>
       <c r="D663" s="4"/>
       <c r="E663" s="3"/>
       <c r="F663" s="3"/>
       <c r="G663" s="3"/>
       <c r="H663" s="3"/>
       <c r="I663" s="3"/>
       <c r="J663" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K663" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L663" s="3" t="inlineStr">
         <is>
-          <t>7,200,000</t>
+          <t>2,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="3"/>
       <c r="B664" s="4"/>
       <c r="C664" s="4"/>
       <c r="D664" s="4"/>
       <c r="E664" s="3"/>
       <c r="F664" s="3"/>
       <c r="G664" s="3"/>
       <c r="H664" s="3"/>
       <c r="I664" s="3"/>
       <c r="J664" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K664" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>250</t>
         </is>
       </c>
       <c r="L664" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>2,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SKY</t>
         </is>
       </c>
       <c r="B665" s="4" t="inlineStr">
         <is>
-          <t>101하8455</t>
+          <t>125호9079</t>
         </is>
       </c>
       <c r="C665" s="4" t="inlineStr">
         <is>
-          <t>더 뉴그랜저IG 가솔린 3.3 르블랑</t>
+          <t>트랙스 크로스오버 1.2 가솔린 터보 ACTIV Plu
+s</t>
         </is>
       </c>
       <c r="D665" s="4" t="inlineStr">
         <is>
-          <t>파노라마선루프, 르블랑퍼포먼스</t>
+          <t>테크놀로지 패키지</t>
         </is>
       </c>
       <c r="E665" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F665" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G665" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H665" s="3" t="inlineStr">
         <is>
-          <t>22년11월</t>
+          <t>24년03월</t>
         </is>
       </c>
       <c r="I665" s="3" t="inlineStr">
         <is>
-          <t>54,500KM</t>
+          <t>19,000KM</t>
         </is>
       </c>
       <c r="J665" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K665" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L665" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>630,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="3"/>
       <c r="B666" s="4"/>
       <c r="C666" s="4"/>
       <c r="D666" s="4"/>
       <c r="E666" s="3"/>
       <c r="F666" s="3"/>
       <c r="G666" s="3"/>
       <c r="H666" s="3"/>
       <c r="I666" s="3"/>
       <c r="J666" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K666" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L666" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="3"/>
       <c r="B667" s="4"/>
       <c r="C667" s="4"/>
       <c r="D667" s="4"/>
       <c r="E667" s="3"/>
       <c r="F667" s="3"/>
       <c r="G667" s="3"/>
       <c r="H667" s="3"/>
       <c r="I667" s="3"/>
       <c r="J667" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K667" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L667" s="3" t="inlineStr">
         <is>
-          <t>710,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="3"/>
       <c r="B668" s="4"/>
       <c r="C668" s="4"/>
       <c r="D668" s="4"/>
       <c r="E668" s="3"/>
       <c r="F668" s="3"/>
       <c r="G668" s="3"/>
       <c r="H668" s="3"/>
       <c r="I668" s="3"/>
       <c r="J668" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K668" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="L668" s="3" t="inlineStr">
         <is>
-          <t>670,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
-      <c r="A669" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="E669" s="3" t="inlineStr">
+      <c r="A669" s="3"/>
+      <c r="B669" s="4"/>
+      <c r="C669" s="4"/>
+      <c r="D669" s="4"/>
+      <c r="E669" s="3"/>
+      <c r="F669" s="3"/>
+      <c r="G669" s="3"/>
+      <c r="H669" s="3"/>
+      <c r="I669" s="3"/>
+      <c r="J669" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K669" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L669" s="3" t="inlineStr">
+        <is>
+          <t>800,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
+      <c r="A670" s="3" t="inlineStr">
+        <is>
+          <t>SKY</t>
+        </is>
+      </c>
+      <c r="B670" s="4" t="inlineStr">
+        <is>
+          <t>142호3653</t>
+        </is>
+      </c>
+      <c r="C670" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴카니발(KA4) 9인승 디젤 프레스티지</t>
+        </is>
+      </c>
+      <c r="D670" s="4" t="inlineStr">
+        <is>
+          <t>기본형-12.3인치 클러스터, 컨비니언스, 드
+라이브와이즈</t>
+        </is>
+      </c>
+      <c r="E670" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F669" s="3" t="inlineStr">
-[...44 lines deleted...]
-      <c r="I670" s="3"/>
+      <c r="F670" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G670" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H670" s="3" t="inlineStr">
+        <is>
+          <t>24년12월</t>
+        </is>
+      </c>
+      <c r="I670" s="3" t="inlineStr">
+        <is>
+          <t>12,000KM</t>
+        </is>
+      </c>
       <c r="J670" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K670" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L670" s="3" t="inlineStr">
         <is>
-          <t>730,000</t>
+          <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="3"/>
       <c r="B671" s="4"/>
       <c r="C671" s="4"/>
       <c r="D671" s="4"/>
       <c r="E671" s="3"/>
       <c r="F671" s="3"/>
       <c r="G671" s="3"/>
       <c r="H671" s="3"/>
       <c r="I671" s="3"/>
       <c r="J671" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K671" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L671" s="3" t="inlineStr">
         <is>
-          <t>690,000</t>
+          <t>1,050,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="3"/>
       <c r="B672" s="4"/>
       <c r="C672" s="4"/>
       <c r="D672" s="4"/>
       <c r="E672" s="3"/>
       <c r="F672" s="3"/>
       <c r="G672" s="3"/>
       <c r="H672" s="3"/>
       <c r="I672" s="3"/>
       <c r="J672" s="3" t="inlineStr">
         <is>
-          <t>44</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K672" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L672" s="3" t="inlineStr">
         <is>
-          <t>660,000</t>
+          <t>1,100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
-      <c r="A673" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A673" s="3"/>
+      <c r="B673" s="4"/>
+      <c r="C673" s="4"/>
+      <c r="D673" s="4"/>
+      <c r="E673" s="3"/>
+      <c r="F673" s="3"/>
+      <c r="G673" s="3"/>
+      <c r="H673" s="3"/>
+      <c r="I673" s="3"/>
       <c r="J673" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K673" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L673" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="3"/>
       <c r="B674" s="4"/>
       <c r="C674" s="4"/>
       <c r="D674" s="4"/>
       <c r="E674" s="3"/>
       <c r="F674" s="3"/>
       <c r="G674" s="3"/>
       <c r="H674" s="3"/>
       <c r="I674" s="3"/>
       <c r="J674" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K674" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L674" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>1,200,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
-      <c r="A675" s="3"/>
-[...7 lines deleted...]
-      <c r="I675" s="3"/>
+      <c r="A675" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B675" s="4" t="inlineStr">
+        <is>
+          <t>141허3241</t>
+        </is>
+      </c>
+      <c r="C675" s="4" t="inlineStr">
+        <is>
+          <t>스포티지 더 볼드 1.6 디젤 4WD 트렌디</t>
+        </is>
+      </c>
+      <c r="D675" s="4" t="inlineStr">
+        <is>
+          <t>기본형-네비게이션팩</t>
+        </is>
+      </c>
+      <c r="E675" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F675" s="3" t="inlineStr">
+        <is>
+          <t>회색</t>
+        </is>
+      </c>
+      <c r="G675" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H675" s="3" t="inlineStr">
+        <is>
+          <t>21년06월</t>
+        </is>
+      </c>
+      <c r="I675" s="3" t="inlineStr">
+        <is>
+          <t>38,377KM</t>
+        </is>
+      </c>
       <c r="J675" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K675" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L675" s="3" t="inlineStr">
         <is>
-          <t>910,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="3"/>
       <c r="B676" s="4"/>
       <c r="C676" s="4"/>
       <c r="D676" s="4"/>
       <c r="E676" s="3"/>
       <c r="F676" s="3"/>
       <c r="G676" s="3"/>
       <c r="H676" s="3"/>
       <c r="I676" s="3"/>
       <c r="J676" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K676" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>40</t>
         </is>
       </c>
       <c r="L676" s="3" t="inlineStr">
         <is>
-          <t>870,000</t>
+          <t>680,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
-      <c r="A677" s="3"/>
-[...7 lines deleted...]
-      <c r="I677" s="3"/>
+      <c r="A677" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B677" s="4" t="inlineStr">
+        <is>
+          <t>180호8983</t>
+        </is>
+      </c>
+      <c r="C677" s="4" t="inlineStr">
+        <is>
+          <t>K7 프리미어 2.5 GDi 프레스티지</t>
+        </is>
+      </c>
+      <c r="D677" s="4" t="inlineStr">
+        <is>
+          <t>기본형-UVO</t>
+        </is>
+      </c>
+      <c r="E677" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F677" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G677" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H677" s="3" t="inlineStr">
+        <is>
+          <t>20년09월</t>
+        </is>
+      </c>
+      <c r="I677" s="3" t="inlineStr">
+        <is>
+          <t>68,000KM</t>
+        </is>
+      </c>
       <c r="J677" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K677" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L677" s="3" t="inlineStr">
         <is>
-          <t>830,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
-      <c r="A678" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A678" s="3"/>
+      <c r="B678" s="4"/>
+      <c r="C678" s="4"/>
+      <c r="D678" s="4"/>
+      <c r="E678" s="3"/>
+      <c r="F678" s="3"/>
+      <c r="G678" s="3"/>
+      <c r="H678" s="3"/>
+      <c r="I678" s="3"/>
       <c r="J678" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K678" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L678" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="3"/>
       <c r="B679" s="4"/>
       <c r="C679" s="4"/>
       <c r="D679" s="4"/>
       <c r="E679" s="3"/>
       <c r="F679" s="3"/>
       <c r="G679" s="3"/>
       <c r="H679" s="3"/>
       <c r="I679" s="3"/>
       <c r="J679" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K679" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="L679" s="3" t="inlineStr">
         <is>
-          <t>470,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B680" s="4" t="inlineStr">
         <is>
-          <t>137호1229</t>
+          <t>145호4212</t>
         </is>
       </c>
       <c r="C680" s="4" t="inlineStr">
         <is>
-          <t>아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
+          <t>베리 뉴 티볼리 1.6 디젤 2WD V1</t>
         </is>
       </c>
       <c r="D680" s="4" t="inlineStr">
         <is>
-          <t>하이패스시스템(ECM룸미러), 인포테인먼트내비
-Ⅱ</t>
+          <t>9인치 내비게이션, 밸류업 패키지</t>
         </is>
       </c>
       <c r="E680" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F680" s="3" t="inlineStr">
         <is>
+          <t>파랑(남색,곤색)</t>
+        </is>
+      </c>
+      <c r="G680" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H680" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I680" s="3" t="inlineStr">
+        <is>
+          <t>209,558KM</t>
+        </is>
+      </c>
+      <c r="J680" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K680" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L680" s="3" t="inlineStr">
+        <is>
+          <t>480,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
+      <c r="A681" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B681" s="4" t="inlineStr">
+        <is>
+          <t>106호6607</t>
+        </is>
+      </c>
+      <c r="C681" s="4" t="inlineStr">
+        <is>
+          <t>디 올뉴그랜저 LPi 3.5 일반인용 프리미엄(브라운시
+트)</t>
+        </is>
+      </c>
+      <c r="D681" s="4" t="inlineStr">
+        <is>
+          <t>플래티넘, 프리미엄초이스</t>
+        </is>
+      </c>
+      <c r="E681" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F681" s="3" t="inlineStr">
+        <is>
           <t>흰색</t>
         </is>
       </c>
-      <c r="G680" s="3" t="inlineStr">
-[...14 lines deleted...]
-      <c r="J680" s="3" t="inlineStr">
+      <c r="G681" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H681" s="3" t="inlineStr">
+        <is>
+          <t>23년06월</t>
+        </is>
+      </c>
+      <c r="I681" s="3" t="inlineStr">
+        <is>
+          <t>71,956KM</t>
+        </is>
+      </c>
+      <c r="J681" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K680" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J681" s="3" t="inlineStr">
+      <c r="K681" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L681" s="3" t="inlineStr">
+        <is>
+          <t>930,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
+      <c r="A682" s="3"/>
+      <c r="B682" s="4"/>
+      <c r="C682" s="4"/>
+      <c r="D682" s="4"/>
+      <c r="E682" s="3"/>
+      <c r="F682" s="3"/>
+      <c r="G682" s="3"/>
+      <c r="H682" s="3"/>
+      <c r="I682" s="3"/>
+      <c r="J682" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K681" s="3" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="K682" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L682" s="3" t="inlineStr">
         <is>
-          <t>2,300,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="3"/>
       <c r="B683" s="4"/>
       <c r="C683" s="4"/>
       <c r="D683" s="4"/>
       <c r="E683" s="3"/>
       <c r="F683" s="3"/>
       <c r="G683" s="3"/>
       <c r="H683" s="3"/>
       <c r="I683" s="3"/>
       <c r="J683" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K683" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L683" s="3" t="inlineStr">
         <is>
-          <t>2,200,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="3"/>
       <c r="B684" s="4"/>
       <c r="C684" s="4"/>
       <c r="D684" s="4"/>
       <c r="E684" s="3"/>
       <c r="F684" s="3"/>
       <c r="G684" s="3"/>
       <c r="H684" s="3"/>
       <c r="I684" s="3"/>
       <c r="J684" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K684" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L684" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>840,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="3"/>
       <c r="B685" s="4"/>
       <c r="C685" s="4"/>
       <c r="D685" s="4"/>
       <c r="E685" s="3"/>
       <c r="F685" s="3"/>
       <c r="G685" s="3"/>
       <c r="H685" s="3"/>
       <c r="I685" s="3"/>
       <c r="J685" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K685" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L685" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B686" s="4" t="inlineStr">
         <is>
-          <t>101하2785</t>
+          <t>104허7236</t>
         </is>
       </c>
       <c r="C686" s="4" t="inlineStr">
         <is>
-          <t>더 올뉴G80 가솔린 3.5 터보 AWD 기본형</t>
+          <t>베리 뉴 티볼리 1.6 디젤 2WD V1</t>
         </is>
       </c>
       <c r="D686" s="4" t="inlineStr">
         <is>
-          <t>파퓰러 패키지, 빌트인캠</t>
+          <t> 8인치 스마트 미러링 패키지</t>
         </is>
       </c>
       <c r="E686" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F686" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G686" s="3" t="inlineStr">
         <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H686" s="3" t="inlineStr">
+        <is>
+          <t>20년07월</t>
+        </is>
+      </c>
+      <c r="I686" s="3" t="inlineStr">
+        <is>
+          <t>120,630KM</t>
+        </is>
+      </c>
+      <c r="J686" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K686" s="3" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="L686" s="3" t="inlineStr">
+        <is>
+          <t>480,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
+      <c r="A687" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B687" s="4" t="inlineStr">
+        <is>
+          <t>141하1641</t>
+        </is>
+      </c>
+      <c r="C687" s="4" t="inlineStr">
+        <is>
+          <t>모닝 어반 스탠다드</t>
+        </is>
+      </c>
+      <c r="D687" s="4"/>
+      <c r="E687" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F687" s="3" t="inlineStr">
+        <is>
+          <t>은색</t>
+        </is>
+      </c>
+      <c r="G687" s="3" t="inlineStr">
+        <is>
           <t>휘발유</t>
         </is>
       </c>
-      <c r="H686" s="3" t="inlineStr">
-[...9 lines deleted...]
-      <c r="J686" s="3" t="inlineStr">
+      <c r="H687" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I687" s="3" t="inlineStr">
+        <is>
+          <t>184,358KM</t>
+        </is>
+      </c>
+      <c r="J687" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K686" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K687" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L687" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="3"/>
       <c r="B688" s="4"/>
       <c r="C688" s="4"/>
       <c r="D688" s="4"/>
       <c r="E688" s="3"/>
       <c r="F688" s="3"/>
       <c r="G688" s="3"/>
       <c r="H688" s="3"/>
       <c r="I688" s="3"/>
       <c r="J688" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K688" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L688" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>390,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
-      <c r="A689" s="3"/>
-[...7 lines deleted...]
-      <c r="I689" s="3"/>
+      <c r="A689" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B689" s="4" t="inlineStr">
+        <is>
+          <t>10허3256</t>
+        </is>
+      </c>
+      <c r="C689" s="4" t="inlineStr">
+        <is>
+          <t>K7 프리미어 3.0 LPi 렌터카 스탠다드</t>
+        </is>
+      </c>
+      <c r="D689" s="4" t="inlineStr">
+        <is>
+          <t>기본형-UVO</t>
+        </is>
+      </c>
+      <c r="E689" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F689" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G689" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H689" s="3" t="inlineStr">
+        <is>
+          <t>19년08월</t>
+        </is>
+      </c>
+      <c r="I689" s="3" t="inlineStr">
+        <is>
+          <t>126,617KM</t>
+        </is>
+      </c>
       <c r="J689" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K689" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L689" s="3" t="inlineStr">
         <is>
-          <t>990,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
-      <c r="A690" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A690" s="3"/>
+      <c r="B690" s="4"/>
+      <c r="C690" s="4"/>
+      <c r="D690" s="4"/>
+      <c r="E690" s="3"/>
+      <c r="F690" s="3"/>
+      <c r="G690" s="3"/>
+      <c r="H690" s="3"/>
+      <c r="I690" s="3"/>
       <c r="J690" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K690" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L690" s="3" t="inlineStr">
         <is>
-          <t>820,000</t>
+          <t>730,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="3"/>
       <c r="B691" s="4"/>
       <c r="C691" s="4"/>
       <c r="D691" s="4"/>
       <c r="E691" s="3"/>
       <c r="F691" s="3"/>
       <c r="G691" s="3"/>
       <c r="H691" s="3"/>
       <c r="I691" s="3"/>
       <c r="J691" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K691" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L691" s="3" t="inlineStr">
         <is>
-          <t>760,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
-      <c r="A692" s="3"/>
-[...7 lines deleted...]
-      <c r="I692" s="3"/>
+      <c r="A692" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B692" s="4" t="inlineStr">
+        <is>
+          <t>145허4444</t>
+        </is>
+      </c>
+      <c r="C692" s="4" t="inlineStr">
+        <is>
+          <t>더 뉴스파크 Premier C-Tech</t>
+        </is>
+      </c>
+      <c r="D692" s="4" t="inlineStr">
+        <is>
+          <t>컨비니언스 패키지, 쉐보레 인포테인먼트 시스템</t>
+        </is>
+      </c>
+      <c r="E692" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F692" s="3" t="inlineStr">
+        <is>
+          <t>흰색</t>
+        </is>
+      </c>
+      <c r="G692" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H692" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I692" s="3" t="inlineStr">
+        <is>
+          <t>142,222KM</t>
+        </is>
+      </c>
       <c r="J692" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K692" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L692" s="3" t="inlineStr">
         <is>
-          <t>720,000</t>
+          <t>410,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
-      <c r="A693" s="3"/>
-[...1 lines deleted...]
-      <c r="C693" s="4"/>
+      <c r="A693" s="3" t="inlineStr">
+        <is>
+          <t>SW</t>
+        </is>
+      </c>
+      <c r="B693" s="4" t="inlineStr">
+        <is>
+          <t>01하0735</t>
+        </is>
+      </c>
+      <c r="C693" s="4" t="inlineStr">
+        <is>
+          <t>그랜저IG 3.0  LPi 렌터카 모던</t>
+        </is>
+      </c>
       <c r="D693" s="4"/>
-      <c r="E693" s="3"/>
-[...3 lines deleted...]
-      <c r="I693" s="3"/>
+      <c r="E693" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F693" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G693" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H693" s="3" t="inlineStr">
+        <is>
+          <t>19년04월</t>
+        </is>
+      </c>
+      <c r="I693" s="3" t="inlineStr">
+        <is>
+          <t>277,985KM</t>
+        </is>
+      </c>
       <c r="J693" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K693" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L693" s="3" t="inlineStr">
         <is>
-          <t>680,000</t>
+          <t>620,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="3"/>
       <c r="B694" s="4"/>
       <c r="C694" s="4"/>
       <c r="D694" s="4"/>
       <c r="E694" s="3"/>
       <c r="F694" s="3"/>
       <c r="G694" s="3"/>
       <c r="H694" s="3"/>
       <c r="I694" s="3"/>
       <c r="J694" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K694" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>30</t>
         </is>
       </c>
       <c r="L694" s="3" t="inlineStr">
         <is>
-          <t>640,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="3" t="inlineStr">
         <is>
-          <t>MY</t>
+          <t>SW</t>
         </is>
       </c>
       <c r="B695" s="4" t="inlineStr">
         <is>
-          <t>101하2736</t>
+          <t>116호6134</t>
         </is>
       </c>
       <c r="C695" s="4" t="inlineStr">
         <is>
-          <t>K5 2.0 프레스티지</t>
-[...6 lines deleted...]
-      </c>
+          <t>더 뉴아반떼(CN7) 스마트스트림 가솔린 1.6 모던</t>
+        </is>
+      </c>
+      <c r="D695" s="4"/>
       <c r="E695" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F695" s="3" t="inlineStr">
         <is>
-          <t>화이트</t>
+          <t>흰색</t>
         </is>
       </c>
       <c r="G695" s="3" t="inlineStr">
         <is>
           <t>휘발유</t>
         </is>
       </c>
       <c r="H695" s="3" t="inlineStr">
         <is>
-          <t>21년06월</t>
+          <t>25년01월</t>
         </is>
       </c>
       <c r="I695" s="3" t="inlineStr">
         <is>
-          <t>84,000KM</t>
+          <t>24,440KM</t>
         </is>
       </c>
       <c r="J695" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K695" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L695" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="3"/>
       <c r="B696" s="4"/>
       <c r="C696" s="4"/>
       <c r="D696" s="4"/>
       <c r="E696" s="3"/>
       <c r="F696" s="3"/>
       <c r="G696" s="3"/>
       <c r="H696" s="3"/>
       <c r="I696" s="3"/>
       <c r="J696" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K696" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L696" s="3" t="inlineStr">
         <is>
-          <t>500,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
-      <c r="A697" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A697" s="3"/>
+      <c r="B697" s="4"/>
+      <c r="C697" s="4"/>
+      <c r="D697" s="4"/>
+      <c r="E697" s="3"/>
+      <c r="F697" s="3"/>
+      <c r="G697" s="3"/>
+      <c r="H697" s="3"/>
+      <c r="I697" s="3"/>
       <c r="J697" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K697" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>50</t>
         </is>
       </c>
       <c r="L697" s="3" t="inlineStr">
         <is>
-          <t>880,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="3"/>
       <c r="B698" s="4"/>
       <c r="C698" s="4"/>
       <c r="D698" s="4"/>
       <c r="E698" s="3"/>
       <c r="F698" s="3"/>
       <c r="G698" s="3"/>
       <c r="H698" s="3"/>
       <c r="I698" s="3"/>
       <c r="J698" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K698" s="3" t="inlineStr">
         <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="L698" s="3" t="inlineStr">
+        <is>
+          <t>590,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
+      <c r="A699" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B699" s="4" t="inlineStr">
+        <is>
+          <t>51하3165</t>
+        </is>
+      </c>
+      <c r="C699" s="4" t="inlineStr">
+        <is>
+          <t>G80 3.3 프리미엄 럭셔리</t>
+        </is>
+      </c>
+      <c r="D699" s="4" t="inlineStr">
+        <is>
+          <t>엑티브세이프티 등</t>
+        </is>
+      </c>
+      <c r="E699" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F699" s="3" t="inlineStr">
+        <is>
+          <t>검정</t>
+        </is>
+      </c>
+      <c r="G699" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H699" s="3" t="inlineStr">
+        <is>
+          <t>18년06월</t>
+        </is>
+      </c>
+      <c r="I699" s="3" t="inlineStr">
+        <is>
+          <t>242,864KM</t>
+        </is>
+      </c>
+      <c r="J699" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K699" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L699" s="3" t="inlineStr">
+        <is>
+          <t>720,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
+      <c r="A700" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B700" s="4" t="inlineStr">
+        <is>
+          <t>149호6125</t>
+        </is>
+      </c>
+      <c r="C700" s="4" t="inlineStr">
+        <is>
+          <t>G90 3.8 GDI AWD 프레스티지</t>
+        </is>
+      </c>
+      <c r="D700" s="4" t="inlineStr">
+        <is>
+          <t>썬루프 등</t>
+        </is>
+      </c>
+      <c r="E700" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F700" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G700" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H700" s="3" t="inlineStr">
+        <is>
+          <t>21년02월</t>
+        </is>
+      </c>
+      <c r="I700" s="3" t="inlineStr">
+        <is>
+          <t>99,661KM</t>
+        </is>
+      </c>
+      <c r="J700" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K700" s="3" t="inlineStr">
+        <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L698" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="K699" s="3" t="inlineStr">
+      <c r="L700" s="3" t="inlineStr">
+        <is>
+          <t>1,740,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
+      <c r="A701" s="3"/>
+      <c r="B701" s="4"/>
+      <c r="C701" s="4"/>
+      <c r="D701" s="4"/>
+      <c r="E701" s="3"/>
+      <c r="F701" s="3"/>
+      <c r="G701" s="3"/>
+      <c r="H701" s="3"/>
+      <c r="I701" s="3"/>
+      <c r="J701" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K701" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L699" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L701" s="3" t="inlineStr">
         <is>
-          <t>520,000</t>
+          <t>1,800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="3"/>
       <c r="B702" s="4"/>
       <c r="C702" s="4"/>
       <c r="D702" s="4"/>
       <c r="E702" s="3"/>
       <c r="F702" s="3"/>
       <c r="G702" s="3"/>
       <c r="H702" s="3"/>
       <c r="I702" s="3"/>
       <c r="J702" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K702" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L702" s="3" t="inlineStr">
         <is>
-          <t>490,000</t>
+          <t>1,700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="3"/>
       <c r="B703" s="4"/>
       <c r="C703" s="4"/>
       <c r="D703" s="4"/>
       <c r="E703" s="3"/>
       <c r="F703" s="3"/>
       <c r="G703" s="3"/>
       <c r="H703" s="3"/>
       <c r="I703" s="3"/>
       <c r="J703" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K703" s="3" t="inlineStr">
         <is>
-          <t>80</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L703" s="3" t="inlineStr">
         <is>
-          <t>460,000</t>
+          <t>1,600,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
-      <c r="A704" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="E704" s="3" t="inlineStr">
+      <c r="A704" s="3"/>
+      <c r="B704" s="4"/>
+      <c r="C704" s="4"/>
+      <c r="D704" s="4"/>
+      <c r="E704" s="3"/>
+      <c r="F704" s="3"/>
+      <c r="G704" s="3"/>
+      <c r="H704" s="3"/>
+      <c r="I704" s="3"/>
+      <c r="J704" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K704" s="3" t="inlineStr">
+        <is>
+          <t>250</t>
+        </is>
+      </c>
+      <c r="L704" s="3" t="inlineStr">
+        <is>
+          <t>1,500,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
+      <c r="A705" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B705" s="4" t="inlineStr">
+        <is>
+          <t>48하9983</t>
+        </is>
+      </c>
+      <c r="C705" s="4" t="inlineStr">
+        <is>
+          <t>카니발 9인승 프레스티지</t>
+        </is>
+      </c>
+      <c r="D705" s="4" t="inlineStr">
+        <is>
+          <t>LED헤드램프,스마트내비uvo3.0,+오토디포
+그 드리이브와이즈,듀얼썬룹,오토슬라이딩</t>
+        </is>
+      </c>
+      <c r="E705" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
-      <c r="F704" s="3" t="inlineStr">
-[...19 lines deleted...]
-      <c r="J704" s="3" t="inlineStr">
+      <c r="F705" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G705" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H705" s="3" t="inlineStr">
+        <is>
+          <t>18년07월</t>
+        </is>
+      </c>
+      <c r="I705" s="3" t="inlineStr">
+        <is>
+          <t>233,573KM</t>
+        </is>
+      </c>
+      <c r="J705" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K704" s="3" t="inlineStr">
-[...20 lines deleted...]
-      <c r="J705" s="3" t="inlineStr">
+      <c r="K705" s="3" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="L705" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
+      <c r="A706" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B706" s="4" t="inlineStr">
+        <is>
+          <t>154호3161</t>
+        </is>
+      </c>
+      <c r="C706" s="4" t="inlineStr">
+        <is>
+          <t>아반떼 1.6  하이브리드 스마트</t>
+        </is>
+      </c>
+      <c r="D706" s="4" t="inlineStr">
+        <is>
+          <t>인포테인먼트 내비 등</t>
+        </is>
+      </c>
+      <c r="E706" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F706" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G706" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H706" s="3" t="inlineStr">
+        <is>
+          <t>25년09월</t>
+        </is>
+      </c>
+      <c r="I706" s="3" t="inlineStr">
+        <is>
+          <t>2,098KM</t>
+        </is>
+      </c>
+      <c r="J706" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K705" s="3" t="inlineStr">
-[...24 lines deleted...]
-      </c>
       <c r="K706" s="3" t="inlineStr">
         <is>
-          <t>120</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L706" s="3" t="inlineStr">
         <is>
-          <t>790,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
-      <c r="A707" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A707" s="3"/>
+      <c r="B707" s="4"/>
+      <c r="C707" s="4"/>
+      <c r="D707" s="4"/>
+      <c r="E707" s="3"/>
+      <c r="F707" s="3"/>
+      <c r="G707" s="3"/>
+      <c r="H707" s="3"/>
+      <c r="I707" s="3"/>
       <c r="J707" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K707" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L707" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>750,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
       <c r="A708" s="3"/>
       <c r="B708" s="4"/>
       <c r="C708" s="4"/>
       <c r="D708" s="4"/>
       <c r="E708" s="3"/>
       <c r="F708" s="3"/>
       <c r="G708" s="3"/>
       <c r="H708" s="3"/>
       <c r="I708" s="3"/>
       <c r="J708" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K708" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L708" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="3"/>
       <c r="B709" s="4"/>
       <c r="C709" s="4"/>
       <c r="D709" s="4"/>
       <c r="E709" s="3"/>
       <c r="F709" s="3"/>
       <c r="G709" s="3"/>
       <c r="H709" s="3"/>
       <c r="I709" s="3"/>
       <c r="J709" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K709" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L709" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>690,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="3"/>
       <c r="B710" s="4"/>
       <c r="C710" s="4"/>
       <c r="D710" s="4"/>
       <c r="E710" s="3"/>
       <c r="F710" s="3"/>
       <c r="G710" s="3"/>
       <c r="H710" s="3"/>
       <c r="I710" s="3"/>
       <c r="J710" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K710" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L710" s="3" t="inlineStr">
         <is>
-          <t>1,450,000</t>
+          <t>660,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
-      <c r="A711" s="3"/>
-[...7 lines deleted...]
-      <c r="I711" s="3"/>
+      <c r="A711" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B711" s="4" t="inlineStr">
+        <is>
+          <t>154호2715</t>
+        </is>
+      </c>
+      <c r="C711" s="4" t="inlineStr">
+        <is>
+          <t>디엣지쏘나타 스마트드림 L 2.0 비지니스1</t>
+        </is>
+      </c>
+      <c r="D711" s="4" t="inlineStr">
+        <is>
+          <t>하이패스+ECM룸미러,컴포트I,인포테인먼트내비
+I</t>
+        </is>
+      </c>
+      <c r="E711" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F711" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G711" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H711" s="3" t="inlineStr">
+        <is>
+          <t>23년10월</t>
+        </is>
+      </c>
+      <c r="I711" s="3" t="inlineStr">
+        <is>
+          <t>21,602KM</t>
+        </is>
+      </c>
       <c r="J711" s="3" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="K711" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L711" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
-      <c r="A712" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A712" s="3"/>
+      <c r="B712" s="4"/>
+      <c r="C712" s="4"/>
+      <c r="D712" s="4"/>
+      <c r="E712" s="3"/>
+      <c r="F712" s="3"/>
+      <c r="G712" s="3"/>
+      <c r="H712" s="3"/>
+      <c r="I712" s="3"/>
       <c r="J712" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K712" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L712" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="3"/>
       <c r="B713" s="4"/>
       <c r="C713" s="4"/>
       <c r="D713" s="4"/>
       <c r="E713" s="3"/>
       <c r="F713" s="3"/>
       <c r="G713" s="3"/>
       <c r="H713" s="3"/>
       <c r="I713" s="3"/>
       <c r="J713" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K713" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L713" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="3"/>
       <c r="B714" s="4"/>
       <c r="C714" s="4"/>
       <c r="D714" s="4"/>
       <c r="E714" s="3"/>
       <c r="F714" s="3"/>
       <c r="G714" s="3"/>
       <c r="H714" s="3"/>
       <c r="I714" s="3"/>
       <c r="J714" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K714" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L714" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>640,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
-      <c r="A715" s="3"/>
-[...1 lines deleted...]
-      <c r="C715" s="4"/>
+      <c r="A715" s="3" t="inlineStr">
+        <is>
+          <t>TABO</t>
+        </is>
+      </c>
+      <c r="B715" s="4" t="inlineStr">
+        <is>
+          <t>48호2438</t>
+        </is>
+      </c>
+      <c r="C715" s="4" t="inlineStr">
+        <is>
+          <t>k7 하이브리드 노블레스</t>
+        </is>
+      </c>
       <c r="D715" s="4"/>
-      <c r="E715" s="3"/>
-[...3 lines deleted...]
-      <c r="I715" s="3"/>
+      <c r="E715" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F715" s="3" t="inlineStr">
+        <is>
+          <t>다크그레이</t>
+        </is>
+      </c>
+      <c r="G715" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H715" s="3" t="inlineStr">
+        <is>
+          <t>18년04월</t>
+        </is>
+      </c>
+      <c r="I715" s="3" t="inlineStr">
+        <is>
+          <t>170,863KM</t>
+        </is>
+      </c>
       <c r="J715" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K715" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>70</t>
         </is>
       </c>
       <c r="L715" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>700,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="3"/>
       <c r="B716" s="4"/>
       <c r="C716" s="4"/>
       <c r="D716" s="4"/>
       <c r="E716" s="3"/>
       <c r="F716" s="3"/>
       <c r="G716" s="3"/>
       <c r="H716" s="3"/>
       <c r="I716" s="3"/>
       <c r="J716" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K716" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L716" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>670,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="3" t="inlineStr">
         <is>
-          <t>SKY</t>
+          <t>TABO</t>
         </is>
       </c>
       <c r="B717" s="4" t="inlineStr">
         <is>
-          <t>101허4342</t>
+          <t>154호2817</t>
         </is>
       </c>
       <c r="C717" s="4" t="inlineStr">
         <is>
-          <t>셀토스 1.6 가솔린 터보 2WD 프레스티지</t>
+          <t>디올뉴그랜저 3.5프리미어</t>
         </is>
       </c>
       <c r="D717" s="4" t="inlineStr">
         <is>
-          <t>ETCS, 기본형-드라이브와이즈, 내비게이션</t>
+          <t>"스마트센스,썬룹 프리미엄초이스"</t>
         </is>
       </c>
       <c r="E717" s="3" t="inlineStr">
         <is>
           <t>중고차</t>
         </is>
       </c>
       <c r="F717" s="3" t="inlineStr">
         <is>
-          <t>검정</t>
+          <t>화이트</t>
         </is>
       </c>
       <c r="G717" s="3" t="inlineStr">
         <is>
-          <t>휘발유</t>
+          <t>LPG</t>
         </is>
       </c>
       <c r="H717" s="3" t="inlineStr">
         <is>
-          <t>22년04월</t>
+          <t>24년03월</t>
         </is>
       </c>
       <c r="I717" s="3" t="inlineStr">
         <is>
-          <t>50,000KM</t>
+          <t>30,989KM</t>
         </is>
       </c>
       <c r="J717" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K717" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L717" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>920,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="3"/>
       <c r="B718" s="4"/>
       <c r="C718" s="4"/>
       <c r="D718" s="4"/>
       <c r="E718" s="3"/>
       <c r="F718" s="3"/>
       <c r="G718" s="3"/>
       <c r="H718" s="3"/>
       <c r="I718" s="3"/>
       <c r="J718" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K718" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>120</t>
         </is>
       </c>
       <c r="L718" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>890,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="3"/>
       <c r="B719" s="4"/>
       <c r="C719" s="4"/>
       <c r="D719" s="4"/>
       <c r="E719" s="3"/>
       <c r="F719" s="3"/>
       <c r="G719" s="3"/>
       <c r="H719" s="3"/>
       <c r="I719" s="3"/>
       <c r="J719" s="3" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="K719" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L719" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>860,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
-      <c r="A720" s="3"/>
-[...7 lines deleted...]
-      <c r="I720" s="3"/>
+      <c r="A720" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B720" s="4" t="inlineStr">
+        <is>
+          <t>125호5089</t>
+        </is>
+      </c>
+      <c r="C720" s="4" t="inlineStr">
+        <is>
+          <t>쏘렌토 2.2 프레스티지 디젤 2WD</t>
+        </is>
+      </c>
+      <c r="D720" s="4" t="inlineStr">
+        <is>
+          <t>드라이브 와이즈, 10.25인치 내비게이션</t>
+        </is>
+      </c>
+      <c r="E720" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F720" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G720" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H720" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I720" s="3" t="inlineStr">
+        <is>
+          <t>40,000KM</t>
+        </is>
+      </c>
       <c r="J720" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K720" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L720" s="3" t="inlineStr">
         <is>
-          <t>650,000</t>
+          <t>1,170,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="3"/>
       <c r="B721" s="4"/>
       <c r="C721" s="4"/>
       <c r="D721" s="4"/>
       <c r="E721" s="3"/>
       <c r="F721" s="3"/>
       <c r="G721" s="3"/>
       <c r="H721" s="3"/>
       <c r="I721" s="3"/>
       <c r="J721" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K721" s="3" t="inlineStr">
         <is>
-          <t>70</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L721" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
-      <c r="A722" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A722" s="3"/>
+      <c r="B722" s="4"/>
+      <c r="C722" s="4"/>
+      <c r="D722" s="4"/>
+      <c r="E722" s="3"/>
+      <c r="F722" s="3"/>
+      <c r="G722" s="3"/>
+      <c r="H722" s="3"/>
+      <c r="I722" s="3"/>
       <c r="J722" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K722" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L722" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>100,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="3"/>
       <c r="B723" s="4"/>
       <c r="C723" s="4"/>
       <c r="D723" s="4"/>
       <c r="E723" s="3"/>
       <c r="F723" s="3"/>
       <c r="G723" s="3"/>
       <c r="H723" s="3"/>
       <c r="I723" s="3"/>
       <c r="J723" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K723" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L723" s="3" t="inlineStr">
         <is>
-          <t>1,650,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="3"/>
       <c r="B724" s="4"/>
       <c r="C724" s="4"/>
       <c r="D724" s="4"/>
       <c r="E724" s="3"/>
       <c r="F724" s="3"/>
       <c r="G724" s="3"/>
       <c r="H724" s="3"/>
       <c r="I724" s="3"/>
       <c r="J724" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K724" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L724" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
-      <c r="A725" s="3"/>
-[...7 lines deleted...]
-      <c r="I725" s="3"/>
+      <c r="A725" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B725" s="4" t="inlineStr">
+        <is>
+          <t>125호9013</t>
+        </is>
+      </c>
+      <c r="C725" s="4" t="inlineStr">
+        <is>
+          <t>싼타페 하이브리드 1.6 프레스티지 하이브리드 2WD</t>
+        </is>
+      </c>
+      <c r="D725" s="4" t="inlineStr">
+        <is>
+          <t>파킹 어시스트 플러스 I, 스마트 센스</t>
+        </is>
+      </c>
+      <c r="E725" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F725" s="3" t="inlineStr">
+        <is>
+          <t>화이트</t>
+        </is>
+      </c>
+      <c r="G725" s="3" t="inlineStr">
+        <is>
+          <t>하이브리드</t>
+        </is>
+      </c>
+      <c r="H725" s="3" t="inlineStr">
+        <is>
+          <t>23년01월</t>
+        </is>
+      </c>
+      <c r="I725" s="3" t="inlineStr">
+        <is>
+          <t>38,000KM</t>
+        </is>
+      </c>
       <c r="J725" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K725" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L725" s="3" t="inlineStr">
         <is>
-          <t>1,750,000</t>
+          <t>1,170,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="3"/>
       <c r="B726" s="4"/>
       <c r="C726" s="4"/>
       <c r="D726" s="4"/>
       <c r="E726" s="3"/>
       <c r="F726" s="3"/>
       <c r="G726" s="3"/>
       <c r="H726" s="3"/>
       <c r="I726" s="3"/>
       <c r="J726" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K726" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L726" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>1,110,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
-      <c r="A727" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A727" s="3"/>
+      <c r="B727" s="4"/>
+      <c r="C727" s="4"/>
+      <c r="D727" s="4"/>
+      <c r="E727" s="3"/>
+      <c r="F727" s="3"/>
+      <c r="G727" s="3"/>
+      <c r="H727" s="3"/>
+      <c r="I727" s="3"/>
       <c r="J727" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K727" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L727" s="3" t="inlineStr">
         <is>
           <t>1,000,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="3"/>
       <c r="B728" s="4"/>
       <c r="C728" s="4"/>
       <c r="D728" s="4"/>
       <c r="E728" s="3"/>
       <c r="F728" s="3"/>
       <c r="G728" s="3"/>
       <c r="H728" s="3"/>
       <c r="I728" s="3"/>
       <c r="J728" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K728" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
       <c r="L728" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>900,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
-      <c r="A729" s="3"/>
-[...7 lines deleted...]
-      <c r="I729" s="3"/>
+      <c r="A729" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B729" s="4" t="inlineStr">
+        <is>
+          <t>125호5086</t>
+        </is>
+      </c>
+      <c r="C729" s="4" t="inlineStr">
+        <is>
+          <t>GV70 2.5 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D729" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러 패키지 II</t>
+        </is>
+      </c>
+      <c r="E729" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F729" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G729" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H729" s="3" t="inlineStr">
+        <is>
+          <t>24년01월</t>
+        </is>
+      </c>
+      <c r="I729" s="3" t="inlineStr">
+        <is>
+          <t>37,000KM</t>
+        </is>
+      </c>
       <c r="J729" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K729" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L729" s="3" t="inlineStr">
         <is>
-          <t>1,100,000</t>
+          <t>1,520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="3"/>
       <c r="B730" s="4"/>
       <c r="C730" s="4"/>
       <c r="D730" s="4"/>
       <c r="E730" s="3"/>
       <c r="F730" s="3"/>
       <c r="G730" s="3"/>
       <c r="H730" s="3"/>
       <c r="I730" s="3"/>
       <c r="J730" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K730" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L730" s="3" t="inlineStr">
         <is>
-          <t>1,150,000</t>
+          <t>1,430,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="3"/>
       <c r="B731" s="4"/>
       <c r="C731" s="4"/>
       <c r="D731" s="4"/>
       <c r="E731" s="3"/>
       <c r="F731" s="3"/>
       <c r="G731" s="3"/>
       <c r="H731" s="3"/>
       <c r="I731" s="3"/>
       <c r="J731" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K731" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L731" s="3" t="inlineStr">
         <is>
-          <t>1,200,000</t>
+          <t>1,290,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
-      <c r="A732" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A732" s="3"/>
+      <c r="B732" s="4"/>
+      <c r="C732" s="4"/>
+      <c r="D732" s="4"/>
+      <c r="E732" s="3"/>
+      <c r="F732" s="3"/>
+      <c r="G732" s="3"/>
+      <c r="H732" s="3"/>
+      <c r="I732" s="3"/>
       <c r="J732" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K732" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L732" s="3" t="inlineStr">
         <is>
-          <t>550,000</t>
+          <t>1,160,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="3"/>
       <c r="B733" s="4"/>
       <c r="C733" s="4"/>
       <c r="D733" s="4"/>
       <c r="E733" s="3"/>
       <c r="F733" s="3"/>
       <c r="G733" s="3"/>
       <c r="H733" s="3"/>
       <c r="I733" s="3"/>
       <c r="J733" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K733" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L733" s="3" t="inlineStr">
+        <is>
+          <t>1,050,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
+      <c r="A734" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B734" s="4" t="inlineStr">
+        <is>
+          <t>125호5015</t>
+        </is>
+      </c>
+      <c r="C734" s="4" t="inlineStr">
+        <is>
+          <t>G90 3.5 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D734" s="4" t="inlineStr">
+        <is>
+          <t>20인치 휠, 컨비니언스 패키지, 뒷좌석 컴포
+트 패키지 I + II</t>
+        </is>
+      </c>
+      <c r="E734" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F734" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G734" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H734" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I734" s="3" t="inlineStr">
+        <is>
+          <t>44,000KM</t>
+        </is>
+      </c>
+      <c r="J734" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K734" s="3" t="inlineStr">
+        <is>
+          <t>300</t>
+        </is>
+      </c>
+      <c r="L734" s="3" t="inlineStr">
+        <is>
+          <t>2,880,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
+      <c r="A735" s="3"/>
+      <c r="B735" s="4"/>
+      <c r="C735" s="4"/>
+      <c r="D735" s="4"/>
+      <c r="E735" s="3"/>
+      <c r="F735" s="3"/>
+      <c r="G735" s="3"/>
+      <c r="H735" s="3"/>
+      <c r="I735" s="3"/>
+      <c r="J735" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K733" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K735" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>350</t>
         </is>
       </c>
       <c r="L735" s="3" t="inlineStr">
         <is>
-          <t>950,000</t>
+          <t>2,720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="3"/>
       <c r="B736" s="4"/>
       <c r="C736" s="4"/>
       <c r="D736" s="4"/>
       <c r="E736" s="3"/>
       <c r="F736" s="3"/>
       <c r="G736" s="3"/>
       <c r="H736" s="3"/>
       <c r="I736" s="3"/>
       <c r="J736" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K736" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>350</t>
         </is>
       </c>
       <c r="L736" s="3" t="inlineStr">
         <is>
-          <t>1,000,000</t>
+          <t>2,450,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="3"/>
       <c r="B737" s="4"/>
       <c r="C737" s="4"/>
       <c r="D737" s="4"/>
       <c r="E737" s="3"/>
       <c r="F737" s="3"/>
       <c r="G737" s="3"/>
       <c r="H737" s="3"/>
       <c r="I737" s="3"/>
       <c r="J737" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K737" s="3" t="inlineStr">
         <is>
-          <t>150</t>
+          <t>350</t>
         </is>
       </c>
       <c r="L737" s="3" t="inlineStr">
         <is>
-          <t>1,050,000</t>
+          <t>2,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="3"/>
       <c r="B738" s="4"/>
       <c r="C738" s="4"/>
       <c r="D738" s="4"/>
       <c r="E738" s="3"/>
       <c r="F738" s="3"/>
       <c r="G738" s="3"/>
       <c r="H738" s="3"/>
       <c r="I738" s="3"/>
       <c r="J738" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K738" s="3" t="inlineStr">
+        <is>
+          <t>400</t>
+        </is>
+      </c>
+      <c r="L738" s="3" t="inlineStr">
+        <is>
+          <t>1,990,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
+      <c r="A739" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B739" s="4" t="inlineStr">
+        <is>
+          <t>125호5127</t>
+        </is>
+      </c>
+      <c r="C739" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D739" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E739" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F739" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G739" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H739" s="3" t="inlineStr">
+        <is>
+          <t>22년01월</t>
+        </is>
+      </c>
+      <c r="I739" s="3" t="inlineStr">
+        <is>
+          <t>41,000KM</t>
+        </is>
+      </c>
+      <c r="J739" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K739" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L739" s="3" t="inlineStr">
+        <is>
+          <t>1,260,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
+      <c r="A740" s="3"/>
+      <c r="B740" s="4"/>
+      <c r="C740" s="4"/>
+      <c r="D740" s="4"/>
+      <c r="E740" s="3"/>
+      <c r="F740" s="3"/>
+      <c r="G740" s="3"/>
+      <c r="H740" s="3"/>
+      <c r="I740" s="3"/>
+      <c r="J740" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K738" s="3" t="inlineStr">
+      <c r="K740" s="3" t="inlineStr">
         <is>
           <t>150</t>
         </is>
       </c>
-      <c r="L738" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="L740" s="3" t="inlineStr">
         <is>
-          <t>1,400,000</t>
+          <t>1,190,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="3"/>
       <c r="B741" s="4"/>
       <c r="C741" s="4"/>
       <c r="D741" s="4"/>
       <c r="E741" s="3"/>
       <c r="F741" s="3"/>
       <c r="G741" s="3"/>
       <c r="H741" s="3"/>
       <c r="I741" s="3"/>
       <c r="J741" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K741" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L741" s="3" t="inlineStr">
         <is>
-          <t>1,500,000</t>
+          <t>1,080,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="3"/>
       <c r="B742" s="4"/>
       <c r="C742" s="4"/>
       <c r="D742" s="4"/>
       <c r="E742" s="3"/>
       <c r="F742" s="3"/>
       <c r="G742" s="3"/>
       <c r="H742" s="3"/>
       <c r="I742" s="3"/>
       <c r="J742" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K742" s="3" t="inlineStr">
         <is>
-          <t>200</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L742" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="3"/>
       <c r="B743" s="4"/>
       <c r="C743" s="4"/>
       <c r="D743" s="4"/>
       <c r="E743" s="3"/>
       <c r="F743" s="3"/>
       <c r="G743" s="3"/>
       <c r="H743" s="3"/>
       <c r="I743" s="3"/>
       <c r="J743" s="3" t="inlineStr">
         <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="K743" s="3" t="inlineStr">
+        <is>
+          <t>150</t>
+        </is>
+      </c>
+      <c r="L743" s="3" t="inlineStr">
+        <is>
+          <t>870,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
+      <c r="A744" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B744" s="4" t="inlineStr">
+        <is>
+          <t>101호7624</t>
+        </is>
+      </c>
+      <c r="C744" s="4" t="inlineStr">
+        <is>
+          <t>G80 3.5 가솔린 AWD</t>
+        </is>
+      </c>
+      <c r="D744" s="4" t="inlineStr">
+        <is>
+          <t>HUD, 드라이빙어시스턴스 패키지, 빌트인캠 
+패키지</t>
+        </is>
+      </c>
+      <c r="E744" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F744" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G744" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H744" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I744" s="3" t="inlineStr">
+        <is>
+          <t>61,000KM</t>
+        </is>
+      </c>
+      <c r="J744" s="3" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="K744" s="3" t="inlineStr">
+        <is>
+          <t>200</t>
+        </is>
+      </c>
+      <c r="L744" s="3" t="inlineStr">
+        <is>
+          <t>1,580,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
+      <c r="A745" s="3"/>
+      <c r="B745" s="4"/>
+      <c r="C745" s="4"/>
+      <c r="D745" s="4"/>
+      <c r="E745" s="3"/>
+      <c r="F745" s="3"/>
+      <c r="G745" s="3"/>
+      <c r="H745" s="3"/>
+      <c r="I745" s="3"/>
+      <c r="J745" s="3" t="inlineStr">
+        <is>
           <t>24</t>
         </is>
       </c>
-      <c r="K743" s="3" t="inlineStr">
+      <c r="K745" s="3" t="inlineStr">
         <is>
           <t>200</t>
         </is>
       </c>
-      <c r="L743" s="3" t="inlineStr">
-[...86 lines deleted...]
-      </c>
       <c r="L745" s="3" t="inlineStr">
         <is>
-          <t>700,000</t>
+          <t>1,490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="3"/>
       <c r="B746" s="4"/>
       <c r="C746" s="4"/>
       <c r="D746" s="4"/>
       <c r="E746" s="3"/>
       <c r="F746" s="3"/>
       <c r="G746" s="3"/>
       <c r="H746" s="3"/>
       <c r="I746" s="3"/>
       <c r="J746" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K746" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L746" s="3" t="inlineStr">
         <is>
-          <t>750,000</t>
+          <t>1,340,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="3"/>
       <c r="B747" s="4"/>
       <c r="C747" s="4"/>
       <c r="D747" s="4"/>
       <c r="E747" s="3"/>
       <c r="F747" s="3"/>
       <c r="G747" s="3"/>
       <c r="H747" s="3"/>
       <c r="I747" s="3"/>
       <c r="J747" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K747" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L747" s="3" t="inlineStr">
         <is>
-          <t>800,000</t>
+          <t>1,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
-      <c r="A748" s="3"/>
-[...7 lines deleted...]
-      <c r="I748" s="3"/>
+      <c r="A748" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B748" s="4" t="inlineStr">
+        <is>
+          <t>101호1396</t>
+        </is>
+      </c>
+      <c r="C748" s="4" t="inlineStr">
+        <is>
+          <t>GV80 3.0 디젤 AWD</t>
+        </is>
+      </c>
+      <c r="D748" s="4" t="inlineStr">
+        <is>
+          <t>헤드업 디스플레이(HUD), 드라이빙 어시스턴
+스 패키지 I, 파노라마 썬루프</t>
+        </is>
+      </c>
+      <c r="E748" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F748" s="3" t="inlineStr">
+        <is>
+          <t>비크 블랙</t>
+        </is>
+      </c>
+      <c r="G748" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H748" s="3" t="inlineStr">
+        <is>
+          <t>20년01월</t>
+        </is>
+      </c>
+      <c r="I748" s="3" t="inlineStr">
+        <is>
+          <t>115,000KM</t>
+        </is>
+      </c>
       <c r="J748" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K748" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L748" s="3" t="inlineStr">
         <is>
-          <t>850,000</t>
+          <t>1,610,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="3"/>
       <c r="B749" s="4"/>
       <c r="C749" s="4"/>
       <c r="D749" s="4"/>
       <c r="E749" s="3"/>
       <c r="F749" s="3"/>
       <c r="G749" s="3"/>
       <c r="H749" s="3"/>
       <c r="I749" s="3"/>
       <c r="J749" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K749" s="3" t="inlineStr">
         <is>
-          <t>100</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L749" s="3" t="inlineStr">
         <is>
-          <t>900,000</t>
+          <t>1,520,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
-      <c r="A750" s="3" t="inlineStr">
-[...44 lines deleted...]
-      </c>
+      <c r="A750" s="3"/>
+      <c r="B750" s="4"/>
+      <c r="C750" s="4"/>
+      <c r="D750" s="4"/>
+      <c r="E750" s="3"/>
+      <c r="F750" s="3"/>
+      <c r="G750" s="3"/>
+      <c r="H750" s="3"/>
+      <c r="I750" s="3"/>
       <c r="J750" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K750" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L750" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>1,370,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="3"/>
       <c r="B751" s="4"/>
       <c r="C751" s="4"/>
       <c r="D751" s="4"/>
       <c r="E751" s="3"/>
       <c r="F751" s="3"/>
       <c r="G751" s="3"/>
       <c r="H751" s="3"/>
       <c r="I751" s="3"/>
       <c r="J751" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K751" s="3" t="inlineStr">
         <is>
           <t>250</t>
         </is>
       </c>
       <c r="L751" s="3" t="inlineStr">
         <is>
-          <t>1,850,000</t>
+          <t>1,230,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
-      <c r="A752" s="3"/>
-[...7 lines deleted...]
-      <c r="I752" s="3"/>
+      <c r="A752" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B752" s="4" t="inlineStr">
+        <is>
+          <t>125호5126</t>
+        </is>
+      </c>
+      <c r="C752" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 3.5 프리미엄 LPG 2WD</t>
+        </is>
+      </c>
+      <c r="D752" s="4" t="inlineStr">
+        <is>
+          <t>스마트 센스 I</t>
+        </is>
+      </c>
+      <c r="E752" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F752" s="3" t="inlineStr">
+        <is>
+          <t>블랙</t>
+        </is>
+      </c>
+      <c r="G752" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H752" s="3" t="inlineStr">
+        <is>
+          <t>22년12월</t>
+        </is>
+      </c>
+      <c r="I752" s="3" t="inlineStr">
+        <is>
+          <t>33,000KM</t>
+        </is>
+      </c>
       <c r="J752" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K752" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L752" s="3" t="inlineStr">
         <is>
-          <t>1,900,000</t>
+          <t>1,260,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="3"/>
       <c r="B753" s="4"/>
       <c r="C753" s="4"/>
       <c r="D753" s="4"/>
       <c r="E753" s="3"/>
       <c r="F753" s="3"/>
       <c r="G753" s="3"/>
       <c r="H753" s="3"/>
       <c r="I753" s="3"/>
       <c r="J753" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K753" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L753" s="3" t="inlineStr">
         <is>
-          <t>1,950,000</t>
+          <t>1,190,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="3"/>
       <c r="B754" s="4"/>
       <c r="C754" s="4"/>
       <c r="D754" s="4"/>
       <c r="E754" s="3"/>
       <c r="F754" s="3"/>
       <c r="G754" s="3"/>
       <c r="H754" s="3"/>
       <c r="I754" s="3"/>
       <c r="J754" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K754" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L754" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>1,080,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
-      <c r="A755" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A755" s="3"/>
+      <c r="B755" s="4"/>
+      <c r="C755" s="4"/>
+      <c r="D755" s="4"/>
+      <c r="E755" s="3"/>
+      <c r="F755" s="3"/>
+      <c r="G755" s="3"/>
+      <c r="H755" s="3"/>
+      <c r="I755" s="3"/>
       <c r="J755" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K755" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L755" s="3" t="inlineStr">
         <is>
-          <t>1,300,000</t>
+          <t>970,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="3"/>
       <c r="B756" s="4"/>
       <c r="C756" s="4"/>
       <c r="D756" s="4"/>
       <c r="E756" s="3"/>
       <c r="F756" s="3"/>
       <c r="G756" s="3"/>
       <c r="H756" s="3"/>
       <c r="I756" s="3"/>
       <c r="J756" s="3" t="inlineStr">
         <is>
-          <t>48</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K756" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L756" s="3" t="inlineStr">
         <is>
-          <t>1,350,000</t>
+          <t>870,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
-      <c r="A757" s="3"/>
-[...22 lines deleted...]
-      </c>
+      <c r="A757" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B757" s="4" t="inlineStr">
+        <is>
+          <t>101호1368</t>
+        </is>
+      </c>
+      <c r="C757" s="4" t="inlineStr">
+        <is>
+          <t>K5 렌터카 2.0 LPi 트렌디</t>
+        </is>
+      </c>
+      <c r="D757" s="4" t="inlineStr">
+        <is>
+          <t> 10.25인치 UVO 내비게이션</t>
+        </is>
+      </c>
+      <c r="E757" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F757" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G757" s="3" t="inlineStr">
+        <is>
+          <t>LPG</t>
+        </is>
+      </c>
+      <c r="H757" s="3" t="inlineStr">
+        <is>
+          <t>20년03월</t>
+        </is>
+      </c>
+      <c r="I757" s="3" t="inlineStr">
+        <is>
+          <t>138,000KM</t>
+        </is>
+      </c>
+      <c r="J757" s="3"/>
+      <c r="K757" s="3"/>
+      <c r="L757" s="3"/>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
-      <c r="A758" s="3"/>
-[...1 lines deleted...]
-      <c r="C758" s="4"/>
+      <c r="A758" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B758" s="4" t="inlineStr">
+        <is>
+          <t>101호7791</t>
+        </is>
+      </c>
+      <c r="C758" s="4" t="inlineStr">
+        <is>
+          <t>그랜저 2.4 르블랑 가솔린</t>
+        </is>
+      </c>
       <c r="D758" s="4"/>
-      <c r="E758" s="3"/>
-[...3 lines deleted...]
-      <c r="I758" s="3"/>
+      <c r="E758" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F758" s="3" t="inlineStr">
+        <is>
+          <t>미드나잇 블랙 펄</t>
+        </is>
+      </c>
+      <c r="G758" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H758" s="3" t="inlineStr">
+        <is>
+          <t>21년07월</t>
+        </is>
+      </c>
+      <c r="I758" s="3" t="inlineStr">
+        <is>
+          <t>111,000KM</t>
+        </is>
+      </c>
       <c r="J758" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K758" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L758" s="3" t="inlineStr">
         <is>
-          <t>580,000</t>
+          <t>850,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="3"/>
       <c r="B759" s="4"/>
       <c r="C759" s="4"/>
       <c r="D759" s="4"/>
       <c r="E759" s="3"/>
       <c r="F759" s="3"/>
       <c r="G759" s="3"/>
       <c r="H759" s="3"/>
       <c r="I759" s="3"/>
       <c r="J759" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K759" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L759" s="3" t="inlineStr">
         <is>
-          <t>610,000</t>
+          <t>800,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
-      <c r="A760" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A760" s="3"/>
+      <c r="B760" s="4"/>
+      <c r="C760" s="4"/>
+      <c r="D760" s="4"/>
+      <c r="E760" s="3"/>
+      <c r="F760" s="3"/>
+      <c r="G760" s="3"/>
+      <c r="H760" s="3"/>
+      <c r="I760" s="3"/>
       <c r="J760" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K760" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L760" s="3" t="inlineStr">
         <is>
-          <t>1,700,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="3"/>
       <c r="B761" s="4"/>
       <c r="C761" s="4"/>
       <c r="D761" s="4"/>
       <c r="E761" s="3"/>
       <c r="F761" s="3"/>
       <c r="G761" s="3"/>
       <c r="H761" s="3"/>
       <c r="I761" s="3"/>
       <c r="J761" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K761" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L761" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="3"/>
       <c r="B762" s="4"/>
       <c r="C762" s="4"/>
       <c r="D762" s="4"/>
       <c r="E762" s="3"/>
       <c r="F762" s="3"/>
       <c r="G762" s="3"/>
       <c r="H762" s="3"/>
       <c r="I762" s="3"/>
       <c r="J762" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K762" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L762" s="3" t="inlineStr">
         <is>
-          <t>1,900,000</t>
+          <t>590,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
-      <c r="A763" s="3"/>
-[...7 lines deleted...]
-      <c r="I763" s="3"/>
+      <c r="A763" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B763" s="4" t="inlineStr">
+        <is>
+          <t>101하5564</t>
+        </is>
+      </c>
+      <c r="C763" s="4" t="inlineStr">
+        <is>
+          <t>스타리아 라운지 2.2 7인승 인스퍼레이션 디젤 2WD</t>
+        </is>
+      </c>
+      <c r="D763" s="4" t="inlineStr">
+        <is>
+          <t>듀얼 와이드 선루프, 컴포트</t>
+        </is>
+      </c>
+      <c r="E763" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F763" s="3" t="inlineStr">
+        <is>
+          <t>그라파이트 그레이 메탈릭</t>
+        </is>
+      </c>
+      <c r="G763" s="3" t="inlineStr">
+        <is>
+          <t>경유</t>
+        </is>
+      </c>
+      <c r="H763" s="3" t="inlineStr">
+        <is>
+          <t>21년09월</t>
+        </is>
+      </c>
+      <c r="I763" s="3" t="inlineStr">
+        <is>
+          <t>55,000KM</t>
+        </is>
+      </c>
       <c r="J763" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K763" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L763" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>1,350,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="3"/>
       <c r="B764" s="4"/>
       <c r="C764" s="4"/>
       <c r="D764" s="4"/>
       <c r="E764" s="3"/>
       <c r="F764" s="3"/>
       <c r="G764" s="3"/>
       <c r="H764" s="3"/>
       <c r="I764" s="3"/>
       <c r="J764" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K764" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L764" s="3" t="inlineStr">
         <is>
-          <t>2,100,000</t>
+          <t>1,280,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
-      <c r="A765" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A765" s="3"/>
+      <c r="B765" s="4"/>
+      <c r="C765" s="4"/>
+      <c r="D765" s="4"/>
+      <c r="E765" s="3"/>
+      <c r="F765" s="3"/>
+      <c r="G765" s="3"/>
+      <c r="H765" s="3"/>
+      <c r="I765" s="3"/>
       <c r="J765" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K765" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L765" s="3" t="inlineStr">
         <is>
-          <t>2,100,000</t>
+          <t>1,150,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="3"/>
       <c r="B766" s="4"/>
       <c r="C766" s="4"/>
       <c r="D766" s="4"/>
       <c r="E766" s="3"/>
       <c r="F766" s="3"/>
       <c r="G766" s="3"/>
       <c r="H766" s="3"/>
       <c r="I766" s="3"/>
       <c r="J766" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K766" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L766" s="3" t="inlineStr">
         <is>
-          <t>2,200,000</t>
+          <t>1,040,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="3"/>
       <c r="B767" s="4"/>
       <c r="C767" s="4"/>
       <c r="D767" s="4"/>
       <c r="E767" s="3"/>
       <c r="F767" s="3"/>
       <c r="G767" s="3"/>
       <c r="H767" s="3"/>
       <c r="I767" s="3"/>
       <c r="J767" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>60</t>
         </is>
       </c>
       <c r="K767" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>150</t>
         </is>
       </c>
       <c r="L767" s="3" t="inlineStr">
         <is>
-          <t>2,300,000</t>
+          <t>930,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
-      <c r="A768" s="3"/>
-[...7 lines deleted...]
-      <c r="I768" s="3"/>
+      <c r="A768" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B768" s="4" t="inlineStr">
+        <is>
+          <t>101호7927</t>
+        </is>
+      </c>
+      <c r="C768" s="4" t="inlineStr">
+        <is>
+          <t>K5 가솔린 2.0 프레스티지</t>
+        </is>
+      </c>
+      <c r="D768" s="4" t="inlineStr">
+        <is>
+          <t>드라이브와이즈, 스타일, 10.25인치 UVO
+ 내비게이션</t>
+        </is>
+      </c>
+      <c r="E768" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F768" s="3" t="inlineStr">
+        <is>
+          <t>스노우 화이트펄</t>
+        </is>
+      </c>
+      <c r="G768" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H768" s="3" t="inlineStr">
+        <is>
+          <t>22년03월</t>
+        </is>
+      </c>
+      <c r="I768" s="3" t="inlineStr">
+        <is>
+          <t>91,000KM</t>
+        </is>
+      </c>
       <c r="J768" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K768" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L768" s="3" t="inlineStr">
         <is>
-          <t>2,400,000</t>
+          <t>760,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="3"/>
       <c r="B769" s="4"/>
       <c r="C769" s="4"/>
       <c r="D769" s="4"/>
       <c r="E769" s="3"/>
       <c r="F769" s="3"/>
       <c r="G769" s="3"/>
       <c r="H769" s="3"/>
       <c r="I769" s="3"/>
       <c r="J769" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K769" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L769" s="3" t="inlineStr">
         <is>
-          <t>2,500,000</t>
+          <t>720,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
-      <c r="A770" s="3" t="inlineStr">
-[...43 lines deleted...]
-      </c>
+      <c r="A770" s="3"/>
+      <c r="B770" s="4"/>
+      <c r="C770" s="4"/>
+      <c r="D770" s="4"/>
+      <c r="E770" s="3"/>
+      <c r="F770" s="3"/>
+      <c r="G770" s="3"/>
+      <c r="H770" s="3"/>
+      <c r="I770" s="3"/>
       <c r="J770" s="3" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K770" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L770" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>650,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="3"/>
       <c r="B771" s="4"/>
       <c r="C771" s="4"/>
       <c r="D771" s="4"/>
       <c r="E771" s="3"/>
       <c r="F771" s="3"/>
       <c r="G771" s="3"/>
       <c r="H771" s="3"/>
       <c r="I771" s="3"/>
       <c r="J771" s="3" t="inlineStr">
         <is>
           <t>48</t>
         </is>
       </c>
       <c r="K771" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L771" s="3" t="inlineStr">
         <is>
-          <t>1,900,000</t>
+          <t>580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
-      <c r="A772" s="3"/>
-[...1 lines deleted...]
-      <c r="C772" s="4"/>
+      <c r="A772" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B772" s="4" t="inlineStr">
+        <is>
+          <t>125호9009</t>
+        </is>
+      </c>
+      <c r="C772" s="4" t="inlineStr">
+        <is>
+          <t>쏘나타 가솔린 2.0 익스클루시브</t>
+        </is>
+      </c>
       <c r="D772" s="4"/>
-      <c r="E772" s="3"/>
-[...3 lines deleted...]
-      <c r="I772" s="3"/>
+      <c r="E772" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F772" s="3" t="inlineStr">
+        <is>
+          <t>세레니티 화이트 펄</t>
+        </is>
+      </c>
+      <c r="G772" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H772" s="3" t="inlineStr">
+        <is>
+          <t>23년11월</t>
+        </is>
+      </c>
+      <c r="I772" s="3" t="inlineStr">
+        <is>
+          <t>20,000KM</t>
+        </is>
+      </c>
       <c r="J772" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>12</t>
         </is>
       </c>
       <c r="K772" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L772" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>810,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="3"/>
       <c r="B773" s="4"/>
       <c r="C773" s="4"/>
       <c r="D773" s="4"/>
       <c r="E773" s="3"/>
       <c r="F773" s="3"/>
       <c r="G773" s="3"/>
       <c r="H773" s="3"/>
       <c r="I773" s="3"/>
       <c r="J773" s="3" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="K773" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>100</t>
         </is>
       </c>
       <c r="L773" s="3" t="inlineStr">
         <is>
-          <t>2,100,000</t>
+          <t>770,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="3"/>
       <c r="B774" s="4"/>
       <c r="C774" s="4"/>
       <c r="D774" s="4"/>
       <c r="E774" s="3"/>
       <c r="F774" s="3"/>
       <c r="G774" s="3"/>
       <c r="H774" s="3"/>
       <c r="I774" s="3"/>
       <c r="J774" s="3" t="inlineStr">
         <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="K774" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L774" s="3" t="inlineStr">
+        <is>
+          <t>690,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
+      <c r="A775" s="3"/>
+      <c r="B775" s="4"/>
+      <c r="C775" s="4"/>
+      <c r="D775" s="4"/>
+      <c r="E775" s="3"/>
+      <c r="F775" s="3"/>
+      <c r="G775" s="3"/>
+      <c r="H775" s="3"/>
+      <c r="I775" s="3"/>
+      <c r="J775" s="3" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="K775" s="3" t="inlineStr">
+        <is>
+          <t>100</t>
+        </is>
+      </c>
+      <c r="L775" s="3" t="inlineStr">
+        <is>
+          <t>620,000</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
+      <c r="A776" s="3" t="inlineStr">
+        <is>
+          <t>V</t>
+        </is>
+      </c>
+      <c r="B776" s="4" t="inlineStr">
+        <is>
+          <t>125호5184</t>
+        </is>
+      </c>
+      <c r="C776" s="4" t="inlineStr">
+        <is>
+          <t>G80 2.5 가솔린 2WD</t>
+        </is>
+      </c>
+      <c r="D776" s="4" t="inlineStr">
+        <is>
+          <t>파퓰러패키지</t>
+        </is>
+      </c>
+      <c r="E776" s="3" t="inlineStr">
+        <is>
+          <t>중고차</t>
+        </is>
+      </c>
+      <c r="F776" s="3" t="inlineStr">
+        <is>
+          <t>비크블랙</t>
+        </is>
+      </c>
+      <c r="G776" s="3" t="inlineStr">
+        <is>
+          <t>휘발유</t>
+        </is>
+      </c>
+      <c r="H776" s="3" t="inlineStr">
+        <is>
+          <t>23년04월</t>
+        </is>
+      </c>
+      <c r="I776" s="3" t="inlineStr">
+        <is>
+          <t>96,000KM</t>
+        </is>
+      </c>
+      <c r="J776" s="3" t="inlineStr">
+        <is>
           <t>12</t>
         </is>
       </c>
-      <c r="K774" s="3" t="inlineStr">
-[...87 lines deleted...]
-      </c>
       <c r="K776" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L776" s="3" t="inlineStr">
         <is>
-          <t>1,600,000</t>
+          <t>1,580,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="3"/>
       <c r="B777" s="4"/>
       <c r="C777" s="4"/>
       <c r="D777" s="4"/>
       <c r="E777" s="3"/>
       <c r="F777" s="3"/>
       <c r="G777" s="3"/>
       <c r="H777" s="3"/>
       <c r="I777" s="3"/>
       <c r="J777" s="3" t="inlineStr">
         <is>
-          <t>36</t>
+          <t>24</t>
         </is>
       </c>
       <c r="K777" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L777" s="3" t="inlineStr">
         <is>
-          <t>17,000,000</t>
+          <t>1,490,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="3"/>
       <c r="B778" s="4"/>
       <c r="C778" s="4"/>
       <c r="D778" s="4"/>
       <c r="E778" s="3"/>
       <c r="F778" s="3"/>
       <c r="G778" s="3"/>
       <c r="H778" s="3"/>
       <c r="I778" s="3"/>
       <c r="J778" s="3" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>36</t>
         </is>
       </c>
       <c r="K778" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L778" s="3" t="inlineStr">
         <is>
-          <t>1,800,000</t>
+          <t>1,340,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="3"/>
       <c r="B779" s="4"/>
       <c r="C779" s="4"/>
       <c r="D779" s="4"/>
       <c r="E779" s="3"/>
       <c r="F779" s="3"/>
       <c r="G779" s="3"/>
       <c r="H779" s="3"/>
       <c r="I779" s="3"/>
       <c r="J779" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>48</t>
         </is>
       </c>
       <c r="K779" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L779" s="3" t="inlineStr">
         <is>
-          <t>2,000,000</t>
+          <t>1,210,000</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
-      <c r="A780" s="3" t="inlineStr">
-[...46 lines deleted...]
-      </c>
+      <c r="A780" s="3"/>
+      <c r="B780" s="4"/>
+      <c r="C780" s="4"/>
+      <c r="D780" s="4"/>
+      <c r="E780" s="3"/>
+      <c r="F780" s="3"/>
+      <c r="G780" s="3"/>
+      <c r="H780" s="3"/>
+      <c r="I780" s="3"/>
       <c r="J780" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="K780" s="3" t="inlineStr">
         <is>
-          <t>300</t>
+          <t>200</t>
         </is>
       </c>
       <c r="L780" s="3" t="inlineStr">
         <is>
-          <t>2,400,000</t>
-[...4681 lines deleted...]
-          <t>1,240,000</t>
+          <t>1,090,000</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
     <mergeCell ref="E2:E4"/>
     <mergeCell ref="F2:F4"/>
     <mergeCell ref="G2:G4"/>
     <mergeCell ref="H2:H4"/>
     <mergeCell ref="I2:I4"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:B7"/>
     <mergeCell ref="C5:C7"/>
     <mergeCell ref="D5:D7"/>
     <mergeCell ref="E5:E7"/>
     <mergeCell ref="F5:F7"/>
     <mergeCell ref="G5:G7"/>
     <mergeCell ref="H5:H7"/>
     <mergeCell ref="I5:I7"/>
     <mergeCell ref="A8:A10"/>
     <mergeCell ref="B8:B10"/>
@@ -32189,1958 +27769,1670 @@
     <mergeCell ref="C26:C28"/>
     <mergeCell ref="D26:D28"/>
     <mergeCell ref="E26:E28"/>
     <mergeCell ref="F26:F28"/>
     <mergeCell ref="G26:G28"/>
     <mergeCell ref="H26:H28"/>
     <mergeCell ref="I26:I28"/>
     <mergeCell ref="A29:A31"/>
     <mergeCell ref="B29:B31"/>
     <mergeCell ref="C29:C31"/>
     <mergeCell ref="D29:D31"/>
     <mergeCell ref="E29:E31"/>
     <mergeCell ref="F29:F31"/>
     <mergeCell ref="G29:G31"/>
     <mergeCell ref="H29:H31"/>
     <mergeCell ref="I29:I31"/>
     <mergeCell ref="A32:A34"/>
     <mergeCell ref="B32:B34"/>
     <mergeCell ref="C32:C34"/>
     <mergeCell ref="D32:D34"/>
     <mergeCell ref="E32:E34"/>
     <mergeCell ref="F32:F34"/>
     <mergeCell ref="G32:G34"/>
     <mergeCell ref="H32:H34"/>
     <mergeCell ref="I32:I34"/>
-    <mergeCell ref="A35:A39"/>
-[...529 lines deleted...]
-    <mergeCell ref="I309:I313"/>
+    <mergeCell ref="A35:A37"/>
+    <mergeCell ref="B35:B37"/>
+    <mergeCell ref="C35:C37"/>
+    <mergeCell ref="D35:D37"/>
+    <mergeCell ref="E35:E37"/>
+    <mergeCell ref="F35:F37"/>
+    <mergeCell ref="G35:G37"/>
+    <mergeCell ref="H35:H37"/>
+    <mergeCell ref="I35:I37"/>
+    <mergeCell ref="A38:A40"/>
+    <mergeCell ref="B38:B40"/>
+    <mergeCell ref="C38:C40"/>
+    <mergeCell ref="D38:D40"/>
+    <mergeCell ref="E38:E40"/>
+    <mergeCell ref="F38:F40"/>
+    <mergeCell ref="G38:G40"/>
+    <mergeCell ref="H38:H40"/>
+    <mergeCell ref="I38:I40"/>
+    <mergeCell ref="A41:A43"/>
+    <mergeCell ref="B41:B43"/>
+    <mergeCell ref="C41:C43"/>
+    <mergeCell ref="D41:D43"/>
+    <mergeCell ref="E41:E43"/>
+    <mergeCell ref="F41:F43"/>
+    <mergeCell ref="G41:G43"/>
+    <mergeCell ref="H41:H43"/>
+    <mergeCell ref="I41:I43"/>
+    <mergeCell ref="A44:A46"/>
+    <mergeCell ref="B44:B46"/>
+    <mergeCell ref="C44:C46"/>
+    <mergeCell ref="D44:D46"/>
+    <mergeCell ref="E44:E46"/>
+    <mergeCell ref="F44:F46"/>
+    <mergeCell ref="G44:G46"/>
+    <mergeCell ref="H44:H46"/>
+    <mergeCell ref="I44:I46"/>
+    <mergeCell ref="A47:A51"/>
+    <mergeCell ref="B47:B51"/>
+    <mergeCell ref="C47:C51"/>
+    <mergeCell ref="D47:D51"/>
+    <mergeCell ref="E47:E51"/>
+    <mergeCell ref="F47:F51"/>
+    <mergeCell ref="G47:G51"/>
+    <mergeCell ref="H47:H51"/>
+    <mergeCell ref="I47:I51"/>
+    <mergeCell ref="A52:A56"/>
+    <mergeCell ref="B52:B56"/>
+    <mergeCell ref="C52:C56"/>
+    <mergeCell ref="D52:D56"/>
+    <mergeCell ref="E52:E56"/>
+    <mergeCell ref="F52:F56"/>
+    <mergeCell ref="G52:G56"/>
+    <mergeCell ref="H52:H56"/>
+    <mergeCell ref="I52:I56"/>
+    <mergeCell ref="A57:A61"/>
+    <mergeCell ref="B57:B61"/>
+    <mergeCell ref="C57:C61"/>
+    <mergeCell ref="D57:D61"/>
+    <mergeCell ref="E57:E61"/>
+    <mergeCell ref="F57:F61"/>
+    <mergeCell ref="G57:G61"/>
+    <mergeCell ref="H57:H61"/>
+    <mergeCell ref="I57:I61"/>
+    <mergeCell ref="A62:A66"/>
+    <mergeCell ref="B62:B66"/>
+    <mergeCell ref="C62:C66"/>
+    <mergeCell ref="D62:D66"/>
+    <mergeCell ref="E62:E66"/>
+    <mergeCell ref="F62:F66"/>
+    <mergeCell ref="G62:G66"/>
+    <mergeCell ref="H62:H66"/>
+    <mergeCell ref="I62:I66"/>
+    <mergeCell ref="A67:A71"/>
+    <mergeCell ref="B67:B71"/>
+    <mergeCell ref="C67:C71"/>
+    <mergeCell ref="D67:D71"/>
+    <mergeCell ref="E67:E71"/>
+    <mergeCell ref="F67:F71"/>
+    <mergeCell ref="G67:G71"/>
+    <mergeCell ref="H67:H71"/>
+    <mergeCell ref="I67:I71"/>
+    <mergeCell ref="A72:A76"/>
+    <mergeCell ref="B72:B76"/>
+    <mergeCell ref="C72:C76"/>
+    <mergeCell ref="D72:D76"/>
+    <mergeCell ref="E72:E76"/>
+    <mergeCell ref="F72:F76"/>
+    <mergeCell ref="G72:G76"/>
+    <mergeCell ref="H72:H76"/>
+    <mergeCell ref="I72:I76"/>
+    <mergeCell ref="A77:A81"/>
+    <mergeCell ref="B77:B81"/>
+    <mergeCell ref="C77:C81"/>
+    <mergeCell ref="D77:D81"/>
+    <mergeCell ref="E77:E81"/>
+    <mergeCell ref="F77:F81"/>
+    <mergeCell ref="G77:G81"/>
+    <mergeCell ref="H77:H81"/>
+    <mergeCell ref="I77:I81"/>
+    <mergeCell ref="A82:A86"/>
+    <mergeCell ref="B82:B86"/>
+    <mergeCell ref="C82:C86"/>
+    <mergeCell ref="D82:D86"/>
+    <mergeCell ref="E82:E86"/>
+    <mergeCell ref="F82:F86"/>
+    <mergeCell ref="G82:G86"/>
+    <mergeCell ref="H82:H86"/>
+    <mergeCell ref="I82:I86"/>
+    <mergeCell ref="A87:A91"/>
+    <mergeCell ref="B87:B91"/>
+    <mergeCell ref="C87:C91"/>
+    <mergeCell ref="D87:D91"/>
+    <mergeCell ref="E87:E91"/>
+    <mergeCell ref="F87:F91"/>
+    <mergeCell ref="G87:G91"/>
+    <mergeCell ref="H87:H91"/>
+    <mergeCell ref="I87:I91"/>
+    <mergeCell ref="A92:A96"/>
+    <mergeCell ref="B92:B96"/>
+    <mergeCell ref="C92:C96"/>
+    <mergeCell ref="D92:D96"/>
+    <mergeCell ref="E92:E96"/>
+    <mergeCell ref="F92:F96"/>
+    <mergeCell ref="G92:G96"/>
+    <mergeCell ref="H92:H96"/>
+    <mergeCell ref="I92:I96"/>
+    <mergeCell ref="A97:A101"/>
+    <mergeCell ref="B97:B101"/>
+    <mergeCell ref="C97:C101"/>
+    <mergeCell ref="D97:D101"/>
+    <mergeCell ref="E97:E101"/>
+    <mergeCell ref="F97:F101"/>
+    <mergeCell ref="G97:G101"/>
+    <mergeCell ref="H97:H101"/>
+    <mergeCell ref="I97:I101"/>
+    <mergeCell ref="A102:A106"/>
+    <mergeCell ref="B102:B106"/>
+    <mergeCell ref="C102:C106"/>
+    <mergeCell ref="D102:D106"/>
+    <mergeCell ref="E102:E106"/>
+    <mergeCell ref="F102:F106"/>
+    <mergeCell ref="G102:G106"/>
+    <mergeCell ref="H102:H106"/>
+    <mergeCell ref="I102:I106"/>
+    <mergeCell ref="A107:A111"/>
+    <mergeCell ref="B107:B111"/>
+    <mergeCell ref="C107:C111"/>
+    <mergeCell ref="D107:D111"/>
+    <mergeCell ref="E107:E111"/>
+    <mergeCell ref="F107:F111"/>
+    <mergeCell ref="G107:G111"/>
+    <mergeCell ref="H107:H111"/>
+    <mergeCell ref="I107:I111"/>
+    <mergeCell ref="A112:A116"/>
+    <mergeCell ref="B112:B116"/>
+    <mergeCell ref="C112:C116"/>
+    <mergeCell ref="D112:D116"/>
+    <mergeCell ref="E112:E116"/>
+    <mergeCell ref="F112:F116"/>
+    <mergeCell ref="G112:G116"/>
+    <mergeCell ref="H112:H116"/>
+    <mergeCell ref="I112:I116"/>
+    <mergeCell ref="A117:A121"/>
+    <mergeCell ref="B117:B121"/>
+    <mergeCell ref="C117:C121"/>
+    <mergeCell ref="D117:D121"/>
+    <mergeCell ref="E117:E121"/>
+    <mergeCell ref="F117:F121"/>
+    <mergeCell ref="G117:G121"/>
+    <mergeCell ref="H117:H121"/>
+    <mergeCell ref="I117:I121"/>
+    <mergeCell ref="A122:A126"/>
+    <mergeCell ref="B122:B126"/>
+    <mergeCell ref="C122:C126"/>
+    <mergeCell ref="D122:D126"/>
+    <mergeCell ref="E122:E126"/>
+    <mergeCell ref="F122:F126"/>
+    <mergeCell ref="G122:G126"/>
+    <mergeCell ref="H122:H126"/>
+    <mergeCell ref="I122:I126"/>
+    <mergeCell ref="A127:A131"/>
+    <mergeCell ref="B127:B131"/>
+    <mergeCell ref="C127:C131"/>
+    <mergeCell ref="D127:D131"/>
+    <mergeCell ref="E127:E131"/>
+    <mergeCell ref="F127:F131"/>
+    <mergeCell ref="G127:G131"/>
+    <mergeCell ref="H127:H131"/>
+    <mergeCell ref="I127:I131"/>
+    <mergeCell ref="A132:A136"/>
+    <mergeCell ref="B132:B136"/>
+    <mergeCell ref="C132:C136"/>
+    <mergeCell ref="D132:D136"/>
+    <mergeCell ref="E132:E136"/>
+    <mergeCell ref="F132:F136"/>
+    <mergeCell ref="G132:G136"/>
+    <mergeCell ref="H132:H136"/>
+    <mergeCell ref="I132:I136"/>
+    <mergeCell ref="A137:A141"/>
+    <mergeCell ref="B137:B141"/>
+    <mergeCell ref="C137:C141"/>
+    <mergeCell ref="D137:D141"/>
+    <mergeCell ref="E137:E141"/>
+    <mergeCell ref="F137:F141"/>
+    <mergeCell ref="G137:G141"/>
+    <mergeCell ref="H137:H141"/>
+    <mergeCell ref="I137:I141"/>
+    <mergeCell ref="A142:A146"/>
+    <mergeCell ref="B142:B146"/>
+    <mergeCell ref="C142:C146"/>
+    <mergeCell ref="D142:D146"/>
+    <mergeCell ref="E142:E146"/>
+    <mergeCell ref="F142:F146"/>
+    <mergeCell ref="G142:G146"/>
+    <mergeCell ref="H142:H146"/>
+    <mergeCell ref="I142:I146"/>
+    <mergeCell ref="A147:A151"/>
+    <mergeCell ref="B147:B151"/>
+    <mergeCell ref="C147:C151"/>
+    <mergeCell ref="D147:D151"/>
+    <mergeCell ref="E147:E151"/>
+    <mergeCell ref="F147:F151"/>
+    <mergeCell ref="G147:G151"/>
+    <mergeCell ref="H147:H151"/>
+    <mergeCell ref="I147:I151"/>
+    <mergeCell ref="A152:A156"/>
+    <mergeCell ref="B152:B156"/>
+    <mergeCell ref="C152:C156"/>
+    <mergeCell ref="D152:D156"/>
+    <mergeCell ref="E152:E156"/>
+    <mergeCell ref="F152:F156"/>
+    <mergeCell ref="G152:G156"/>
+    <mergeCell ref="H152:H156"/>
+    <mergeCell ref="I152:I156"/>
+    <mergeCell ref="A157:A161"/>
+    <mergeCell ref="B157:B161"/>
+    <mergeCell ref="C157:C161"/>
+    <mergeCell ref="D157:D161"/>
+    <mergeCell ref="E157:E161"/>
+    <mergeCell ref="F157:F161"/>
+    <mergeCell ref="G157:G161"/>
+    <mergeCell ref="H157:H161"/>
+    <mergeCell ref="I157:I161"/>
+    <mergeCell ref="A162:A166"/>
+    <mergeCell ref="B162:B166"/>
+    <mergeCell ref="C162:C166"/>
+    <mergeCell ref="D162:D166"/>
+    <mergeCell ref="E162:E166"/>
+    <mergeCell ref="F162:F166"/>
+    <mergeCell ref="G162:G166"/>
+    <mergeCell ref="H162:H166"/>
+    <mergeCell ref="I162:I166"/>
+    <mergeCell ref="A167:A171"/>
+    <mergeCell ref="B167:B171"/>
+    <mergeCell ref="C167:C171"/>
+    <mergeCell ref="D167:D171"/>
+    <mergeCell ref="E167:E171"/>
+    <mergeCell ref="F167:F171"/>
+    <mergeCell ref="G167:G171"/>
+    <mergeCell ref="H167:H171"/>
+    <mergeCell ref="I167:I171"/>
+    <mergeCell ref="A172:A176"/>
+    <mergeCell ref="B172:B176"/>
+    <mergeCell ref="C172:C176"/>
+    <mergeCell ref="D172:D176"/>
+    <mergeCell ref="E172:E176"/>
+    <mergeCell ref="F172:F176"/>
+    <mergeCell ref="G172:G176"/>
+    <mergeCell ref="H172:H176"/>
+    <mergeCell ref="I172:I176"/>
+    <mergeCell ref="A177:A181"/>
+    <mergeCell ref="B177:B181"/>
+    <mergeCell ref="C177:C181"/>
+    <mergeCell ref="D177:D181"/>
+    <mergeCell ref="E177:E181"/>
+    <mergeCell ref="F177:F181"/>
+    <mergeCell ref="G177:G181"/>
+    <mergeCell ref="H177:H181"/>
+    <mergeCell ref="I177:I181"/>
+    <mergeCell ref="A182:A186"/>
+    <mergeCell ref="B182:B186"/>
+    <mergeCell ref="C182:C186"/>
+    <mergeCell ref="D182:D186"/>
+    <mergeCell ref="E182:E186"/>
+    <mergeCell ref="F182:F186"/>
+    <mergeCell ref="G182:G186"/>
+    <mergeCell ref="H182:H186"/>
+    <mergeCell ref="I182:I186"/>
+    <mergeCell ref="A187:A191"/>
+    <mergeCell ref="B187:B191"/>
+    <mergeCell ref="C187:C191"/>
+    <mergeCell ref="D187:D191"/>
+    <mergeCell ref="E187:E191"/>
+    <mergeCell ref="F187:F191"/>
+    <mergeCell ref="G187:G191"/>
+    <mergeCell ref="H187:H191"/>
+    <mergeCell ref="I187:I191"/>
+    <mergeCell ref="A192:A196"/>
+    <mergeCell ref="B192:B196"/>
+    <mergeCell ref="C192:C196"/>
+    <mergeCell ref="D192:D196"/>
+    <mergeCell ref="E192:E196"/>
+    <mergeCell ref="F192:F196"/>
+    <mergeCell ref="G192:G196"/>
+    <mergeCell ref="H192:H196"/>
+    <mergeCell ref="I192:I196"/>
+    <mergeCell ref="A197:A201"/>
+    <mergeCell ref="B197:B201"/>
+    <mergeCell ref="C197:C201"/>
+    <mergeCell ref="D197:D201"/>
+    <mergeCell ref="E197:E201"/>
+    <mergeCell ref="F197:F201"/>
+    <mergeCell ref="G197:G201"/>
+    <mergeCell ref="H197:H201"/>
+    <mergeCell ref="I197:I201"/>
+    <mergeCell ref="A202:A206"/>
+    <mergeCell ref="B202:B206"/>
+    <mergeCell ref="C202:C206"/>
+    <mergeCell ref="D202:D206"/>
+    <mergeCell ref="E202:E206"/>
+    <mergeCell ref="F202:F206"/>
+    <mergeCell ref="G202:G206"/>
+    <mergeCell ref="H202:H206"/>
+    <mergeCell ref="I202:I206"/>
+    <mergeCell ref="A207:A211"/>
+    <mergeCell ref="B207:B211"/>
+    <mergeCell ref="C207:C211"/>
+    <mergeCell ref="D207:D211"/>
+    <mergeCell ref="E207:E211"/>
+    <mergeCell ref="F207:F211"/>
+    <mergeCell ref="G207:G211"/>
+    <mergeCell ref="H207:H211"/>
+    <mergeCell ref="I207:I211"/>
+    <mergeCell ref="A212:A216"/>
+    <mergeCell ref="B212:B216"/>
+    <mergeCell ref="C212:C216"/>
+    <mergeCell ref="D212:D216"/>
+    <mergeCell ref="E212:E216"/>
+    <mergeCell ref="F212:F216"/>
+    <mergeCell ref="G212:G216"/>
+    <mergeCell ref="H212:H216"/>
+    <mergeCell ref="I212:I216"/>
+    <mergeCell ref="A217:A221"/>
+    <mergeCell ref="B217:B221"/>
+    <mergeCell ref="C217:C221"/>
+    <mergeCell ref="D217:D221"/>
+    <mergeCell ref="E217:E221"/>
+    <mergeCell ref="F217:F221"/>
+    <mergeCell ref="G217:G221"/>
+    <mergeCell ref="H217:H221"/>
+    <mergeCell ref="I217:I221"/>
+    <mergeCell ref="A222:A226"/>
+    <mergeCell ref="B222:B226"/>
+    <mergeCell ref="C222:C226"/>
+    <mergeCell ref="D222:D226"/>
+    <mergeCell ref="E222:E226"/>
+    <mergeCell ref="F222:F226"/>
+    <mergeCell ref="G222:G226"/>
+    <mergeCell ref="H222:H226"/>
+    <mergeCell ref="I222:I226"/>
+    <mergeCell ref="A227:A231"/>
+    <mergeCell ref="B227:B231"/>
+    <mergeCell ref="C227:C231"/>
+    <mergeCell ref="D227:D231"/>
+    <mergeCell ref="E227:E231"/>
+    <mergeCell ref="F227:F231"/>
+    <mergeCell ref="G227:G231"/>
+    <mergeCell ref="H227:H231"/>
+    <mergeCell ref="I227:I231"/>
+    <mergeCell ref="A232:A236"/>
+    <mergeCell ref="B232:B236"/>
+    <mergeCell ref="C232:C236"/>
+    <mergeCell ref="D232:D236"/>
+    <mergeCell ref="E232:E236"/>
+    <mergeCell ref="F232:F236"/>
+    <mergeCell ref="G232:G236"/>
+    <mergeCell ref="H232:H236"/>
+    <mergeCell ref="I232:I236"/>
+    <mergeCell ref="A237:A241"/>
+    <mergeCell ref="B237:B241"/>
+    <mergeCell ref="C237:C241"/>
+    <mergeCell ref="D237:D241"/>
+    <mergeCell ref="E237:E241"/>
+    <mergeCell ref="F237:F241"/>
+    <mergeCell ref="G237:G241"/>
+    <mergeCell ref="H237:H241"/>
+    <mergeCell ref="I237:I241"/>
+    <mergeCell ref="A242:A246"/>
+    <mergeCell ref="B242:B246"/>
+    <mergeCell ref="C242:C246"/>
+    <mergeCell ref="D242:D246"/>
+    <mergeCell ref="E242:E246"/>
+    <mergeCell ref="F242:F246"/>
+    <mergeCell ref="G242:G246"/>
+    <mergeCell ref="H242:H246"/>
+    <mergeCell ref="I242:I246"/>
+    <mergeCell ref="A247:A251"/>
+    <mergeCell ref="B247:B251"/>
+    <mergeCell ref="C247:C251"/>
+    <mergeCell ref="D247:D251"/>
+    <mergeCell ref="E247:E251"/>
+    <mergeCell ref="F247:F251"/>
+    <mergeCell ref="G247:G251"/>
+    <mergeCell ref="H247:H251"/>
+    <mergeCell ref="I247:I251"/>
+    <mergeCell ref="A252:A256"/>
+    <mergeCell ref="B252:B256"/>
+    <mergeCell ref="C252:C256"/>
+    <mergeCell ref="D252:D256"/>
+    <mergeCell ref="E252:E256"/>
+    <mergeCell ref="F252:F256"/>
+    <mergeCell ref="G252:G256"/>
+    <mergeCell ref="H252:H256"/>
+    <mergeCell ref="I252:I256"/>
+    <mergeCell ref="A257:A261"/>
+    <mergeCell ref="B257:B261"/>
+    <mergeCell ref="C257:C261"/>
+    <mergeCell ref="D257:D261"/>
+    <mergeCell ref="E257:E261"/>
+    <mergeCell ref="F257:F261"/>
+    <mergeCell ref="G257:G261"/>
+    <mergeCell ref="H257:H261"/>
+    <mergeCell ref="I257:I261"/>
+    <mergeCell ref="A262:A266"/>
+    <mergeCell ref="B262:B266"/>
+    <mergeCell ref="C262:C266"/>
+    <mergeCell ref="D262:D266"/>
+    <mergeCell ref="E262:E266"/>
+    <mergeCell ref="F262:F266"/>
+    <mergeCell ref="G262:G266"/>
+    <mergeCell ref="H262:H266"/>
+    <mergeCell ref="I262:I266"/>
+    <mergeCell ref="A267:A271"/>
+    <mergeCell ref="B267:B271"/>
+    <mergeCell ref="C267:C271"/>
+    <mergeCell ref="D267:D271"/>
+    <mergeCell ref="E267:E271"/>
+    <mergeCell ref="F267:F271"/>
+    <mergeCell ref="G267:G271"/>
+    <mergeCell ref="H267:H271"/>
+    <mergeCell ref="I267:I271"/>
+    <mergeCell ref="A272:A276"/>
+    <mergeCell ref="B272:B276"/>
+    <mergeCell ref="C272:C276"/>
+    <mergeCell ref="D272:D276"/>
+    <mergeCell ref="E272:E276"/>
+    <mergeCell ref="F272:F276"/>
+    <mergeCell ref="G272:G276"/>
+    <mergeCell ref="H272:H276"/>
+    <mergeCell ref="I272:I276"/>
+    <mergeCell ref="A277:A280"/>
+    <mergeCell ref="B277:B280"/>
+    <mergeCell ref="C277:C280"/>
+    <mergeCell ref="D277:D280"/>
+    <mergeCell ref="E277:E280"/>
+    <mergeCell ref="F277:F280"/>
+    <mergeCell ref="G277:G280"/>
+    <mergeCell ref="H277:H280"/>
+    <mergeCell ref="I277:I280"/>
+    <mergeCell ref="A283:A284"/>
+    <mergeCell ref="B283:B284"/>
+    <mergeCell ref="C283:C284"/>
+    <mergeCell ref="D283:D284"/>
+    <mergeCell ref="E283:E284"/>
+    <mergeCell ref="F283:F284"/>
+    <mergeCell ref="G283:G284"/>
+    <mergeCell ref="H283:H284"/>
+    <mergeCell ref="I283:I284"/>
+    <mergeCell ref="A285:A286"/>
+    <mergeCell ref="B285:B286"/>
+    <mergeCell ref="C285:C286"/>
+    <mergeCell ref="D285:D286"/>
+    <mergeCell ref="E285:E286"/>
+    <mergeCell ref="F285:F286"/>
+    <mergeCell ref="G285:G286"/>
+    <mergeCell ref="H285:H286"/>
+    <mergeCell ref="I285:I286"/>
+    <mergeCell ref="A287:A289"/>
+    <mergeCell ref="B287:B289"/>
+    <mergeCell ref="C287:C289"/>
+    <mergeCell ref="D287:D289"/>
+    <mergeCell ref="E287:E289"/>
+    <mergeCell ref="F287:F289"/>
+    <mergeCell ref="G287:G289"/>
+    <mergeCell ref="H287:H289"/>
+    <mergeCell ref="I287:I289"/>
+    <mergeCell ref="A290:A294"/>
+    <mergeCell ref="B290:B294"/>
+    <mergeCell ref="C290:C294"/>
+    <mergeCell ref="D290:D294"/>
+    <mergeCell ref="E290:E294"/>
+    <mergeCell ref="F290:F294"/>
+    <mergeCell ref="G290:G294"/>
+    <mergeCell ref="H290:H294"/>
+    <mergeCell ref="I290:I294"/>
+    <mergeCell ref="A295:A299"/>
+    <mergeCell ref="B295:B299"/>
+    <mergeCell ref="C295:C299"/>
+    <mergeCell ref="D295:D299"/>
+    <mergeCell ref="E295:E299"/>
+    <mergeCell ref="F295:F299"/>
+    <mergeCell ref="G295:G299"/>
+    <mergeCell ref="H295:H299"/>
+    <mergeCell ref="I295:I299"/>
+    <mergeCell ref="A300:A304"/>
+    <mergeCell ref="B300:B304"/>
+    <mergeCell ref="C300:C304"/>
+    <mergeCell ref="D300:D304"/>
+    <mergeCell ref="E300:E304"/>
+    <mergeCell ref="F300:F304"/>
+    <mergeCell ref="G300:G304"/>
+    <mergeCell ref="H300:H304"/>
+    <mergeCell ref="I300:I304"/>
+    <mergeCell ref="A305:A309"/>
+    <mergeCell ref="B305:B309"/>
+    <mergeCell ref="C305:C309"/>
+    <mergeCell ref="D305:D309"/>
+    <mergeCell ref="E305:E309"/>
+    <mergeCell ref="F305:F309"/>
+    <mergeCell ref="G305:G309"/>
+    <mergeCell ref="H305:H309"/>
+    <mergeCell ref="I305:I309"/>
+    <mergeCell ref="A310:A313"/>
+    <mergeCell ref="B310:B313"/>
+    <mergeCell ref="C310:C313"/>
+    <mergeCell ref="D310:D313"/>
+    <mergeCell ref="E310:E313"/>
+    <mergeCell ref="F310:F313"/>
+    <mergeCell ref="G310:G313"/>
+    <mergeCell ref="H310:H313"/>
+    <mergeCell ref="I310:I313"/>
     <mergeCell ref="A314:A318"/>
     <mergeCell ref="B314:B318"/>
     <mergeCell ref="C314:C318"/>
     <mergeCell ref="D314:D318"/>
     <mergeCell ref="E314:E318"/>
     <mergeCell ref="F314:F318"/>
     <mergeCell ref="G314:G318"/>
     <mergeCell ref="H314:H318"/>
     <mergeCell ref="I314:I318"/>
     <mergeCell ref="A319:A323"/>
     <mergeCell ref="B319:B323"/>
     <mergeCell ref="C319:C323"/>
     <mergeCell ref="D319:D323"/>
     <mergeCell ref="E319:E323"/>
     <mergeCell ref="F319:F323"/>
     <mergeCell ref="G319:G323"/>
     <mergeCell ref="H319:H323"/>
     <mergeCell ref="I319:I323"/>
-    <mergeCell ref="A324:A327"/>
-[...52 lines deleted...]
-    <mergeCell ref="I346:I347"/>
+    <mergeCell ref="A324:A328"/>
+    <mergeCell ref="B324:B328"/>
+    <mergeCell ref="C324:C328"/>
+    <mergeCell ref="D324:D328"/>
+    <mergeCell ref="E324:E328"/>
+    <mergeCell ref="F324:F328"/>
+    <mergeCell ref="G324:G328"/>
+    <mergeCell ref="H324:H328"/>
+    <mergeCell ref="I324:I328"/>
+    <mergeCell ref="A329:A333"/>
+    <mergeCell ref="B329:B333"/>
+    <mergeCell ref="C329:C333"/>
+    <mergeCell ref="D329:D333"/>
+    <mergeCell ref="E329:E333"/>
+    <mergeCell ref="F329:F333"/>
+    <mergeCell ref="G329:G333"/>
+    <mergeCell ref="H329:H333"/>
+    <mergeCell ref="I329:I333"/>
+    <mergeCell ref="A334:A338"/>
+    <mergeCell ref="B334:B338"/>
+    <mergeCell ref="C334:C338"/>
+    <mergeCell ref="D334:D338"/>
+    <mergeCell ref="E334:E338"/>
+    <mergeCell ref="F334:F338"/>
+    <mergeCell ref="G334:G338"/>
+    <mergeCell ref="H334:H338"/>
+    <mergeCell ref="I334:I338"/>
+    <mergeCell ref="A339:A343"/>
+    <mergeCell ref="B339:B343"/>
+    <mergeCell ref="C339:C343"/>
+    <mergeCell ref="D339:D343"/>
+    <mergeCell ref="E339:E343"/>
+    <mergeCell ref="F339:F343"/>
+    <mergeCell ref="G339:G343"/>
+    <mergeCell ref="H339:H343"/>
+    <mergeCell ref="I339:I343"/>
+    <mergeCell ref="A344:A347"/>
+    <mergeCell ref="B344:B347"/>
+    <mergeCell ref="C344:C347"/>
+    <mergeCell ref="D344:D347"/>
+    <mergeCell ref="E344:E347"/>
+    <mergeCell ref="F344:F347"/>
+    <mergeCell ref="G344:G347"/>
+    <mergeCell ref="H344:H347"/>
+    <mergeCell ref="I344:I347"/>
     <mergeCell ref="A348:A350"/>
     <mergeCell ref="B348:B350"/>
     <mergeCell ref="C348:C350"/>
     <mergeCell ref="D348:D350"/>
     <mergeCell ref="E348:E350"/>
     <mergeCell ref="F348:F350"/>
     <mergeCell ref="G348:G350"/>
     <mergeCell ref="H348:H350"/>
     <mergeCell ref="I348:I350"/>
-    <mergeCell ref="A351:A352"/>
-[...115 lines deleted...]
-    <mergeCell ref="I384:I386"/>
+    <mergeCell ref="A351:A353"/>
+    <mergeCell ref="B351:B353"/>
+    <mergeCell ref="C351:C353"/>
+    <mergeCell ref="D351:D353"/>
+    <mergeCell ref="E351:E353"/>
+    <mergeCell ref="F351:F353"/>
+    <mergeCell ref="G351:G353"/>
+    <mergeCell ref="H351:H353"/>
+    <mergeCell ref="I351:I353"/>
+    <mergeCell ref="A354:A356"/>
+    <mergeCell ref="B354:B356"/>
+    <mergeCell ref="C354:C356"/>
+    <mergeCell ref="D354:D356"/>
+    <mergeCell ref="E354:E356"/>
+    <mergeCell ref="F354:F356"/>
+    <mergeCell ref="G354:G356"/>
+    <mergeCell ref="H354:H356"/>
+    <mergeCell ref="I354:I356"/>
+    <mergeCell ref="A357:A359"/>
+    <mergeCell ref="B357:B359"/>
+    <mergeCell ref="C357:C359"/>
+    <mergeCell ref="D357:D359"/>
+    <mergeCell ref="E357:E359"/>
+    <mergeCell ref="F357:F359"/>
+    <mergeCell ref="G357:G359"/>
+    <mergeCell ref="H357:H359"/>
+    <mergeCell ref="I357:I359"/>
+    <mergeCell ref="A360:A361"/>
+    <mergeCell ref="B360:B361"/>
+    <mergeCell ref="C360:C361"/>
+    <mergeCell ref="D360:D361"/>
+    <mergeCell ref="E360:E361"/>
+    <mergeCell ref="F360:F361"/>
+    <mergeCell ref="G360:G361"/>
+    <mergeCell ref="H360:H361"/>
+    <mergeCell ref="I360:I361"/>
+    <mergeCell ref="A362:A363"/>
+    <mergeCell ref="B362:B363"/>
+    <mergeCell ref="C362:C363"/>
+    <mergeCell ref="D362:D363"/>
+    <mergeCell ref="E362:E363"/>
+    <mergeCell ref="F362:F363"/>
+    <mergeCell ref="G362:G363"/>
+    <mergeCell ref="H362:H363"/>
+    <mergeCell ref="I362:I363"/>
+    <mergeCell ref="A364:A366"/>
+    <mergeCell ref="B364:B366"/>
+    <mergeCell ref="C364:C366"/>
+    <mergeCell ref="D364:D366"/>
+    <mergeCell ref="E364:E366"/>
+    <mergeCell ref="F364:F366"/>
+    <mergeCell ref="G364:G366"/>
+    <mergeCell ref="H364:H366"/>
+    <mergeCell ref="I364:I366"/>
+    <mergeCell ref="A367:A369"/>
+    <mergeCell ref="B367:B369"/>
+    <mergeCell ref="C367:C369"/>
+    <mergeCell ref="D367:D369"/>
+    <mergeCell ref="E367:E369"/>
+    <mergeCell ref="F367:F369"/>
+    <mergeCell ref="G367:G369"/>
+    <mergeCell ref="H367:H369"/>
+    <mergeCell ref="I367:I369"/>
+    <mergeCell ref="A370:A372"/>
+    <mergeCell ref="B370:B372"/>
+    <mergeCell ref="C370:C372"/>
+    <mergeCell ref="D370:D372"/>
+    <mergeCell ref="E370:E372"/>
+    <mergeCell ref="F370:F372"/>
+    <mergeCell ref="G370:G372"/>
+    <mergeCell ref="H370:H372"/>
+    <mergeCell ref="I370:I372"/>
+    <mergeCell ref="A373:A375"/>
+    <mergeCell ref="B373:B375"/>
+    <mergeCell ref="C373:C375"/>
+    <mergeCell ref="D373:D375"/>
+    <mergeCell ref="E373:E375"/>
+    <mergeCell ref="F373:F375"/>
+    <mergeCell ref="G373:G375"/>
+    <mergeCell ref="H373:H375"/>
+    <mergeCell ref="I373:I375"/>
+    <mergeCell ref="A376:A378"/>
+    <mergeCell ref="B376:B378"/>
+    <mergeCell ref="C376:C378"/>
+    <mergeCell ref="D376:D378"/>
+    <mergeCell ref="E376:E378"/>
+    <mergeCell ref="F376:F378"/>
+    <mergeCell ref="G376:G378"/>
+    <mergeCell ref="H376:H378"/>
+    <mergeCell ref="I376:I378"/>
+    <mergeCell ref="A379:A380"/>
+    <mergeCell ref="B379:B380"/>
+    <mergeCell ref="C379:C380"/>
+    <mergeCell ref="D379:D380"/>
+    <mergeCell ref="E379:E380"/>
+    <mergeCell ref="F379:F380"/>
+    <mergeCell ref="G379:G380"/>
+    <mergeCell ref="H379:H380"/>
+    <mergeCell ref="I379:I380"/>
+    <mergeCell ref="A381:A382"/>
+    <mergeCell ref="B381:B382"/>
+    <mergeCell ref="C381:C382"/>
+    <mergeCell ref="D381:D382"/>
+    <mergeCell ref="E381:E382"/>
+    <mergeCell ref="F381:F382"/>
+    <mergeCell ref="G381:G382"/>
+    <mergeCell ref="H381:H382"/>
+    <mergeCell ref="I381:I382"/>
+    <mergeCell ref="A383:A384"/>
+    <mergeCell ref="B383:B384"/>
+    <mergeCell ref="C383:C384"/>
+    <mergeCell ref="D383:D384"/>
+    <mergeCell ref="E383:E384"/>
+    <mergeCell ref="F383:F384"/>
+    <mergeCell ref="G383:G384"/>
+    <mergeCell ref="H383:H384"/>
+    <mergeCell ref="I383:I384"/>
+    <mergeCell ref="A385:A386"/>
+    <mergeCell ref="B385:B386"/>
+    <mergeCell ref="C385:C386"/>
+    <mergeCell ref="D385:D386"/>
+    <mergeCell ref="E385:E386"/>
+    <mergeCell ref="F385:F386"/>
+    <mergeCell ref="G385:G386"/>
+    <mergeCell ref="H385:H386"/>
+    <mergeCell ref="I385:I386"/>
     <mergeCell ref="A387:A388"/>
     <mergeCell ref="B387:B388"/>
     <mergeCell ref="C387:C388"/>
     <mergeCell ref="D387:D388"/>
     <mergeCell ref="E387:E388"/>
     <mergeCell ref="F387:F388"/>
     <mergeCell ref="G387:G388"/>
     <mergeCell ref="H387:H388"/>
     <mergeCell ref="I387:I388"/>
-    <mergeCell ref="A389:A391"/>
-[...70 lines deleted...]
-    <mergeCell ref="I407:I409"/>
+    <mergeCell ref="A389:A390"/>
+    <mergeCell ref="B389:B390"/>
+    <mergeCell ref="C389:C390"/>
+    <mergeCell ref="D389:D390"/>
+    <mergeCell ref="E389:E390"/>
+    <mergeCell ref="F389:F390"/>
+    <mergeCell ref="G389:G390"/>
+    <mergeCell ref="H389:H390"/>
+    <mergeCell ref="I389:I390"/>
+    <mergeCell ref="A391:A392"/>
+    <mergeCell ref="B391:B392"/>
+    <mergeCell ref="C391:C392"/>
+    <mergeCell ref="D391:D392"/>
+    <mergeCell ref="E391:E392"/>
+    <mergeCell ref="F391:F392"/>
+    <mergeCell ref="G391:G392"/>
+    <mergeCell ref="H391:H392"/>
+    <mergeCell ref="I391:I392"/>
+    <mergeCell ref="A393:A394"/>
+    <mergeCell ref="B393:B394"/>
+    <mergeCell ref="C393:C394"/>
+    <mergeCell ref="D393:D394"/>
+    <mergeCell ref="E393:E394"/>
+    <mergeCell ref="F393:F394"/>
+    <mergeCell ref="G393:G394"/>
+    <mergeCell ref="H393:H394"/>
+    <mergeCell ref="I393:I394"/>
+    <mergeCell ref="A395:A396"/>
+    <mergeCell ref="B395:B396"/>
+    <mergeCell ref="C395:C396"/>
+    <mergeCell ref="D395:D396"/>
+    <mergeCell ref="E395:E396"/>
+    <mergeCell ref="F395:F396"/>
+    <mergeCell ref="G395:G396"/>
+    <mergeCell ref="H395:H396"/>
+    <mergeCell ref="I395:I396"/>
+    <mergeCell ref="A397:A398"/>
+    <mergeCell ref="B397:B398"/>
+    <mergeCell ref="C397:C398"/>
+    <mergeCell ref="D397:D398"/>
+    <mergeCell ref="E397:E398"/>
+    <mergeCell ref="F397:F398"/>
+    <mergeCell ref="G397:G398"/>
+    <mergeCell ref="H397:H398"/>
+    <mergeCell ref="I397:I398"/>
+    <mergeCell ref="A399:A401"/>
+    <mergeCell ref="B399:B401"/>
+    <mergeCell ref="C399:C401"/>
+    <mergeCell ref="D399:D401"/>
+    <mergeCell ref="E399:E401"/>
+    <mergeCell ref="F399:F401"/>
+    <mergeCell ref="G399:G401"/>
+    <mergeCell ref="H399:H401"/>
+    <mergeCell ref="I399:I401"/>
+    <mergeCell ref="A402:A404"/>
+    <mergeCell ref="B402:B404"/>
+    <mergeCell ref="C402:C404"/>
+    <mergeCell ref="D402:D404"/>
+    <mergeCell ref="E402:E404"/>
+    <mergeCell ref="F402:F404"/>
+    <mergeCell ref="G402:G404"/>
+    <mergeCell ref="H402:H404"/>
+    <mergeCell ref="I402:I404"/>
+    <mergeCell ref="A406:A407"/>
+    <mergeCell ref="B406:B407"/>
+    <mergeCell ref="C406:C407"/>
+    <mergeCell ref="D406:D407"/>
+    <mergeCell ref="E406:E407"/>
+    <mergeCell ref="F406:F407"/>
+    <mergeCell ref="G406:G407"/>
+    <mergeCell ref="H406:H407"/>
+    <mergeCell ref="I406:I407"/>
+    <mergeCell ref="A408:A409"/>
+    <mergeCell ref="B408:B409"/>
+    <mergeCell ref="C408:C409"/>
+    <mergeCell ref="D408:D409"/>
+    <mergeCell ref="E408:E409"/>
+    <mergeCell ref="F408:F409"/>
+    <mergeCell ref="G408:G409"/>
+    <mergeCell ref="H408:H409"/>
+    <mergeCell ref="I408:I409"/>
     <mergeCell ref="A410:A414"/>
     <mergeCell ref="B410:B414"/>
     <mergeCell ref="C410:C414"/>
     <mergeCell ref="D410:D414"/>
     <mergeCell ref="E410:E414"/>
     <mergeCell ref="F410:F414"/>
     <mergeCell ref="G410:G414"/>
     <mergeCell ref="H410:H414"/>
     <mergeCell ref="I410:I414"/>
     <mergeCell ref="A415:A419"/>
     <mergeCell ref="B415:B419"/>
     <mergeCell ref="C415:C419"/>
     <mergeCell ref="D415:D419"/>
     <mergeCell ref="E415:E419"/>
     <mergeCell ref="F415:F419"/>
     <mergeCell ref="G415:G419"/>
     <mergeCell ref="H415:H419"/>
     <mergeCell ref="I415:I419"/>
-    <mergeCell ref="A420:A424"/>
-[...70 lines deleted...]
-    <mergeCell ref="I446:I447"/>
+    <mergeCell ref="A420:A422"/>
+    <mergeCell ref="B420:B422"/>
+    <mergeCell ref="C420:C422"/>
+    <mergeCell ref="D420:D422"/>
+    <mergeCell ref="E420:E422"/>
+    <mergeCell ref="F420:F422"/>
+    <mergeCell ref="G420:G422"/>
+    <mergeCell ref="H420:H422"/>
+    <mergeCell ref="I420:I422"/>
+    <mergeCell ref="A423:A425"/>
+    <mergeCell ref="B423:B425"/>
+    <mergeCell ref="C423:C425"/>
+    <mergeCell ref="D423:D425"/>
+    <mergeCell ref="E423:E425"/>
+    <mergeCell ref="F423:F425"/>
+    <mergeCell ref="G423:G425"/>
+    <mergeCell ref="H423:H425"/>
+    <mergeCell ref="I423:I425"/>
+    <mergeCell ref="A426:A428"/>
+    <mergeCell ref="B426:B428"/>
+    <mergeCell ref="C426:C428"/>
+    <mergeCell ref="D426:D428"/>
+    <mergeCell ref="E426:E428"/>
+    <mergeCell ref="F426:F428"/>
+    <mergeCell ref="G426:G428"/>
+    <mergeCell ref="H426:H428"/>
+    <mergeCell ref="I426:I428"/>
+    <mergeCell ref="A429:A433"/>
+    <mergeCell ref="B429:B433"/>
+    <mergeCell ref="C429:C433"/>
+    <mergeCell ref="D429:D433"/>
+    <mergeCell ref="E429:E433"/>
+    <mergeCell ref="F429:F433"/>
+    <mergeCell ref="G429:G433"/>
+    <mergeCell ref="H429:H433"/>
+    <mergeCell ref="I429:I433"/>
+    <mergeCell ref="A434:A438"/>
+    <mergeCell ref="B434:B438"/>
+    <mergeCell ref="C434:C438"/>
+    <mergeCell ref="D434:D438"/>
+    <mergeCell ref="E434:E438"/>
+    <mergeCell ref="F434:F438"/>
+    <mergeCell ref="G434:G438"/>
+    <mergeCell ref="H434:H438"/>
+    <mergeCell ref="I434:I438"/>
+    <mergeCell ref="A439:A442"/>
+    <mergeCell ref="B439:B442"/>
+    <mergeCell ref="C439:C442"/>
+    <mergeCell ref="D439:D442"/>
+    <mergeCell ref="E439:E442"/>
+    <mergeCell ref="F439:F442"/>
+    <mergeCell ref="G439:G442"/>
+    <mergeCell ref="H439:H442"/>
+    <mergeCell ref="I439:I442"/>
+    <mergeCell ref="A443:A447"/>
+    <mergeCell ref="B443:B447"/>
+    <mergeCell ref="C443:C447"/>
+    <mergeCell ref="D443:D447"/>
+    <mergeCell ref="E443:E447"/>
+    <mergeCell ref="F443:F447"/>
+    <mergeCell ref="G443:G447"/>
+    <mergeCell ref="H443:H447"/>
+    <mergeCell ref="I443:I447"/>
     <mergeCell ref="A448:A452"/>
     <mergeCell ref="B448:B452"/>
     <mergeCell ref="C448:C452"/>
     <mergeCell ref="D448:D452"/>
     <mergeCell ref="E448:E452"/>
     <mergeCell ref="F448:F452"/>
     <mergeCell ref="G448:G452"/>
     <mergeCell ref="H448:H452"/>
     <mergeCell ref="I448:I452"/>
-    <mergeCell ref="A453:A455"/>
-[...997 lines deleted...]
-    <mergeCell ref="I905:I908"/>
+    <mergeCell ref="A453:A457"/>
+    <mergeCell ref="B453:B457"/>
+    <mergeCell ref="C453:C457"/>
+    <mergeCell ref="D453:D457"/>
+    <mergeCell ref="E453:E457"/>
+    <mergeCell ref="F453:F457"/>
+    <mergeCell ref="G453:G457"/>
+    <mergeCell ref="H453:H457"/>
+    <mergeCell ref="I453:I457"/>
+    <mergeCell ref="A458:A459"/>
+    <mergeCell ref="B458:B459"/>
+    <mergeCell ref="C458:C459"/>
+    <mergeCell ref="D458:D459"/>
+    <mergeCell ref="E458:E459"/>
+    <mergeCell ref="F458:F459"/>
+    <mergeCell ref="G458:G459"/>
+    <mergeCell ref="H458:H459"/>
+    <mergeCell ref="I458:I459"/>
+    <mergeCell ref="A460:A463"/>
+    <mergeCell ref="B460:B463"/>
+    <mergeCell ref="C460:C463"/>
+    <mergeCell ref="D460:D463"/>
+    <mergeCell ref="E460:E463"/>
+    <mergeCell ref="F460:F463"/>
+    <mergeCell ref="G460:G463"/>
+    <mergeCell ref="H460:H463"/>
+    <mergeCell ref="I460:I463"/>
+    <mergeCell ref="A464:A468"/>
+    <mergeCell ref="B464:B468"/>
+    <mergeCell ref="C464:C468"/>
+    <mergeCell ref="D464:D468"/>
+    <mergeCell ref="E464:E468"/>
+    <mergeCell ref="F464:F468"/>
+    <mergeCell ref="G464:G468"/>
+    <mergeCell ref="H464:H468"/>
+    <mergeCell ref="I464:I468"/>
+    <mergeCell ref="A469:A473"/>
+    <mergeCell ref="B469:B473"/>
+    <mergeCell ref="C469:C473"/>
+    <mergeCell ref="D469:D473"/>
+    <mergeCell ref="E469:E473"/>
+    <mergeCell ref="F469:F473"/>
+    <mergeCell ref="G469:G473"/>
+    <mergeCell ref="H469:H473"/>
+    <mergeCell ref="I469:I473"/>
+    <mergeCell ref="A474:A478"/>
+    <mergeCell ref="B474:B478"/>
+    <mergeCell ref="C474:C478"/>
+    <mergeCell ref="D474:D478"/>
+    <mergeCell ref="E474:E478"/>
+    <mergeCell ref="F474:F478"/>
+    <mergeCell ref="G474:G478"/>
+    <mergeCell ref="H474:H478"/>
+    <mergeCell ref="I474:I478"/>
+    <mergeCell ref="A479:A483"/>
+    <mergeCell ref="B479:B483"/>
+    <mergeCell ref="C479:C483"/>
+    <mergeCell ref="D479:D483"/>
+    <mergeCell ref="E479:E483"/>
+    <mergeCell ref="F479:F483"/>
+    <mergeCell ref="G479:G483"/>
+    <mergeCell ref="H479:H483"/>
+    <mergeCell ref="I479:I483"/>
+    <mergeCell ref="A484:A487"/>
+    <mergeCell ref="B484:B487"/>
+    <mergeCell ref="C484:C487"/>
+    <mergeCell ref="D484:D487"/>
+    <mergeCell ref="E484:E487"/>
+    <mergeCell ref="F484:F487"/>
+    <mergeCell ref="G484:G487"/>
+    <mergeCell ref="H484:H487"/>
+    <mergeCell ref="I484:I487"/>
+    <mergeCell ref="A488:A491"/>
+    <mergeCell ref="B488:B491"/>
+    <mergeCell ref="C488:C491"/>
+    <mergeCell ref="D488:D491"/>
+    <mergeCell ref="E488:E491"/>
+    <mergeCell ref="F488:F491"/>
+    <mergeCell ref="G488:G491"/>
+    <mergeCell ref="H488:H491"/>
+    <mergeCell ref="I488:I491"/>
+    <mergeCell ref="A492:A495"/>
+    <mergeCell ref="B492:B495"/>
+    <mergeCell ref="C492:C495"/>
+    <mergeCell ref="D492:D495"/>
+    <mergeCell ref="E492:E495"/>
+    <mergeCell ref="F492:F495"/>
+    <mergeCell ref="G492:G495"/>
+    <mergeCell ref="H492:H495"/>
+    <mergeCell ref="I492:I495"/>
+    <mergeCell ref="A496:A500"/>
+    <mergeCell ref="B496:B500"/>
+    <mergeCell ref="C496:C500"/>
+    <mergeCell ref="D496:D500"/>
+    <mergeCell ref="E496:E500"/>
+    <mergeCell ref="F496:F500"/>
+    <mergeCell ref="G496:G500"/>
+    <mergeCell ref="H496:H500"/>
+    <mergeCell ref="I496:I500"/>
+    <mergeCell ref="A501:A505"/>
+    <mergeCell ref="B501:B505"/>
+    <mergeCell ref="C501:C505"/>
+    <mergeCell ref="D501:D505"/>
+    <mergeCell ref="E501:E505"/>
+    <mergeCell ref="F501:F505"/>
+    <mergeCell ref="G501:G505"/>
+    <mergeCell ref="H501:H505"/>
+    <mergeCell ref="I501:I505"/>
+    <mergeCell ref="A506:A509"/>
+    <mergeCell ref="B506:B509"/>
+    <mergeCell ref="C506:C509"/>
+    <mergeCell ref="D506:D509"/>
+    <mergeCell ref="E506:E509"/>
+    <mergeCell ref="F506:F509"/>
+    <mergeCell ref="G506:G509"/>
+    <mergeCell ref="H506:H509"/>
+    <mergeCell ref="I506:I509"/>
+    <mergeCell ref="A510:A512"/>
+    <mergeCell ref="B510:B512"/>
+    <mergeCell ref="C510:C512"/>
+    <mergeCell ref="D510:D512"/>
+    <mergeCell ref="E510:E512"/>
+    <mergeCell ref="F510:F512"/>
+    <mergeCell ref="G510:G512"/>
+    <mergeCell ref="H510:H512"/>
+    <mergeCell ref="I510:I512"/>
+    <mergeCell ref="A513:A515"/>
+    <mergeCell ref="B513:B515"/>
+    <mergeCell ref="C513:C515"/>
+    <mergeCell ref="D513:D515"/>
+    <mergeCell ref="E513:E515"/>
+    <mergeCell ref="F513:F515"/>
+    <mergeCell ref="G513:G515"/>
+    <mergeCell ref="H513:H515"/>
+    <mergeCell ref="I513:I515"/>
+    <mergeCell ref="A516:A520"/>
+    <mergeCell ref="B516:B520"/>
+    <mergeCell ref="C516:C520"/>
+    <mergeCell ref="D516:D520"/>
+    <mergeCell ref="E516:E520"/>
+    <mergeCell ref="F516:F520"/>
+    <mergeCell ref="G516:G520"/>
+    <mergeCell ref="H516:H520"/>
+    <mergeCell ref="I516:I520"/>
+    <mergeCell ref="A521:A525"/>
+    <mergeCell ref="B521:B525"/>
+    <mergeCell ref="C521:C525"/>
+    <mergeCell ref="D521:D525"/>
+    <mergeCell ref="E521:E525"/>
+    <mergeCell ref="F521:F525"/>
+    <mergeCell ref="G521:G525"/>
+    <mergeCell ref="H521:H525"/>
+    <mergeCell ref="I521:I525"/>
+    <mergeCell ref="A526:A530"/>
+    <mergeCell ref="B526:B530"/>
+    <mergeCell ref="C526:C530"/>
+    <mergeCell ref="D526:D530"/>
+    <mergeCell ref="E526:E530"/>
+    <mergeCell ref="F526:F530"/>
+    <mergeCell ref="G526:G530"/>
+    <mergeCell ref="H526:H530"/>
+    <mergeCell ref="I526:I530"/>
+    <mergeCell ref="A531:A535"/>
+    <mergeCell ref="B531:B535"/>
+    <mergeCell ref="C531:C535"/>
+    <mergeCell ref="D531:D535"/>
+    <mergeCell ref="E531:E535"/>
+    <mergeCell ref="F531:F535"/>
+    <mergeCell ref="G531:G535"/>
+    <mergeCell ref="H531:H535"/>
+    <mergeCell ref="I531:I535"/>
+    <mergeCell ref="A536:A540"/>
+    <mergeCell ref="B536:B540"/>
+    <mergeCell ref="C536:C540"/>
+    <mergeCell ref="D536:D540"/>
+    <mergeCell ref="E536:E540"/>
+    <mergeCell ref="F536:F540"/>
+    <mergeCell ref="G536:G540"/>
+    <mergeCell ref="H536:H540"/>
+    <mergeCell ref="I536:I540"/>
+    <mergeCell ref="A541:A543"/>
+    <mergeCell ref="B541:B543"/>
+    <mergeCell ref="C541:C543"/>
+    <mergeCell ref="D541:D543"/>
+    <mergeCell ref="E541:E543"/>
+    <mergeCell ref="F541:F543"/>
+    <mergeCell ref="G541:G543"/>
+    <mergeCell ref="H541:H543"/>
+    <mergeCell ref="I541:I543"/>
+    <mergeCell ref="A544:A546"/>
+    <mergeCell ref="B544:B546"/>
+    <mergeCell ref="C544:C546"/>
+    <mergeCell ref="D544:D546"/>
+    <mergeCell ref="E544:E546"/>
+    <mergeCell ref="F544:F546"/>
+    <mergeCell ref="G544:G546"/>
+    <mergeCell ref="H544:H546"/>
+    <mergeCell ref="I544:I546"/>
+    <mergeCell ref="A547:A550"/>
+    <mergeCell ref="B547:B550"/>
+    <mergeCell ref="C547:C550"/>
+    <mergeCell ref="D547:D550"/>
+    <mergeCell ref="E547:E550"/>
+    <mergeCell ref="F547:F550"/>
+    <mergeCell ref="G547:G550"/>
+    <mergeCell ref="H547:H550"/>
+    <mergeCell ref="I547:I550"/>
+    <mergeCell ref="A551:A555"/>
+    <mergeCell ref="B551:B555"/>
+    <mergeCell ref="C551:C555"/>
+    <mergeCell ref="D551:D555"/>
+    <mergeCell ref="E551:E555"/>
+    <mergeCell ref="F551:F555"/>
+    <mergeCell ref="G551:G555"/>
+    <mergeCell ref="H551:H555"/>
+    <mergeCell ref="I551:I555"/>
+    <mergeCell ref="A556:A558"/>
+    <mergeCell ref="B556:B558"/>
+    <mergeCell ref="C556:C558"/>
+    <mergeCell ref="D556:D558"/>
+    <mergeCell ref="E556:E558"/>
+    <mergeCell ref="F556:F558"/>
+    <mergeCell ref="G556:G558"/>
+    <mergeCell ref="H556:H558"/>
+    <mergeCell ref="I556:I558"/>
+    <mergeCell ref="A559:A561"/>
+    <mergeCell ref="B559:B561"/>
+    <mergeCell ref="C559:C561"/>
+    <mergeCell ref="D559:D561"/>
+    <mergeCell ref="E559:E561"/>
+    <mergeCell ref="F559:F561"/>
+    <mergeCell ref="G559:G561"/>
+    <mergeCell ref="H559:H561"/>
+    <mergeCell ref="I559:I561"/>
+    <mergeCell ref="A562:A566"/>
+    <mergeCell ref="B562:B566"/>
+    <mergeCell ref="C562:C566"/>
+    <mergeCell ref="D562:D566"/>
+    <mergeCell ref="E562:E566"/>
+    <mergeCell ref="F562:F566"/>
+    <mergeCell ref="G562:G566"/>
+    <mergeCell ref="H562:H566"/>
+    <mergeCell ref="I562:I566"/>
+    <mergeCell ref="A567:A570"/>
+    <mergeCell ref="B567:B570"/>
+    <mergeCell ref="C567:C570"/>
+    <mergeCell ref="D567:D570"/>
+    <mergeCell ref="E567:E570"/>
+    <mergeCell ref="F567:F570"/>
+    <mergeCell ref="G567:G570"/>
+    <mergeCell ref="H567:H570"/>
+    <mergeCell ref="I567:I570"/>
+    <mergeCell ref="A571:A575"/>
+    <mergeCell ref="B571:B575"/>
+    <mergeCell ref="C571:C575"/>
+    <mergeCell ref="D571:D575"/>
+    <mergeCell ref="E571:E575"/>
+    <mergeCell ref="F571:F575"/>
+    <mergeCell ref="G571:G575"/>
+    <mergeCell ref="H571:H575"/>
+    <mergeCell ref="I571:I575"/>
+    <mergeCell ref="A576:A579"/>
+    <mergeCell ref="B576:B579"/>
+    <mergeCell ref="C576:C579"/>
+    <mergeCell ref="D576:D579"/>
+    <mergeCell ref="E576:E579"/>
+    <mergeCell ref="F576:F579"/>
+    <mergeCell ref="G576:G579"/>
+    <mergeCell ref="H576:H579"/>
+    <mergeCell ref="I576:I579"/>
+    <mergeCell ref="A580:A582"/>
+    <mergeCell ref="B580:B582"/>
+    <mergeCell ref="C580:C582"/>
+    <mergeCell ref="D580:D582"/>
+    <mergeCell ref="E580:E582"/>
+    <mergeCell ref="F580:F582"/>
+    <mergeCell ref="G580:G582"/>
+    <mergeCell ref="H580:H582"/>
+    <mergeCell ref="I580:I582"/>
+    <mergeCell ref="A583:A586"/>
+    <mergeCell ref="B583:B586"/>
+    <mergeCell ref="C583:C586"/>
+    <mergeCell ref="D583:D586"/>
+    <mergeCell ref="E583:E586"/>
+    <mergeCell ref="F583:F586"/>
+    <mergeCell ref="G583:G586"/>
+    <mergeCell ref="H583:H586"/>
+    <mergeCell ref="I583:I586"/>
+    <mergeCell ref="A587:A588"/>
+    <mergeCell ref="B587:B588"/>
+    <mergeCell ref="C587:C588"/>
+    <mergeCell ref="D587:D588"/>
+    <mergeCell ref="E587:E588"/>
+    <mergeCell ref="F587:F588"/>
+    <mergeCell ref="G587:G588"/>
+    <mergeCell ref="H587:H588"/>
+    <mergeCell ref="I587:I588"/>
+    <mergeCell ref="A590:A594"/>
+    <mergeCell ref="B590:B594"/>
+    <mergeCell ref="C590:C594"/>
+    <mergeCell ref="D590:D594"/>
+    <mergeCell ref="E590:E594"/>
+    <mergeCell ref="F590:F594"/>
+    <mergeCell ref="G590:G594"/>
+    <mergeCell ref="H590:H594"/>
+    <mergeCell ref="I590:I594"/>
+    <mergeCell ref="A595:A596"/>
+    <mergeCell ref="B595:B596"/>
+    <mergeCell ref="C595:C596"/>
+    <mergeCell ref="D595:D596"/>
+    <mergeCell ref="E595:E596"/>
+    <mergeCell ref="F595:F596"/>
+    <mergeCell ref="G595:G596"/>
+    <mergeCell ref="H595:H596"/>
+    <mergeCell ref="I595:I596"/>
+    <mergeCell ref="A597:A600"/>
+    <mergeCell ref="B597:B600"/>
+    <mergeCell ref="C597:C600"/>
+    <mergeCell ref="D597:D600"/>
+    <mergeCell ref="E597:E600"/>
+    <mergeCell ref="F597:F600"/>
+    <mergeCell ref="G597:G600"/>
+    <mergeCell ref="H597:H600"/>
+    <mergeCell ref="I597:I600"/>
+    <mergeCell ref="A601:A604"/>
+    <mergeCell ref="B601:B604"/>
+    <mergeCell ref="C601:C604"/>
+    <mergeCell ref="D601:D604"/>
+    <mergeCell ref="E601:E604"/>
+    <mergeCell ref="F601:F604"/>
+    <mergeCell ref="G601:G604"/>
+    <mergeCell ref="H601:H604"/>
+    <mergeCell ref="I601:I604"/>
+    <mergeCell ref="A605:A606"/>
+    <mergeCell ref="B605:B606"/>
+    <mergeCell ref="C605:C606"/>
+    <mergeCell ref="D605:D606"/>
+    <mergeCell ref="E605:E606"/>
+    <mergeCell ref="F605:F606"/>
+    <mergeCell ref="G605:G606"/>
+    <mergeCell ref="H605:H606"/>
+    <mergeCell ref="I605:I606"/>
+    <mergeCell ref="A607:A610"/>
+    <mergeCell ref="B607:B610"/>
+    <mergeCell ref="C607:C610"/>
+    <mergeCell ref="D607:D610"/>
+    <mergeCell ref="E607:E610"/>
+    <mergeCell ref="F607:F610"/>
+    <mergeCell ref="G607:G610"/>
+    <mergeCell ref="H607:H610"/>
+    <mergeCell ref="I607:I610"/>
+    <mergeCell ref="A611:A614"/>
+    <mergeCell ref="B611:B614"/>
+    <mergeCell ref="C611:C614"/>
+    <mergeCell ref="D611:D614"/>
+    <mergeCell ref="E611:E614"/>
+    <mergeCell ref="F611:F614"/>
+    <mergeCell ref="G611:G614"/>
+    <mergeCell ref="H611:H614"/>
+    <mergeCell ref="I611:I614"/>
+    <mergeCell ref="A615:A618"/>
+    <mergeCell ref="B615:B618"/>
+    <mergeCell ref="C615:C618"/>
+    <mergeCell ref="D615:D618"/>
+    <mergeCell ref="E615:E618"/>
+    <mergeCell ref="F615:F618"/>
+    <mergeCell ref="G615:G618"/>
+    <mergeCell ref="H615:H618"/>
+    <mergeCell ref="I615:I618"/>
+    <mergeCell ref="A619:A622"/>
+    <mergeCell ref="B619:B622"/>
+    <mergeCell ref="C619:C622"/>
+    <mergeCell ref="D619:D622"/>
+    <mergeCell ref="E619:E622"/>
+    <mergeCell ref="F619:F622"/>
+    <mergeCell ref="G619:G622"/>
+    <mergeCell ref="H619:H622"/>
+    <mergeCell ref="I619:I622"/>
+    <mergeCell ref="A623:A625"/>
+    <mergeCell ref="B623:B625"/>
+    <mergeCell ref="C623:C625"/>
+    <mergeCell ref="D623:D625"/>
+    <mergeCell ref="E623:E625"/>
+    <mergeCell ref="F623:F625"/>
+    <mergeCell ref="G623:G625"/>
+    <mergeCell ref="H623:H625"/>
+    <mergeCell ref="I623:I625"/>
+    <mergeCell ref="A626:A628"/>
+    <mergeCell ref="B626:B628"/>
+    <mergeCell ref="C626:C628"/>
+    <mergeCell ref="D626:D628"/>
+    <mergeCell ref="E626:E628"/>
+    <mergeCell ref="F626:F628"/>
+    <mergeCell ref="G626:G628"/>
+    <mergeCell ref="H626:H628"/>
+    <mergeCell ref="I626:I628"/>
+    <mergeCell ref="A629:A631"/>
+    <mergeCell ref="B629:B631"/>
+    <mergeCell ref="C629:C631"/>
+    <mergeCell ref="D629:D631"/>
+    <mergeCell ref="E629:E631"/>
+    <mergeCell ref="F629:F631"/>
+    <mergeCell ref="G629:G631"/>
+    <mergeCell ref="H629:H631"/>
+    <mergeCell ref="I629:I631"/>
+    <mergeCell ref="A632:A636"/>
+    <mergeCell ref="B632:B636"/>
+    <mergeCell ref="C632:C636"/>
+    <mergeCell ref="D632:D636"/>
+    <mergeCell ref="E632:E636"/>
+    <mergeCell ref="F632:F636"/>
+    <mergeCell ref="G632:G636"/>
+    <mergeCell ref="H632:H636"/>
+    <mergeCell ref="I632:I636"/>
+    <mergeCell ref="A637:A641"/>
+    <mergeCell ref="B637:B641"/>
+    <mergeCell ref="C637:C641"/>
+    <mergeCell ref="D637:D641"/>
+    <mergeCell ref="E637:E641"/>
+    <mergeCell ref="F637:F641"/>
+    <mergeCell ref="G637:G641"/>
+    <mergeCell ref="H637:H641"/>
+    <mergeCell ref="I637:I641"/>
+    <mergeCell ref="A642:A646"/>
+    <mergeCell ref="B642:B646"/>
+    <mergeCell ref="C642:C646"/>
+    <mergeCell ref="D642:D646"/>
+    <mergeCell ref="E642:E646"/>
+    <mergeCell ref="F642:F646"/>
+    <mergeCell ref="G642:G646"/>
+    <mergeCell ref="H642:H646"/>
+    <mergeCell ref="I642:I646"/>
+    <mergeCell ref="A647:A651"/>
+    <mergeCell ref="B647:B651"/>
+    <mergeCell ref="C647:C651"/>
+    <mergeCell ref="D647:D651"/>
+    <mergeCell ref="E647:E651"/>
+    <mergeCell ref="F647:F651"/>
+    <mergeCell ref="G647:G651"/>
+    <mergeCell ref="H647:H651"/>
+    <mergeCell ref="I647:I651"/>
+    <mergeCell ref="A652:A656"/>
+    <mergeCell ref="B652:B656"/>
+    <mergeCell ref="C652:C656"/>
+    <mergeCell ref="D652:D656"/>
+    <mergeCell ref="E652:E656"/>
+    <mergeCell ref="F652:F656"/>
+    <mergeCell ref="G652:G656"/>
+    <mergeCell ref="H652:H656"/>
+    <mergeCell ref="I652:I656"/>
+    <mergeCell ref="A657:A659"/>
+    <mergeCell ref="B657:B659"/>
+    <mergeCell ref="C657:C659"/>
+    <mergeCell ref="D657:D659"/>
+    <mergeCell ref="E657:E659"/>
+    <mergeCell ref="F657:F659"/>
+    <mergeCell ref="G657:G659"/>
+    <mergeCell ref="H657:H659"/>
+    <mergeCell ref="I657:I659"/>
+    <mergeCell ref="A660:A664"/>
+    <mergeCell ref="B660:B664"/>
+    <mergeCell ref="C660:C664"/>
+    <mergeCell ref="D660:D664"/>
+    <mergeCell ref="E660:E664"/>
+    <mergeCell ref="F660:F664"/>
+    <mergeCell ref="G660:G664"/>
+    <mergeCell ref="H660:H664"/>
+    <mergeCell ref="I660:I664"/>
+    <mergeCell ref="A665:A669"/>
+    <mergeCell ref="B665:B669"/>
+    <mergeCell ref="C665:C669"/>
+    <mergeCell ref="D665:D669"/>
+    <mergeCell ref="E665:E669"/>
+    <mergeCell ref="F665:F669"/>
+    <mergeCell ref="G665:G669"/>
+    <mergeCell ref="H665:H669"/>
+    <mergeCell ref="I665:I669"/>
+    <mergeCell ref="A670:A674"/>
+    <mergeCell ref="B670:B674"/>
+    <mergeCell ref="C670:C674"/>
+    <mergeCell ref="D670:D674"/>
+    <mergeCell ref="E670:E674"/>
+    <mergeCell ref="F670:F674"/>
+    <mergeCell ref="G670:G674"/>
+    <mergeCell ref="H670:H674"/>
+    <mergeCell ref="I670:I674"/>
+    <mergeCell ref="A675:A676"/>
+    <mergeCell ref="B675:B676"/>
+    <mergeCell ref="C675:C676"/>
+    <mergeCell ref="D675:D676"/>
+    <mergeCell ref="E675:E676"/>
+    <mergeCell ref="F675:F676"/>
+    <mergeCell ref="G675:G676"/>
+    <mergeCell ref="H675:H676"/>
+    <mergeCell ref="I675:I676"/>
+    <mergeCell ref="A677:A679"/>
+    <mergeCell ref="B677:B679"/>
+    <mergeCell ref="C677:C679"/>
+    <mergeCell ref="D677:D679"/>
+    <mergeCell ref="E677:E679"/>
+    <mergeCell ref="F677:F679"/>
+    <mergeCell ref="G677:G679"/>
+    <mergeCell ref="H677:H679"/>
+    <mergeCell ref="I677:I679"/>
+    <mergeCell ref="A681:A685"/>
+    <mergeCell ref="B681:B685"/>
+    <mergeCell ref="C681:C685"/>
+    <mergeCell ref="D681:D685"/>
+    <mergeCell ref="E681:E685"/>
+    <mergeCell ref="F681:F685"/>
+    <mergeCell ref="G681:G685"/>
+    <mergeCell ref="H681:H685"/>
+    <mergeCell ref="I681:I685"/>
+    <mergeCell ref="A687:A688"/>
+    <mergeCell ref="B687:B688"/>
+    <mergeCell ref="C687:C688"/>
+    <mergeCell ref="D687:D688"/>
+    <mergeCell ref="E687:E688"/>
+    <mergeCell ref="F687:F688"/>
+    <mergeCell ref="G687:G688"/>
+    <mergeCell ref="H687:H688"/>
+    <mergeCell ref="I687:I688"/>
+    <mergeCell ref="A689:A691"/>
+    <mergeCell ref="B689:B691"/>
+    <mergeCell ref="C689:C691"/>
+    <mergeCell ref="D689:D691"/>
+    <mergeCell ref="E689:E691"/>
+    <mergeCell ref="F689:F691"/>
+    <mergeCell ref="G689:G691"/>
+    <mergeCell ref="H689:H691"/>
+    <mergeCell ref="I689:I691"/>
+    <mergeCell ref="A693:A694"/>
+    <mergeCell ref="B693:B694"/>
+    <mergeCell ref="C693:C694"/>
+    <mergeCell ref="D693:D694"/>
+    <mergeCell ref="E693:E694"/>
+    <mergeCell ref="F693:F694"/>
+    <mergeCell ref="G693:G694"/>
+    <mergeCell ref="H693:H694"/>
+    <mergeCell ref="I693:I694"/>
+    <mergeCell ref="A695:A698"/>
+    <mergeCell ref="B695:B698"/>
+    <mergeCell ref="C695:C698"/>
+    <mergeCell ref="D695:D698"/>
+    <mergeCell ref="E695:E698"/>
+    <mergeCell ref="F695:F698"/>
+    <mergeCell ref="G695:G698"/>
+    <mergeCell ref="H695:H698"/>
+    <mergeCell ref="I695:I698"/>
+    <mergeCell ref="A700:A704"/>
+    <mergeCell ref="B700:B704"/>
+    <mergeCell ref="C700:C704"/>
+    <mergeCell ref="D700:D704"/>
+    <mergeCell ref="E700:E704"/>
+    <mergeCell ref="F700:F704"/>
+    <mergeCell ref="G700:G704"/>
+    <mergeCell ref="H700:H704"/>
+    <mergeCell ref="I700:I704"/>
+    <mergeCell ref="A706:A710"/>
+    <mergeCell ref="B706:B710"/>
+    <mergeCell ref="C706:C710"/>
+    <mergeCell ref="D706:D710"/>
+    <mergeCell ref="E706:E710"/>
+    <mergeCell ref="F706:F710"/>
+    <mergeCell ref="G706:G710"/>
+    <mergeCell ref="H706:H710"/>
+    <mergeCell ref="I706:I710"/>
+    <mergeCell ref="A711:A714"/>
+    <mergeCell ref="B711:B714"/>
+    <mergeCell ref="C711:C714"/>
+    <mergeCell ref="D711:D714"/>
+    <mergeCell ref="E711:E714"/>
+    <mergeCell ref="F711:F714"/>
+    <mergeCell ref="G711:G714"/>
+    <mergeCell ref="H711:H714"/>
+    <mergeCell ref="I711:I714"/>
+    <mergeCell ref="A715:A716"/>
+    <mergeCell ref="B715:B716"/>
+    <mergeCell ref="C715:C716"/>
+    <mergeCell ref="D715:D716"/>
+    <mergeCell ref="E715:E716"/>
+    <mergeCell ref="F715:F716"/>
+    <mergeCell ref="G715:G716"/>
+    <mergeCell ref="H715:H716"/>
+    <mergeCell ref="I715:I716"/>
+    <mergeCell ref="A717:A719"/>
+    <mergeCell ref="B717:B719"/>
+    <mergeCell ref="C717:C719"/>
+    <mergeCell ref="D717:D719"/>
+    <mergeCell ref="E717:E719"/>
+    <mergeCell ref="F717:F719"/>
+    <mergeCell ref="G717:G719"/>
+    <mergeCell ref="H717:H719"/>
+    <mergeCell ref="I717:I719"/>
+    <mergeCell ref="A720:A724"/>
+    <mergeCell ref="B720:B724"/>
+    <mergeCell ref="C720:C724"/>
+    <mergeCell ref="D720:D724"/>
+    <mergeCell ref="E720:E724"/>
+    <mergeCell ref="F720:F724"/>
+    <mergeCell ref="G720:G724"/>
+    <mergeCell ref="H720:H724"/>
+    <mergeCell ref="I720:I724"/>
+    <mergeCell ref="A725:A728"/>
+    <mergeCell ref="B725:B728"/>
+    <mergeCell ref="C725:C728"/>
+    <mergeCell ref="D725:D728"/>
+    <mergeCell ref="E725:E728"/>
+    <mergeCell ref="F725:F728"/>
+    <mergeCell ref="G725:G728"/>
+    <mergeCell ref="H725:H728"/>
+    <mergeCell ref="I725:I728"/>
+    <mergeCell ref="A729:A733"/>
+    <mergeCell ref="B729:B733"/>
+    <mergeCell ref="C729:C733"/>
+    <mergeCell ref="D729:D733"/>
+    <mergeCell ref="E729:E733"/>
+    <mergeCell ref="F729:F733"/>
+    <mergeCell ref="G729:G733"/>
+    <mergeCell ref="H729:H733"/>
+    <mergeCell ref="I729:I733"/>
+    <mergeCell ref="A734:A738"/>
+    <mergeCell ref="B734:B738"/>
+    <mergeCell ref="C734:C738"/>
+    <mergeCell ref="D734:D738"/>
+    <mergeCell ref="E734:E738"/>
+    <mergeCell ref="F734:F738"/>
+    <mergeCell ref="G734:G738"/>
+    <mergeCell ref="H734:H738"/>
+    <mergeCell ref="I734:I738"/>
+    <mergeCell ref="A739:A743"/>
+    <mergeCell ref="B739:B743"/>
+    <mergeCell ref="C739:C743"/>
+    <mergeCell ref="D739:D743"/>
+    <mergeCell ref="E739:E743"/>
+    <mergeCell ref="F739:F743"/>
+    <mergeCell ref="G739:G743"/>
+    <mergeCell ref="H739:H743"/>
+    <mergeCell ref="I739:I743"/>
+    <mergeCell ref="A744:A747"/>
+    <mergeCell ref="B744:B747"/>
+    <mergeCell ref="C744:C747"/>
+    <mergeCell ref="D744:D747"/>
+    <mergeCell ref="E744:E747"/>
+    <mergeCell ref="F744:F747"/>
+    <mergeCell ref="G744:G747"/>
+    <mergeCell ref="H744:H747"/>
+    <mergeCell ref="I744:I747"/>
+    <mergeCell ref="A748:A751"/>
+    <mergeCell ref="B748:B751"/>
+    <mergeCell ref="C748:C751"/>
+    <mergeCell ref="D748:D751"/>
+    <mergeCell ref="E748:E751"/>
+    <mergeCell ref="F748:F751"/>
+    <mergeCell ref="G748:G751"/>
+    <mergeCell ref="H748:H751"/>
+    <mergeCell ref="I748:I751"/>
+    <mergeCell ref="A752:A756"/>
+    <mergeCell ref="B752:B756"/>
+    <mergeCell ref="C752:C756"/>
+    <mergeCell ref="D752:D756"/>
+    <mergeCell ref="E752:E756"/>
+    <mergeCell ref="F752:F756"/>
+    <mergeCell ref="G752:G756"/>
+    <mergeCell ref="H752:H756"/>
+    <mergeCell ref="I752:I756"/>
+    <mergeCell ref="A758:A762"/>
+    <mergeCell ref="B758:B762"/>
+    <mergeCell ref="C758:C762"/>
+    <mergeCell ref="D758:D762"/>
+    <mergeCell ref="E758:E762"/>
+    <mergeCell ref="F758:F762"/>
+    <mergeCell ref="G758:G762"/>
+    <mergeCell ref="H758:H762"/>
+    <mergeCell ref="I758:I762"/>
+    <mergeCell ref="A763:A767"/>
+    <mergeCell ref="B763:B767"/>
+    <mergeCell ref="C763:C767"/>
+    <mergeCell ref="D763:D767"/>
+    <mergeCell ref="E763:E767"/>
+    <mergeCell ref="F763:F767"/>
+    <mergeCell ref="G763:G767"/>
+    <mergeCell ref="H763:H767"/>
+    <mergeCell ref="I763:I767"/>
+    <mergeCell ref="A768:A771"/>
+    <mergeCell ref="B768:B771"/>
+    <mergeCell ref="C768:C771"/>
+    <mergeCell ref="D768:D771"/>
+    <mergeCell ref="E768:E771"/>
+    <mergeCell ref="F768:F771"/>
+    <mergeCell ref="G768:G771"/>
+    <mergeCell ref="H768:H771"/>
+    <mergeCell ref="I768:I771"/>
+    <mergeCell ref="A772:A775"/>
+    <mergeCell ref="B772:B775"/>
+    <mergeCell ref="C772:C775"/>
+    <mergeCell ref="D772:D775"/>
+    <mergeCell ref="E772:E775"/>
+    <mergeCell ref="F772:F775"/>
+    <mergeCell ref="G772:G775"/>
+    <mergeCell ref="H772:H775"/>
+    <mergeCell ref="I772:I775"/>
+    <mergeCell ref="A776:A780"/>
+    <mergeCell ref="B776:B780"/>
+    <mergeCell ref="C776:C780"/>
+    <mergeCell ref="D776:D780"/>
+    <mergeCell ref="E776:E780"/>
+    <mergeCell ref="F776:F780"/>
+    <mergeCell ref="G776:G780"/>
+    <mergeCell ref="H776:H780"/>
+    <mergeCell ref="I776:I780"/>
   </mergeCells>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>